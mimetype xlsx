--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4175">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -4748,1322 +4748,1322 @@
   <si>
     <t>https://rdp.sfb274.de/literature/publications/162</t>
   </si>
   <si>
     <t>10.1038/s41586-024-07079-8</t>
   </si>
   <si>
     <t>B cells orchestrate tolerance to the neuromyelitis optica autoantigen AQP4</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1038/s41586-024-07079-8</t>
   </si>
   <si>
     <t>Afzali AM, Nirschl L, Sie C, Pfaller M, Ulianov O, Hassler T, Federle C, Petrozziello E, Kalluri SR, Chen HH, Tyystjärvi S, Muschaweckh A, Lammens K, Delbridge C, Büttner A, Steiger K, Seyhan G, Ottersen OP, Öllinger R, Rad R, Jarosch S, Straub A, Mühlbauer A, Grassmann S, Hemmer B, Böttcher JP, Wagner I, Kreutzfeldt M, Merkler D, Pardàs IB, Schmidt Supprian M, Buchholz VR, Heink S, Busch DH, Klein L, Korn T</t>
   </si>
   <si>
     <t>Afzali AM</t>
   </si>
   <si>
     <t>2024-02-24 18:51:30</t>
   </si>
   <si>
     <t>https://rdp.sfb274.de/literature/publications/163</t>
   </si>
   <si>
+    <t>10.3390/ijms25052483</t>
+  </si>
+  <si>
+    <t>Plasma Lipidomic Profiling Using Mass Spectrometry for Multiple Sclerosis Diagnosis and Disease Activity Stratification (LipidMS)</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3390/ijms25052483</t>
+  </si>
+  <si>
+    <t>Lattau SSJ, Borsch L, auf dem Brinke K, Klose C, Vinhoven L, Nietert M, Fitzner D</t>
+  </si>
+  <si>
+    <t>Lattau SSJ</t>
+  </si>
+  <si>
+    <t>2025-10-10 13:02:56</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/164</t>
+  </si>
+  <si>
+    <t>A08</t>
+  </si>
+  <si>
+    <t>10.3390/biomedicines12030497</t>
+  </si>
+  <si>
+    <t>Differential Role of Factor XIII in Acute Myocardial Infarction and Ischemic Stroke</t>
+  </si>
+  <si>
+    <t>Biomedicines</t>
+  </si>
+  <si>
+    <t>2227-9059</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3390/biomedicines12030497</t>
+  </si>
+  <si>
+    <t>Traub J, Weber MS, Frey A</t>
+  </si>
+  <si>
+    <t>Traub J</t>
+  </si>
+  <si>
+    <t>Frey A</t>
+  </si>
+  <si>
+    <t>2024-09-13 10:10:32</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/165</t>
+  </si>
+  <si>
+    <t>10.1038/s41590-024-01756-6</t>
+  </si>
+  <si>
+    <t>The astrocyte-produced growth factor HB-EGF limits autoimmune CNS pathology</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41590-024-01756-6</t>
+  </si>
+  <si>
+    <t>Linnerbauer M, Lößlein L, Vandrey O, Peter A, Han Y, Tsaktanis T, Wogram E, Needhamsen M, Kular L, Nagel L, Zissler J, Andert M, Meszaros L, Hanspach J, Zuber F, Naumann UJ, Diebold M, Wheeler MA, Beyer T, Nirschl L, Cirac A, Laun FB, Günther C, Winkler J, Bäuerle T, Jagodic M, Hemmer B, Prinz M, Quintana FJ, Rothhammer V</t>
+  </si>
+  <si>
+    <t>2024-02-28 16:56:59</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/166</t>
+  </si>
+  <si>
+    <t>10.3389/fneur.2024.1363107</t>
+  </si>
+  <si>
+    <t>Risk factors and outcomes after interruption of sedation in subarachnoid hemorrhage (ROUTINE-SAH) -a retrospective cohort study</t>
+  </si>
+  <si>
+    <t>Frontiers in Neurology</t>
+  </si>
+  <si>
+    <t>1664-2295</t>
+  </si>
+  <si>
+    <t>Front Neurol</t>
+  </si>
+  <si>
+    <t>Schmidbauer M, Läufer S, Maskos A, Dimitriadis K</t>
+  </si>
+  <si>
+    <t>Dimitriadis K</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:56:50</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/167</t>
+  </si>
+  <si>
+    <t>rg_nessler, rg_stadelmann</t>
+  </si>
+  <si>
+    <t>10.3390/ijms241813893</t>
+  </si>
+  <si>
+    <t>An Animal Model for Chronic Meningeal Inflammation and Inflammatory Demyelination of the Cerebral Cortex</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3390/ijms241813893</t>
+  </si>
+  <si>
+    <t>Enz LS, Winkler A, Wrzos C, Dasen B, Nessler S, Stadelmann C, Schaeren-Wiemers N</t>
+  </si>
+  <si>
+    <t>Enz LS</t>
+  </si>
+  <si>
+    <t>Schaeren-Wiemers N</t>
+  </si>
+  <si>
+    <t>2024-09-13 10:11:12</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/168</t>
+  </si>
+  <si>
+    <t>10.1101/2024.03.11.584412</t>
+  </si>
+  <si>
+    <t>Polyglutamylation of microtubules drives neuronal remodeling</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2024.03.11.584412</t>
+  </si>
+  <si>
+    <t>Gavoci A, Zhiti A, Rusková M, Magiera MM, Wang M, Ziegler KA, Hausrat TJ, Engelhardt S, Kneussel M, Balastik M, Janke C, Misgeld T, Brill MS</t>
+  </si>
+  <si>
+    <t>Gavoci A</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:57:50</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/169</t>
+  </si>
+  <si>
+    <t>10.3390/cells13060497</t>
+  </si>
+  <si>
+    <t>Gut–Brain Interactions and Their Impact on Astrocytes in the Context of Multiple Sclerosis and Beyond</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3390/cells13060497</t>
+  </si>
+  <si>
+    <t>Zißler J, Rothhammer V, Linnerbauer M</t>
+  </si>
+  <si>
+    <t>Zißler J</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:58:02</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/170</t>
+  </si>
+  <si>
+    <t>B05, C05</t>
+  </si>
+  <si>
+    <t>10.1038/s41467-024-46625-w</t>
+  </si>
+  <si>
+    <t>Shared inflammatory glial cell signature after stab wound injury, revealed by spatial, temporal, and cell-type-specific profiling of the murine cerebral cortex</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41467-024-46625-w</t>
+  </si>
+  <si>
+    <t>Koupourtidou C, Schwarz V, Aliee H, Frerich S, Fischer-Sternjak J, Bocchi R, Simon-Ebert T, Bai X, Sirko S, Kirchhoff F, Dichgans M, Götz M, Theis FJ, Ninkovic J</t>
+  </si>
+  <si>
+    <t>2025-06-18 09:51:48</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/171</t>
+  </si>
+  <si>
+    <t>10.1021/jacs.3c07662</t>
+  </si>
+  <si>
+    <t>Fluorogenic Chemical Probes for Wash-free Imaging of Cell Membrane Damage in Ferroptosis, Necrosis, and Axon Injury</t>
+  </si>
+  <si>
+    <t>Journal of the American Chemical Society</t>
+  </si>
+  <si>
+    <t>0002-7863</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1021/jacs.3c07662</t>
+  </si>
+  <si>
+    <t>J Am Chem Soc</t>
+  </si>
+  <si>
+    <t>Mauker P, Beckmann D, Kitowski A, Heise C, Wientjens C, Davidson AJ, Wanderoy S, Fabre G, Harbauer AB, Wood W, Wilhelm C, Thorn-Seshold J, Misgeld T, Kerschensteiner M, Thorn-Seshold O</t>
+  </si>
+  <si>
+    <t>Mauker P</t>
+  </si>
+  <si>
+    <t>Thorn-Seshold O</t>
+  </si>
+  <si>
+    <t>2024-04-11 13:52:41</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/172</t>
+  </si>
+  <si>
+    <t>10.1101/2024.04.18.589707</t>
+  </si>
+  <si>
+    <t>Cerebellar Ex Vivo Magnetic Resonance Imaging at its Feasibility Limit: Up to 77-Microns Isotropic Resolution using Low-Bandwidth Balanced Steady State Free Precession (LoBa-bSSFP) Sequences and 3T Standard Equipment</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2024.04.18.589707</t>
+  </si>
+  <si>
+    <t>Weigel M, Dechent P, Galbusera R, Bahn E, Lu P, Kappos L, Brück W, Stadelmann C, Granziera C</t>
+  </si>
+  <si>
+    <t>Weigel M</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:30:48</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/173</t>
+  </si>
+  <si>
+    <t>rg_stadelmann, rg_weber</t>
+  </si>
+  <si>
+    <t>B03, A08</t>
+  </si>
+  <si>
+    <t>10.1007/s00401-024-02730-0</t>
+  </si>
+  <si>
+    <t>BTK inhibition limits microglia-perpetuated CNS inflammation and promotes myelin repair</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1007/s00401-024-02730-0</t>
+  </si>
+  <si>
+    <t>Geladaris A, Torke S, Saberi D, Alankus YB, Streit F, Zechel S, Stadelmann-Nessler C, Fischer A, Boschert U, Häusler D, Weber MS</t>
+  </si>
+  <si>
+    <t>Geladaris A</t>
+  </si>
+  <si>
+    <t>2025-06-18 09:52:50</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/174</t>
+  </si>
+  <si>
+    <t>10.1007/s00415-024-12414-0</t>
+  </si>
+  <si>
+    <t>Optical coherence tomography angiography suggests different retinal pathologies in multiple sclerosis and Sjögren’s syndrome</t>
+  </si>
+  <si>
+    <t>Journal of Neurology</t>
+  </si>
+  <si>
+    <t>0340-5354</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1007/s00415-024-12414-0</t>
+  </si>
+  <si>
+    <t>J Neurol</t>
+  </si>
+  <si>
+    <t>Wolf E, Wicklein R, Aly L, Schmaderer C, Afzali AM, Mardin C, Korn T, Hemmer B, Hofauer B, Knier B</t>
+  </si>
+  <si>
+    <t>Wolf E</t>
+  </si>
+  <si>
+    <t>2024-05-16 06:37:49</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/175</t>
+  </si>
+  <si>
+    <t>10.1177/13524585241247775</t>
+  </si>
+  <si>
+    <t>Retinal small vessel pathology is associated with disease burden in multiple sclerosis</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1177/13524585241247775</t>
+  </si>
+  <si>
+    <t>Wicklein R, Kreitner L, Wild A, Aly L, Rueckert D, Hemmer B, Korn T, Menten MJ, Knier B</t>
+  </si>
+  <si>
+    <t>Wicklein R</t>
+  </si>
+  <si>
+    <t>2024-05-21 08:15:03</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/176</t>
+  </si>
+  <si>
+    <t>10.1111/imr.13357</t>
+  </si>
+  <si>
+    <t>Multiple sclerosis and the intestine: Chasing the microbial offender</t>
+  </si>
+  <si>
+    <t>Immunological Reviews</t>
+  </si>
+  <si>
+    <t>0105-2896</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1111/imr.13357</t>
+  </si>
+  <si>
+    <t>Immunol Rev</t>
+  </si>
+  <si>
+    <t>Peters A, Gerdes LA, Wekerle H</t>
+  </si>
+  <si>
+    <t>Peters A</t>
+  </si>
+  <si>
+    <t>Wekerle H</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:58:20</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/177</t>
+  </si>
+  <si>
+    <t>10.1002/nep3.47</t>
+  </si>
+  <si>
+    <t>Tolerability and first hints for potential efficacy of motor‐cognitive training under inspiratory hypoxia in health and neuropsychiatric disorders: A translational viewpoint</t>
+  </si>
+  <si>
+    <t>2770-7296</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1002/nep3.47</t>
+  </si>
+  <si>
+    <t>Mennen S, Franta M, Begemann M, Wilke JBH, Schröder R, Butt UJ, Cortés‐Silva J, Çakır U, Güra M, de Marées M, Gastaldi VD, Burtscher J, Schanz J, Bohn M, Burtscher M, Fischer A, Poustka L, Hammermann P, Stadler M, Lühder F, Singh M, Nave K, Miskowiak KW, Ehrenreich H</t>
+  </si>
+  <si>
+    <t>Mennen S</t>
+  </si>
+  <si>
+    <t>2024-06-17 07:44:45</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/178</t>
+  </si>
+  <si>
+    <t>rg_cantuti, rg_gokce, rg_liesz, rg_schifferer, rg_simons, rg_stadelmann</t>
+  </si>
+  <si>
+    <t>A02, A06, Z01, Z02</t>
+  </si>
+  <si>
+    <t>10.1038/s41593-024-01682-8</t>
+  </si>
+  <si>
+    <t>T cell-mediated microglial activation triggers myelin pathology in a mouse model of amyloidosis</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41593-024-01682-8</t>
+  </si>
+  <si>
+    <t>Kedia S, Ji H, Feng R, Androvic P, Spieth L, Liu L, Franz J, Zdiarstek H, Anderson KP, Kaboglu C, Liu Q, Mattugini N, Cherif F, Prtvar D, Cantuti-Castelvetri L, Liesz A, Schifferer M, Stadelmann C, Tahirovic S, Gokce O, Simons M</t>
+  </si>
+  <si>
+    <t>Kedia S</t>
+  </si>
+  <si>
+    <t>2025-06-18 10:59:12</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/179</t>
+  </si>
+  <si>
+    <t>10.1038/s41593-024-01677-5</t>
+  </si>
+  <si>
+    <t>Direct neuronal reprogramming of mouse astrocytes is associated with multiscale epigenome remodeling and requires Yy1</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41593-024-01677-5</t>
+  </si>
+  <si>
+    <t>Pereira A, Diwakar J, Masserdotti G, Beşkardeş S, Simon T, So Y, Martín-Loarte L, Bergemann F, Vasan L, Schauer T, Danese A, Bocchi R, Colomé-Tatché M, Schuurmans C, Philpott A, Straub T, Bonev B, Götz M</t>
+  </si>
+  <si>
+    <t>Pereira A</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:29:53</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/180</t>
+  </si>
+  <si>
+    <t>rg_nessler, rg_stadelmann, rg_weber</t>
+  </si>
+  <si>
+    <t>10.1212/nxi.0000000000200279</t>
+  </si>
+  <si>
+    <t>Neurofilament Light Chain Serum Levels Mirror Age and Disability in Secondary Progressive Multiple Sclerosis</t>
+  </si>
+  <si>
+    <t>Neurology Neuroimmunology &amp; Neuroinflammation</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1212/nxi.0000000000200279</t>
+  </si>
+  <si>
+    <t>Neurol Neuroimmunol Neuroinflamm</t>
+  </si>
+  <si>
+    <t>Husseini L, Jung J, Boess N, Kruse N, Nessler S, Stadelmann C, Metz I, Haupts M, Weber MS</t>
+  </si>
+  <si>
+    <t>Husseini L</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:26:18</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/181</t>
+  </si>
+  <si>
+    <t>A06, Z02</t>
+  </si>
+  <si>
+    <t>10.1016/j.immuni.2024.07.001</t>
+  </si>
+  <si>
+    <t>Innate immune training restores pro-reparative myeloid functions to promote remyelination in the aged central nervous system</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.immuni.2024.07.001</t>
+  </si>
+  <si>
+    <t>Tiwari V, Prajapati B, Asare Y, Damkou A, Ji H, Liu L, Naser N, Gouna G, Leszczyńska KB, Mieczkowski J, Dichgans M, Wang Q, Kawaguchi R, Shi Z, Swarup V, Geschwind DH, Prinz M, Gokce O, Simons M</t>
+  </si>
+  <si>
+    <t>Tiwari V</t>
+  </si>
+  <si>
+    <t>2024-09-12 09:00:30</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/182</t>
+  </si>
+  <si>
+    <t>10.1007/s00415-024-12601-z</t>
+  </si>
+  <si>
+    <t>Diagnostic accuracy and confounders of vagus nerve ultrasound in amyotrophic lateral sclerosis—a single-center case series and pooled individual patient data meta-analysis</t>
+  </si>
+  <si>
+    <t>1432-1459</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1007/s00415-024-12601-z</t>
+  </si>
+  <si>
+    <t>Müller KJ, Schmidbauer ML, Schönecker S, Kamm K, Pelz JO, Holzapfel K, Papadopoulou M, Bakola E, Tsivgoulis G, Naumann M, Hermann A, Walter U, Dimitriadis K, Reilich P, Schöberl F</t>
+  </si>
+  <si>
+    <t>Müller KJ</t>
+  </si>
+  <si>
+    <t>Schöberl F</t>
+  </si>
+  <si>
+    <t>2024-09-12 09:01:00</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/183</t>
+  </si>
+  <si>
+    <t>10.1186/s13054-024-05067-y</t>
+  </si>
+  <si>
+    <t>Accelerometer-derived movement features as predictive biomarkers for muscle atrophy in neurocritical care: a prospective cohort study</t>
+  </si>
+  <si>
+    <t>Critical Care</t>
+  </si>
+  <si>
+    <t>1364-8535</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1186/s13054-024-05067-y</t>
+  </si>
+  <si>
+    <t>Crit Care</t>
+  </si>
+  <si>
+    <t>Schmidbauer ML, Putz T, Gehri L, Ratkovic L, Maskos A, Zibold J, Bauchmüller J, Imhof S, Weig T, Wuehr M, Dimitriadis K</t>
+  </si>
+  <si>
+    <t>Schmidbauer ML</t>
+  </si>
+  <si>
+    <t>2024-09-12 09:01:24</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/184</t>
+  </si>
+  <si>
+    <t>10.1038/s41593-024-01749-6</t>
+  </si>
+  <si>
+    <t>Oligodendroglial fatty acid metabolism as a central nervous system energy reserve</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41593-024-01749-6</t>
+  </si>
+  <si>
+    <t>Asadollahi E, Trevisiol A, Saab AS, Looser ZJ, Dibaj P, Ebrahimi R, Kusch K, Ruhwedel T, Möbius W, Jahn O, Lee JY, Don AS, Khalil M, Hiller K, Baes M, Weber B, Abel ED, Balabio A, Popko B, Kassmann CM, Ehrenreich H, Hirrlinger J, Nave K</t>
+  </si>
+  <si>
+    <t>2024-09-11 19:17:25</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/185</t>
+  </si>
+  <si>
+    <t>10.1007/s00415-024-12666-w</t>
+  </si>
+  <si>
+    <t>Rapid differentiation of MOGAD and MS after a single optic neuritis</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1007/s00415-024-12666-w</t>
+  </si>
+  <si>
+    <t>Pakeerathan T, Havla J, Schwake C, Salmen A, Ringelstein M, Aktas O, Weise M, Gernert JA, Kornek B, Bsteh G, Pröbstel A, Papadopoulou A, Kulsvehagen L, Ayroza Galvão Ribeiro Gomes AB, Cerdá-Fuertes N, Oertel FC, Duchow AS, Paul F, Stellmann JP, Stolowy N, Hellwig K, Schneider-Gold C, Kümpfel T, Gold R, Albrecht P, Ayzenberg I</t>
+  </si>
+  <si>
+    <t>Pakeerathan T</t>
+  </si>
+  <si>
+    <t>Ayzenberg I</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:29:19</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/186</t>
+  </si>
+  <si>
+    <t>10.1016/j.neuroscience.2023.04.002</t>
+  </si>
+  <si>
+    <t>3d Virtual Histology Reveals Pathological Alterations of Cerebellar Granule Cells in Multiple Sclerosis</t>
+  </si>
+  <si>
+    <t>Neuroscience</t>
+  </si>
+  <si>
+    <t>0306-4522</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.neuroscience.2023.04.002</t>
+  </si>
+  <si>
+    <t>18-38</t>
+  </si>
+  <si>
+    <t>Frost J, Schmitzer B, Töpperwien M, Eckermann M, Franz J, Stadelmann C, Salditt T</t>
+  </si>
+  <si>
+    <t>Frost J</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:28:44</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/187</t>
+  </si>
+  <si>
+    <t>10.3390/ijms241411665</t>
+  </si>
+  <si>
+    <t>Evaluation of Novel Enhancer Compounds in Gentamicin-Mediated Readthrough of Nonsense Mutations in Rett Syndrome</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3390/ijms241411665</t>
+  </si>
+  <si>
+    <t>Wong KM, Wegener E, Baradaran-Heravi A, Huppke B, Gärtner J, Huppke P</t>
+  </si>
+  <si>
+    <t>Wong KM</t>
+  </si>
+  <si>
+    <t>Huppke P</t>
+  </si>
+  <si>
+    <t>2025-07-02 11:34:00</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/188</t>
+  </si>
+  <si>
+    <t>10.1002/eji.202250227</t>
+  </si>
+  <si>
+    <t>Foxp3&lt;sup&gt;+&lt;/sup&gt; regulatory T cells in the central nervous system and other nonlymphoid tissues</t>
+  </si>
+  <si>
+    <t>European Journal of Immunology</t>
+  </si>
+  <si>
+    <t>0014-2980</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1002/eji.202250227</t>
+  </si>
+  <si>
+    <t>Eur J Immunol</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:31:24</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/189</t>
+  </si>
+  <si>
+    <t>10.1002/biof.1949</t>
+  </si>
+  <si>
+    <t>Reactive oxygen species produced by myeloid cells in psoriasis as a potential biofactor contributing to the development of vascular inflammation</t>
+  </si>
+  <si>
+    <t>Biofactors</t>
+  </si>
+  <si>
+    <t>0951-6433</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1002/biof.1949</t>
+  </si>
+  <si>
+    <t>861-874</t>
+  </si>
+  <si>
+    <t>BioFactors</t>
+  </si>
+  <si>
+    <t>Schaller T, Ringen J, Fischer B, Bieler T, Perius K, Knopp T, Kommoss KS, Korn T, Heikenwälder M, Oelze M, Daiber A, Münzel T, Kramer D, Wenzel P, Wild J, Karbach S, Waisman A</t>
+  </si>
+  <si>
+    <t>Schaller T</t>
+  </si>
+  <si>
+    <t>Waisman A</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:32:19</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/190</t>
+  </si>
+  <si>
+    <t>10.1038/s41598-023-44427-6</t>
+  </si>
+  <si>
+    <t>The role of intrathecal free light chains kappa for the detection of autoimmune encephalitis in subacute onset neuropsychiatric syndromes</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41598-023-44427-6</t>
+  </si>
+  <si>
+    <t>Bertram D, Tsaktanis T, Berthele A, Korn T</t>
+  </si>
+  <si>
+    <t>Bertram D</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:32:59</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/191</t>
+  </si>
+  <si>
+    <t>10.1073/pnas.2309205120</t>
+  </si>
+  <si>
+    <t>Unrestrained cleavage of Roquin-1 by MALT1 induces spontaneous T cell activation and the development of autoimmunity</t>
+  </si>
+  <si>
+    <t>Proceedings of the National Academy of Sciences</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1073/pnas.2309205120</t>
+  </si>
+  <si>
+    <t>Proc. Natl. Acad. Sci. U.S.A.</t>
+  </si>
+  <si>
+    <t>Schmidt H, Raj T, O'Neill TJ, Muschaweckh A, Giesert F, Negraschus A, Hoefig KP, Behrens G, Esser L, Baumann C, Feederle R, Plaza-Sirvent C, Geerlof A, Gewies A, Isay SE, Ruland J, Schmitz I, Wurst W, Korn T, Krappmann D, Heissmeyer V</t>
+  </si>
+  <si>
+    <t>Schmidt H</t>
+  </si>
+  <si>
+    <t>Heissmeyer V</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:33:30</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/192</t>
+  </si>
+  <si>
+    <t>10.3389/fimmu.2023.1284986</t>
+  </si>
+  <si>
+    <t>Association of retinal vessel pathology and brain atrophy in relapsing-remitting multiple sclerosis</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3389/fimmu.2023.1284986</t>
+  </si>
+  <si>
+    <t>Front. Immunol.</t>
+  </si>
+  <si>
+    <t>Romahn EF, Wiltgen T, Bussas M, Aly L, Wicklein R, Noll C, Berthele A, Dehmelt V, Mardin C, Zimmer C, Korn T, Hemmer B, Kirschke JS, Mühlau M, Knier B</t>
+  </si>
+  <si>
+    <t>Romahn EF</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:35:13</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/193</t>
+  </si>
+  <si>
+    <t>10.1016/j.tins.2023.11.005</t>
+  </si>
+  <si>
+    <t>Toward identifying key mechanisms of progression in multiple sclerosis</t>
+  </si>
+  <si>
+    <t>Trends in Neurosciences</t>
+  </si>
+  <si>
+    <t>0166-2236</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.tins.2023.11.005</t>
+  </si>
+  <si>
+    <t>58-70</t>
+  </si>
+  <si>
+    <t>Husseini L, Geladaris A, Weber MS</t>
+  </si>
+  <si>
+    <t>2024-09-13 10:11:33</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/194</t>
+  </si>
+  <si>
+    <t>10.1038/s41380-024-02528-2</t>
+  </si>
+  <si>
+    <t>Erythropoietin restrains the inhibitory potential of interneurons in the mouse hippocampus</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41380-024-02528-2</t>
+  </si>
+  <si>
+    <t>Curto Y, Carceller H, Klimczak P, Perez-Rando M, Wang Q, Grewe K, Kawaguchi R, Rizzoli S, Geschwind D, Nave K, Teruel-Marti V, Singh M, Ehrenreich H, Nácher J</t>
+  </si>
+  <si>
+    <t>Curto Y</t>
+  </si>
+  <si>
+    <t>Nácher J</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:38:48</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/195</t>
+  </si>
+  <si>
+    <t>rg_misgeld, rg_stadelmann</t>
+  </si>
+  <si>
+    <t>10.1101/2024.05.18.594292</t>
+  </si>
+  <si>
+    <t>Astrocytes adopt a progenitor-like migratory strategy for regeneration in adult brain</t>
+  </si>
+  <si>
+    <t>BioRxiv</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1101/2024.05.18.594292</t>
+  </si>
+  <si>
+    <t>Herwerth M, Wyss MT, Schmid NB, Condrau J, Ravotto L, Mateos Melero JM, Kaech A, Bredell G, Thomas C, Stadelmann C, Misgeld T, Bennett JL, Saab AS, Jessberger S, Weber B</t>
+  </si>
+  <si>
+    <t>Weber B</t>
+  </si>
+  <si>
+    <t>2024-09-12 08:41:03</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/196</t>
+  </si>
+  <si>
+    <t>10.1016/j.cell.2024.06.028</t>
+  </si>
+  <si>
+    <t>Innate immune memory after brain injury drives inflammatory cardiac dysfunction</t>
+  </si>
+  <si>
+    <t>Cell</t>
+  </si>
+  <si>
+    <t>0092-8674</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.cell.2024.06.028</t>
+  </si>
+  <si>
+    <t>4637-4655.e26</t>
+  </si>
+  <si>
+    <t>Simats A, Zhang S, Messerer D, Chong F, Beşkardeş S, Chivukula AS, Cao J, Besson-Girard S, Montellano FA, Morbach C, Carofiglio O, Ricci A, Roth S, Llovera G, Singh R, Chen Y, Filser S, Plesnila N, Braun C, Spitzer H, Gokce O, Dichgans M, Heuschmann PU, Hatakeyama K, Beltrán E, Clauss S, Bonev B, Schulz C, Liesz A</t>
+  </si>
+  <si>
+    <t>Simats A</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:25:48</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/197</t>
+  </si>
+  <si>
+    <t>10.7554/eLife.90565</t>
+  </si>
+  <si>
+    <t>Combining array tomography with electron tomography provides insights into leakiness of the blood-brain barrier in mouse cortex.</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=39102289%5Buid%5D</t>
+  </si>
+  <si>
+    <t>Elife</t>
+  </si>
+  <si>
+    <t>Kislinger G, Fabig G, Wehn A, Rodriguez L, Jiang H, Niemann C, Klymchenko AS, Plesnila N, Misgeld T, Müller-Reichert T, Khalin I, Schifferer M</t>
+  </si>
+  <si>
+    <t>2024-09-12 09:11:16</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/198</t>
+  </si>
+  <si>
+    <t>rg_fluegel, rg_wienands</t>
+  </si>
+  <si>
+    <t>10.1038/s41467-024-51166-3</t>
+  </si>
+  <si>
+    <t>TFEB activation hallmarks antigenic experience of B lymphocytes and directs germinal center fate decisions</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41467-024-51166-3</t>
+  </si>
+  <si>
+    <t>Münchhalfen M, Görg R, Haberl M, Löber J, Willenbrink J, Schwarzt L, Höltermann C, Ickes C, Hammermann L, Kus J, Chapuy B, Ballabio A, Reichardt SD, Flügel A, Engels N, Wienands J</t>
+  </si>
+  <si>
+    <t>Münchhalfen M</t>
+  </si>
+  <si>
+    <t>Wienands J</t>
+  </si>
+  <si>
+    <t>2025-06-18 11:00:13</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/199</t>
+  </si>
+  <si>
+    <t>rg_beissbarth</t>
+  </si>
+  <si>
+    <t>Unknown</t>
+  </si>
+  <si>
+    <t>10.1093/bioinformatics/btae261</t>
+  </si>
+  <si>
+    <t>CODEX: COunterfactual Deep learning for the in silico EXploration of cancer cell line perturbations.</t>
+  </si>
+  <si>
+    <t>Bioinformatics (Oxford, England)</t>
+  </si>
+  <si>
+    <t>1367-4803</t>
+  </si>
+  <si>
+    <t>1367-4811</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=38940173%5Buid%5D</t>
+  </si>
+  <si>
+    <t>i91-i99</t>
+  </si>
+  <si>
+    <t>Suppl 1</t>
+  </si>
+  <si>
+    <t>Bioinformatics</t>
+  </si>
+  <si>
+    <t>Schrod S, Zacharias HU, Beißbarth T, Hauschild AC, Altenbuchinger M</t>
+  </si>
+  <si>
+    <t>Schrod S</t>
+  </si>
+  <si>
+    <t>Altenbuchinger M</t>
+  </si>
+  <si>
+    <t>2024-09-13 10:13:36</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/200</t>
+  </si>
+  <si>
+    <t>10.1093/bioinformatics/btae263</t>
+  </si>
+  <si>
+    <t>Adaptive digital tissue deconvolution.</t>
+  </si>
+  <si>
+    <t>https://www.ncbi.nlm.nih.gov/pubmed/?term=38940181%5Buid%5D</t>
+  </si>
+  <si>
+    <t>i100-i109</t>
+  </si>
+  <si>
+    <t>Görtler F, Mensching-Buhr M, Skaar Ø, Schrod S, Sterr T, Schäfer A, Beißbarth T, Joshi A, Zacharias HU, Grellscheid SN, Altenbuchinger M</t>
+  </si>
+  <si>
+    <t>Görtler F</t>
+  </si>
+  <si>
+    <t>2024-09-13 10:14:26</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/201</t>
+  </si>
+  <si>
+    <t>rg_kerschensteiner, rg_korn</t>
+  </si>
+  <si>
+    <t>A01, C02</t>
+  </si>
+  <si>
+    <t>10.1126/sciimmunol.adj8094</t>
+  </si>
+  <si>
+    <t>Twin study identifies early immunological and metabolic dysregulation of CD8+ T cells in multiple sclerosis</t>
+  </si>
+  <si>
+    <t>Science Immunology</t>
+  </si>
+  <si>
+    <t>2470-9468</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1126/sciimmunol.adj8094</t>
+  </si>
+  <si>
+    <t>Sci Immunol</t>
+  </si>
+  <si>
+    <t>Kavaka V, Mutschler L, de la Rosa del Val C, Eglseer K, Gómez Martínez AM, Flierl-Hecht A, Ertl-Wagner B, Keeser D, Mortazavi M, Seelos K, Zimmermann H, Haas J, Wildemann B, Kümpfel T, Dornmair K, Korn T, Hohlfeld R, Kerschensteiner M, Gerdes LA, Beltrán E</t>
+  </si>
+  <si>
+    <t>Kavaka V</t>
+  </si>
+  <si>
+    <t>Beltrán E</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:25:22</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/202</t>
+  </si>
+  <si>
+    <t>rg_nessler, rg_simons, rg_stadelmann</t>
+  </si>
+  <si>
+    <t>10.1093/brain/awae293</t>
+  </si>
+  <si>
+    <t>BCAS1-positive oligodendrocytes enable efficient cortical remyelination in multiple sclerosis</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1093/brain/awae293</t>
+  </si>
+  <si>
+    <t>Bergner CG, van der Meer F, Franz J, Vakrakou A, Würfel T, Nessler S, Schäfer L, Nau-Gietz C, Winkler A, Lagumersindez-Denis N, Wrzos C, Damkou IA, Sergiou C, Schultz V, Knauer C, Metz I, Bahn E, Rodriguez EG, Merkler D, Simons M, Stadelmann C</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:24:39</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/203</t>
+  </si>
+  <si>
+    <t>10.3390/ph17111474</t>
+  </si>
+  <si>
+    <t>Towards Treating Multiple Sclerosis Progression</t>
+  </si>
+  <si>
+    <t>Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>1424-8247</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.3390/ph17111474</t>
+  </si>
+  <si>
+    <t>Häusler D, Weber MS</t>
+  </si>
+  <si>
+    <t>Häusler D</t>
+  </si>
+  <si>
+    <t>2024-11-05 10:33:08</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/204</t>
+  </si>
+  <si>
+    <t>10.1136/jnnp-2024-334863</t>
+  </si>
+  <si>
+    <t>Apheresis therapies in MOGAD: a retrospective study of 117 therapeutic interventions in 571 attacks</t>
+  </si>
+  <si>
+    <t>Journal of Neurology, Neurosurgery &amp; Psychiatry</t>
+  </si>
+  <si>
+    <t>0022-3050</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1136/jnnp-2024-334863</t>
+  </si>
+  <si>
+    <t>jnnp-2024-334863</t>
+  </si>
+  <si>
+    <t>J Neurol Neurosurg Psychiatry</t>
+  </si>
+  <si>
+    <t>Schwake C, Ladopoulos T, Häußler V, Kleiter I, Ringelstein M, Aktas O, Kümpfel T, Engels D, Havla J, Hümmert MW, Kretschmer JR, Tkachenko D, Trebst C, Ayroza Galvão Ribeiro Gomes AB, Pröbstel A, Korporal-Kuhnke M, Wildemann B, Jarius S, Pul R, Pompsch M, Krämer M, Then Bergh F, Gödel C, Schwarz P, Kowarik MC, Rommer PS, Vardakas I, Senel M, Winkelmann A, Retzlaff N, Weber MS, Husseini L, Walter A, Schindler P, Bellmann-Strobl J, Paul F, Gold R, Ayzenberg I</t>
+  </si>
+  <si>
+    <t>Schwake C</t>
+  </si>
+  <si>
+    <t>2024-11-07 07:44:49</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/205</t>
+  </si>
+  <si>
+    <t>A06, Z01</t>
+  </si>
+  <si>
+    <t>10.1038/s41467-024-53511-y</t>
+  </si>
+  <si>
+    <t>Nonvesicular lipid transfer drives myelin growth in the central nervous system</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1038/s41467-024-53511-y</t>
+  </si>
+  <si>
+    <t>Wu J, Kislinger G, Duschek J, Durmaz AD, Wefers B, Feng R, Nalbach K, Wurst W, Behrends C, Schifferer M, Simons M</t>
+  </si>
+  <si>
+    <t>Wu J</t>
+  </si>
+  <si>
+    <t>2024-11-14 10:50:09</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/206</t>
+  </si>
+  <si>
+    <t>10.1016/j.neuron.2024.10.019</t>
+  </si>
+  <si>
+    <t>White matter aging and its impact on brain function</t>
+  </si>
+  <si>
+    <t>http://dx.doi.org/10.1016/j.neuron.2024.10.019</t>
+  </si>
+  <si>
+    <t>Groh J, Simons M</t>
+  </si>
+  <si>
+    <t>Groh J</t>
+  </si>
+  <si>
+    <t>2024-11-17 19:21:59</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/207</t>
+  </si>
+  <si>
+    <t>10.1002/advs.202306863</t>
+  </si>
+  <si>
+    <t>Dynamic Brain Lipid Profiles Modulate Microglial Lipid Droplet Accumulation and Inflammation Under Ischemic Conditions in Mice</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/advs.202306863</t>
+  </si>
+  <si>
+    <t>Wei W, Lattau SSJ, Xin W, Pan Y, Tatenhorst L, Zhang L, Graf I, Kuang Y, Zheng X, Hao Z, Popa‐Wagner A, Gerner ST, Huber S, Nietert M, Klose C, Kilic E, Hermann DM, Bähr M, Huttner HB, Liu H, Fitzner D, Doeppner TR</t>
+  </si>
+  <si>
+    <t>Wei W</t>
+  </si>
+  <si>
+    <t>Doeppner TR</t>
+  </si>
+  <si>
+    <t>2024-12-20 09:47:11</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/208</t>
+  </si>
+  <si>
+    <t>10.3390/cells13171408</t>
+  </si>
+  <si>
+    <t>Comparing Viral Vectors and Fate Mapping Approaches for Astrocyte-to-Neuron Reprogramming in the Injured Mouse Cerebral Cortex</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/cells13171408</t>
+  </si>
+  <si>
+    <t>Puglisi M, Lao CL, Wani G, Masserdotti G, Bocchi R, Götz M</t>
+  </si>
+  <si>
+    <t>Puglisi M</t>
+  </si>
+  <si>
+    <t>2024-12-20 09:48:03</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/209</t>
+  </si>
+  <si>
+    <t>rg_berghoff, rg_jaekel, rg_nave, rg_schifferer, rg_simons</t>
+  </si>
+  <si>
+    <t>A06, B01, C01, Z01, B07</t>
+  </si>
+  <si>
+    <t>10.1016/j.immuni.2024.09.014</t>
+  </si>
+  <si>
+    <t>Apolipoprotein E aggregation in microglia initiates Alzheimer’s disease pathology by seeding β-amyloidosis</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.immuni.2024.09.014</t>
+  </si>
+  <si>
+    <t>2651-2668.e12</t>
+  </si>
+  <si>
+    <t>Kaji S, Berghoff SA, Spieth L, Schlaphoff L, Sasmita AO, Vitale S, Büschgens L, Kedia S, Zirngibl M, Nazarenko T, Damkou A, Hosang L, Depp C, Kamp F, Scholz P, Ewers D, Giera M, Ischebeck T, Wurst W, Wefers B, Schifferer M, Willem M, Nave K, Haass C, Arzberger T, Jäkel S, Wirths O, Saher G, Simons M</t>
+  </si>
+  <si>
+    <t>Kaji S</t>
+  </si>
+  <si>
+    <t>2025-06-18 07:23:27</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/210</t>
+  </si>
+  <si>
+    <t>10.1038/s41577-024-01104-7</t>
+  </si>
+  <si>
+    <t>Neuroinflammation in Alzheimer disease</t>
+  </si>
+  <si>
+    <t>Nature Reviews Immunology</t>
+  </si>
+  <si>
+    <t>1474-1733</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41577-024-01104-7</t>
+  </si>
+  <si>
+    <t>Nat Rev Immunol</t>
+  </si>
+  <si>
+    <t>Heneka MT, van der Flier WM, Jessen F, Hoozemanns J, Thal DR, Boche D, Brosseron F, Teunissen C, Zetterberg H, Jacobs AH, Edison P, Ramirez A, Cruchaga C, Lambert J, Laza AR, Sanchez-Mut JV, Fischer A, Castro-Gomez S, Stein TD, Kleineidam L, Wagner M, Neher JJ, Cunningham C, Singhrao SK, Prinz M, Glass CK, Schlachetzki JCM, Butovsky O, Kleemann K, De Jaeger PL, Scheiblich H, Brown GC, Landreth G, Moutinho M, Grutzendler J, Gomez-Nicola D, McManus RM, Andreasson K, Ising C, Karabag D, Baker DJ, Liddelow SA, Verkhratsky A, Tansey M, Monsonego A, Aigner L, Dorothée G, Nave K, Simons M, Constantin G, Rosenzweig N, Pascual A, Petzold GC, Kipnis J, Venegas C, Colonna M, Walter J, Tenner AJ, O’Banion MK, Steinert JR, Feinstein DL, Sastre M, Bhaskar K, Hong S, Schafer DP, Golde T, Ransohoff RM, Morgan D, Breitner J, Mancuso R, Riechers S</t>
+  </si>
+  <si>
+    <t>Heneka MT</t>
+  </si>
+  <si>
+    <t>Riechers S</t>
+  </si>
+  <si>
+    <t>2024-12-20 10:01:32</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/211</t>
+  </si>
+  <si>
     <t>rg_fluegel</t>
   </si>
   <si>
-    <t>10.3390/ijms25052483</t>
-[...1267 lines deleted...]
-  <si>
     <t>10.1038/s44319-024-00313-4</t>
   </si>
   <si>
     <t>Mitochondrial calcium uniporter complex controls T-cell-mediated immune responses</t>
   </si>
   <si>
     <t>1469-3178</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s44319-024-00313-4</t>
   </si>
   <si>
     <t>EMBO Rep</t>
   </si>
   <si>
     <t>Shumanska M, Lodygin D, Gibhardt CS, Ickes C, Stejerean-Todoran I, Krause LCM, Pahl K, Jacobs LJHC, Paluschkiwitz A, Liu S, Boshnakovska A, Voigt N, Legler TJ, Haubrock M, Mitkovski M, Poschmann G, Rehling P, Dennerlein S, Riemer J, Flügel A, Bogeski I</t>
   </si>
   <si>
     <t>Shumanska M</t>
   </si>
   <si>
     <t>2024-12-20 10:02:51</t>
   </si>
   <si>
     <t>https://rdp.sfb274.de/literature/publications/212</t>
@@ -7125,50 +7125,140 @@
     <t>European Journal of Nuclear Medicine and Molecular Imaging</t>
   </si>
   <si>
     <t>1619-7070</t>
   </si>
   <si>
     <t>1619-7089</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/s00259-025-07531-5</t>
   </si>
   <si>
     <t>Eur J Nucl Med Mol Imaging</t>
   </si>
   <si>
     <t>Gernert JA, Sanzo L, Zimmermann H, Thaler FS, Vogler L, Gnörich JS, Tagnin L, Lindner S, Kugelmann B, Schaefer R, Bischof GN, Katzdobler S, Werner RA, Höglinger GU, Levin J, Franzmeier N, Rauchmann B, Perneczky R, Kerschensteiner M, Kümpfel T, Brendel M</t>
   </si>
   <si>
     <t>Gernert JA</t>
   </si>
   <si>
     <t>Brendel M</t>
   </si>
   <si>
     <t>2025-09-29 07:55:22</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/256</t>
+  </si>
+  <si>
+    <t>10.1038/s41467-025-62791-x</t>
+  </si>
+  <si>
+    <t>Transcriptional dynamics of the oligodendrocyte lineage and its regulation by the brain erythropoietin system</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41467-025-62791-x</t>
+  </si>
+  <si>
+    <t>Ye L, Daguano Gastaldi V, Curto Y, Wildenburg A, Yu X, Hindermann M, Eggert S, Ronnenberg A, Wang Q, Butt UJ, Kawaguchi R, Geschwind D, Möbius W, Boretius S, Singh M, Nave K, Ehrenreich H</t>
+  </si>
+  <si>
+    <t>Ye L</t>
+  </si>
+  <si>
+    <t>2025-10-10 12:58:34</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/257</t>
+  </si>
+  <si>
+    <t>10.1016/j.jlr.2025.100903</t>
+  </si>
+  <si>
+    <t>Plasma Lipidomic Patterns Associated with Disease Activity in Chronic Inflammatory Demyelinating Polyradiculoneuropathy (LIPID-CIDP)</t>
+  </si>
+  <si>
+    <t>Journal of Lipid Research</t>
+  </si>
+  <si>
+    <t>0022-2275</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.jlr.2025.100903</t>
+  </si>
+  <si>
+    <t>Brinke Kad, Borsch L, Klose C, Zschüntzsch J, Vinhoven L, Nietert M, Justus Lattau SS, Fitzner D</t>
+  </si>
+  <si>
+    <t>Brinke Kad</t>
+  </si>
+  <si>
+    <t>2025-10-10 13:05:48</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/258</t>
+  </si>
+  <si>
+    <t>10.1038/s41380-025-03230-7</t>
+  </si>
+  <si>
+    <t>Forebrain-specific loss of erythropoietin provokes compensatory upregulation of different EPO receptors</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41380-025-03230-7</t>
+  </si>
+  <si>
+    <t>Butt UJ, Çakır U, Wildenburg A, Curto Y, Ye L, Bansal V, Boretius S, Nave K, Singh M, Ehrenreich H</t>
+  </si>
+  <si>
+    <t>2025-10-10 13:06:28</t>
+  </si>
+  <si>
+    <t>https://rdp.sfb274.de/literature/publications/259</t>
+  </si>
+  <si>
+    <t>10.1126/scitranslmed.adt5585</t>
+  </si>
+  <si>
+    <t>SV2A-PET imaging uncovers cortical synapse loss in multiple sclerosis</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1126/scitranslmed.adt5585</t>
+  </si>
+  <si>
+    <t>Sci. Transl. Med.</t>
+  </si>
+  <si>
+    <t>Ullrich Gavilanes EM, Bartos LM, Gernert JA, Carral CA, Ruiz Navarro D, Havla J, Gerdes L, Gnörich JS, Kunze LH, Dorneich JS, Pakula V, Tagnin L, Zimmermann H, Seelos K, Franzmeier N, Frontzkowski L, Pedrosa de Barros N, Ribbens A, Zwergal RM, Zwergal A, Vollmar C, Remi J, Picon C, Reynolds R, Merkler D, Wattjes MP, Kümpfel T, Brendel M, Kerschensteiner M</t>
+  </si>
+  <si>
+    <t>Ullrich Gavilanes EM</t>
+  </si>
+  <si>
+    <t>2025-10-10 13:08:05</t>
   </si>
   <si>
     <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2/83910</t>
   </si>
   <si>
     <t>Generic External ID: https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0001-FigS1-S2.docx</t>
   </si>
   <si>
     <t>Generic External ID: https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0002-TableS1.xlsx</t>
   </si>
   <si>
     <t>Generic External ID: https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0003-TableS2.xlsx</t>
   </si>
   <si>
     <t>Generic External ID: https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0004-TableS3.xlsx</t>
   </si>
   <si>
     <t>NCBI.taxonomy: https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0003-4898-9383</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0001-5329-192X</t>
   </si>
@@ -12796,59 +12886,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/10" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/11" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/12" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/13" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/14" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/15" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/16" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/17" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/18" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/20" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/21" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/22" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/23" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/24" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/25" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/26" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/29" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/30" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/32" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/33" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/34" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/35" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/36" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/37" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/39" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/41" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/44" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/47" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/48" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/52" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/53" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/54" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/55" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/56" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/57" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/58" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/59" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/60" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/61" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/62" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/63" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/64" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/66" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/68" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/69" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/70" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/71" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/72" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/75" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/76" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/77" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/78" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/79" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/80" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/81" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/82" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/83" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/84" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/85" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/86" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/87" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/88" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/89" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/90" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/91" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/92" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/93" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/94" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/95" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/96" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/97" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/98" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/99" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/100" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/101" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/102" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/103" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/104" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/105" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/106" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/107" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/108" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/109" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/110" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/111" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/112" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/113" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/114" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/115" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/116" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/117" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/118" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/119" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/120" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/121" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/122" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/123" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/124" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/125" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/126" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/127" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/128" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/129" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/130" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/131" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/132" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/133" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/134" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/135" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/136" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/137" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/138" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/139" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/140" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/141" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/142" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/143" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/144" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/145" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/146" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/148" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/149" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/150" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/151" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/152" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/153" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/154" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/155" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/156" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/157" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/158" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/159" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/160" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/161" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/162" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/163" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/164" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/165" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/166" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/167" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/168" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/169" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/170" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/171" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/172" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/173" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/174" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/175" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/176" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/177" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/178" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/179" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/180" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/181" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/182" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/183" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/184" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/185" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/186" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/187" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/188" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/189" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/190" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/191" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/192" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/193" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/194" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/195" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/196" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/197" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/198" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/199" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/200" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/201" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/202" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/203" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/204" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/205" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/206" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/207" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/208" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/209" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/210" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/211" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/212" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/213" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/214" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/215" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/216" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/217" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/218" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/219" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/220" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/221" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/222" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/223" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/224" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/225" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/226" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/227" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/228" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/229" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/230" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/231" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/232" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/233" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/234" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/235" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/236" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/237" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/238" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/239" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/240" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/241" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/242" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/243" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/244" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/245" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/246" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/247" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/248" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/249" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/250" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/251" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/252" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/253" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/254" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/255" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83910" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0001-FigS1-S2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0002-TableS1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0003-TableS2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0004-TableS3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7509-5268" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8074-7221" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/13" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017102" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101410793" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/73706" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000084" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89848400" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107685" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/9/2/350/s1" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144543" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3604-3697" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/10" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89578513" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/24349" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113000" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:2663093" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:4436336" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:4848039" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:3051635" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221569" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528448" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2617417" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314866" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528403" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_627809" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_307019" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_439694" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221570" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10618434" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10564857" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2802122" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10741915" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_399062" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_373239" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ AB_1078893" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2779357" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2275892" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2238179" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2616694" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134495" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ AB_11205760" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10711153" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2057371" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2074849" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10698211" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10682557" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_889484" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1523609" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534069" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535844" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535804" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340693" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535849" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535812" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535866" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338504" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338133" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313567" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_IZ82" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0019" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_3605" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_7415" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51635" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51960" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5137" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:016226" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96342700" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113001" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM1_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM10_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7186-4653" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6222-171X" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/11" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016884" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96610632" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113002" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-020-67866-x/MediaObjects/41598_2020_67866_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-020-67866-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/12" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017001" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96950633" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113004" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4683-9827" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/16" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100385821" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/1786" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83594" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/science.abd2985/suppl_file/abd2985_cantuti-castelvetri_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/science.abd2985/suppl_file/abd2985_mdar_reproducibility_checklist.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://figshare.com/articles/HCL_DGE_Data/7235471" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/vandijklab/HBEC_SARS-CoV-2_scRNA-seq" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1126/science.abd2985" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE139522" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE145926" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_045512.2" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7876-4607" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3556-647X" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2347-5397" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5926-8608" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4555-6446" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1528-044X" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4797-5481" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2229-6661" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4533-0455" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6400-1107" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7060-5871" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9458-6385" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5699-214X" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2270-6824" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3585-559X" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/9" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0025" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_011848" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002105" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014479" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100750024" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82152" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00758-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00758-5/MediaObjects/41593_2020_758_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00758-5/MediaObjects/41593_2020_758_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/01_MedullaOblongata/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/02_Lung1/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/03_Lung2/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9860-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7386-1181" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0494-1022" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5945-9957" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0034-4036" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4357-9863" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8773-6090" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0055-958X" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3605-0136" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9816-8917" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7923-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/97" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/18" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002636" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q103806429" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82162" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM4_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM5_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM6_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM7_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM8_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM9_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM10_ESM.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00757-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE118257" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE124335" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-4025" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1037-1027" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0761-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7379-6749" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9215-8021" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4878-8920" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/17" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003032" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014489" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112337515" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/50942" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/100040" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83177" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM4_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM5_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM18_ESM.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00780-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA544731 " TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE161654" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7266-4098" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0335-2733" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0247-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/15" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/50454" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02782858" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01772199" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03222973" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02493049" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01721161" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02040298" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02521311" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04042363" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03862313" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03536559" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04002934" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrialsregister.eu/ctr-search/search?query=2014-003145-99" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113005" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jcb/article-pdf/220/4/e201911114/1411288/jcb_201911114.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2299-4320" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6494-9432" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5378-8661" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2477-2892" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4900-366X" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6824-8112" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3104-6656" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0262-9545" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zgy1s35" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113031" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2021.02.02.429485v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1781-7020" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1077024" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10641162" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2299035" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134495" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_143165" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2736871" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2762844" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340693" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-080321-3" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170418-5" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120103-2" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120117-1" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113006" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2589004220304776-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/14" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q97074446" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113007" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6524-9673" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3864-5480" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8946-5650" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6257-0952" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7361-8317" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/brain/awab235" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113008" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article/doi/10.1093/brain/awab093/6164962#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/144/6/1697/39427354/awab093.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?2/113009" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc3.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD018659" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_11129865" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2156433" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2736985" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2687580" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10950489" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2798103" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134478" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1977033" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1500743" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_772209" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_772206" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014593" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113010" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/6/3164/s1" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/6/3164/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/AgnesSteixner/Butt_et_al_Camk2a" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4222-0947" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017270" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q108352784" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/98835" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article/doi/10.1093/brain/awab127/6184141#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001847" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016547" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/73562" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84840" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0167488921000422/pdfft?md5=c2c1738e928b79e6ca70a2e310a47bb7&amp;pid=1-s2.0-S0167488921000422-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000034" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82526" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jci.org/articles/view/141694/sd/pdf/render/1" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jci.org/articles/view/141694/version/1/pdf/render.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1036-1075" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4333-3775" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1714-2294" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3346-1394" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/80949" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5803-6098" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q99555067" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/74902" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/217/5/e20191390/860143/jem_20191390.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables1.xlsx?Expires=1626421378&amp;Signature=SOe7LtIrZaQr3uDvRIaNSTSWwVoq5nQB7B1HlpsnehBWDjyC7Xp~j7a~ZhmiGVcALpOH8Fseuom5k9e15RBUqdHtMb077buCVTa~m~Cw0mlGhMTqE-cV" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables2.docx?Expires=1626421378&amp;Signature=ZPE2Jwdx6tNggQVbt26J~A1BI1ph0s-kpb9JB840hgly5P1MBmUaHmwY8Zoo5hafUW3Y8Wcicd22nHq-QoGfnSknQnbu5WuBgPRGS4zFV3q32q7kEgwE" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables3.docx?Expires=1626421378&amp;Signature=aWzU7HIEhNtav9cDxz5pF9nN0sdVWB0uyZ0~ZaD~38l-4HDhoilbPGkiN1DYCzaj1HwDmnSXuPB~rqj4-SyrH-sm9fraTCjGC9Yh64ocOPDG7qK4UJ4L" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5803-6098" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3414-307X" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD014625" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89802485" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113011" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lenkavaculciakova/lesion_volume" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5082-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1119-2293" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5601-2831" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7941-8308" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7557-9307" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3687-452X" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4869-1627" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149800" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84919" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166304" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/80525" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/articles/13488672/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM1_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM2_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM3_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM4_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM5_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM6_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM7_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actaneurocomms.biomedcentral.com/track/pdf/10.1186/s40478-020-01105-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/126" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125379292" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02782858" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01772199" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01864148" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03222973" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02493049" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01721161" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02040298" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02521311" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04042363" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03862313" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04002934" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrialsregister.eu/ctr-search/search?query=2014-003145-99" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84217" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q97678560" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/81225" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/143/7/2073/33502654/awaa158.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article/143/7/2073/5861738#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3086-4278" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8063-9765" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/283" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010973" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96642978" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/86950" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/143/5/1383/33648614/awaa080.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article/143/5/1383/5838504#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q94957349" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82678" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM2_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/AgnesSteixner/Butt_et_al_ODD_hypoxia" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-020-00988-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4630-9081" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4366-5662" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/104" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zgy1s35" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113012" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00018-020-03682-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00018-020-03682-w/MediaObjects/18_2020_3682_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021262" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002526" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101133593" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113013" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2589004220304776/pdfft?md5=d9b4ddcb6cbc104ec73354954cf8227e&amp;pid=1-s2.0-S2589004220304776-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q104617057" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/14892" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/67770" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/54209" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88319" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/pdf/10.1021/acsnano.0c08207" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/suppl/10.1021/acsnano.0c08207/suppl_file/nn0c08207_si_001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9638-5077" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3LS3" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3LSA" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3ZUJ" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3ZUL" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03e76ya46" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014325" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113014" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/218/8/e20202411/1416415/jem_20202411.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3576-2702" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8358-7414" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5733-9820" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6222-171X" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7456-949X" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9736-2283" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5732-7942" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6161-1265" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8111-4429" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6919-4905" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7186-4653" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002677" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018257" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114637307" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113015" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721002975/pdfft?md5=e41f706dc46046fe2ce48a956105d1df&amp;pid=1-s2.0-S2666166721002975-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112757929" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88362" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fglia.24042&amp;file=glia24042-sup-0001-TableS1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/glia.24042" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0327-1389" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9195-2434" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/269" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016074" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113033" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/89050" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-021-01238-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1368-159X" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/89846" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/5075213" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144444" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1651-2292" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113016" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4644-8252" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2853-4533" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6233-0705" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125344453" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113017" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0960982221011854/pdfft?md5=4780aabc13ca5f65618ed9a1bdb5dc15&amp;pid=1-s2.0-S0960982221011854-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982221011854-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0942-4622" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_260581" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_300798" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_2110656" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_141658" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_142924" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_2535773" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-090116-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-061204-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-071129-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-131118-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170831-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170831-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-070531-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-020918-8" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-101006-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-060623-4" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-070314-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-100322-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120320-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-110503-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-130702-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-MRPHLNO-070126-7" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-MRPHLNO-070531-6" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113034" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-021-01009-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8846-1113" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9370-2671" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4304-8234" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2857-7755" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1541-7867" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/112749" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0493-7370" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8390-8852" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0747-6306" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0178-6378" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6249-6035" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0548-0053" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1157-8938" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4210-388X" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113018" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lenkavaculciakova/lesion_volume" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/edae6ed1-a523-4647-b4c4-bc61ddca11a5/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/c801d2c1-8441-434a-bc4c-05610681bbba/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/d1dea047-661b-46e0-b753-803c7163d676/mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD024891" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:002778" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:004155" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:020097" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2057371" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_570666" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_143165" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141822" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2536183" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019186" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149512" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/103939" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/joa.13577?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0001-FileS1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0002-FigS2.eps" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0003-VideoS1B.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0004-VideoS1C.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0005-VideoS2I.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0006-VideoS2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0007-VideoS2.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0008-VideoS3A.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0009-VideoS3B.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0010-VideoS5D.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0011-VideoS5F.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0012-VideoS5G.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9986" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5364-1088" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112746646" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113019" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/94539" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-021-26880-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/assembly/GCF_000001635.26" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE180138" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NM_001083938.3" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NM_026611.2" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3773-4625" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0134-0974" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8331-9874" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0556-1950" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5661-5272" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2792-7423" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4115-0334" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8546-1161" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/141" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/361" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/347" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014305" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014246" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001964" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018139" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019213" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014227" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305869" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2232308" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2732852" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10917271" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2532109" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2800343" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2631039" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2864935" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112303892" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03235752" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113035" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reader.elsevier.com/reader/sd/pii/S1043466621002404?token=B5EA031876021BE607C8ECD55FDAF5BFFDA7709746950856FA8FA1CC402824F4DA302E450B5EAC86B0C73B53F12F9263&amp;originRegion=eu-west-1&amp;originCreation=20211115135505" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83840" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00401-020-02236-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02236-5/MediaObjects/401_2020_2236_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02236-5/MediaObjects/401_2020_2236_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5389-3338" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/161" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100737727" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97692" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721014790-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721014790-mmc2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/366" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2127193" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_470907" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305426" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10717737" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221544" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2337919" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340288" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340631" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534091" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534095" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5590223" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113020" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97758" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/content/pnas/118/48/e2113835118.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2113835118/suppl_file/pnas.2113835118.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6418-4310" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6146-8833" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0365-5817" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4636-0813" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/369" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/342" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014431" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015246" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q130027060" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5658994" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113021" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721006894/pdfft?isDTMRedir=true&amp;download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97725" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-021-01392-8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/110060" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97935" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC1/embed/inline-supplementary-material-1.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC2/embed/inline-supplementary-material-2.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC3/embed/inline-supplementary-material-3.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC4/embed/inline-supplementary-material-4.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/120" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2396-3921" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9992-2501" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6618-7774" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5988-9129" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8366-7622" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1052-8485" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/379" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/340" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014305" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018738" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014593" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019690" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000192" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014632" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113022" TargetMode="External"/><Relationship Id="rId_hyperlink_1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166722000211/pdfft?md5=c0cbaa559ec2b660bd3db30223d6ea5f&amp;pid=1-s2.0-S2666166722000211-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166722000211-mmc1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166722000211-mmc2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149619" TargetMode="External"/><Relationship Id="rId_hyperlink_1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/105512" TargetMode="External"/><Relationship Id="rId_hyperlink_1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM1_ESM.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-022-04427-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/projects/4" TargetMode="External"/><Relationship Id="rId_hyperlink_1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA789820" TargetMode="External"/><Relationship Id="rId_hyperlink_1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE191287" TargetMode="External"/><Relationship Id="rId_hyperlink_1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE192411" TargetMode="External"/><Relationship Id="rId_hyperlink_1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8646-7925" TargetMode="External"/><Relationship Id="rId_hyperlink_1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/48" TargetMode="External"/><Relationship Id="rId_hyperlink_1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001802" TargetMode="External"/><Relationship Id="rId_hyperlink_1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004870" TargetMode="External"/><Relationship Id="rId_hyperlink_1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012919" TargetMode="External"/><Relationship Id="rId_hyperlink_1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q115778669" TargetMode="External"/><Relationship Id="rId_hyperlink_1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl? gro-2/106013" TargetMode="External"/><Relationship Id="rId_hyperlink_1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article-pdf/doi/10.1093/brain/awac079/42600754/awac079.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/454" TargetMode="External"/><Relationship Id="rId_hyperlink_1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/298" TargetMode="External"/><Relationship Id="rId_hyperlink_1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010655" TargetMode="External"/><Relationship Id="rId_hyperlink_1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113032" TargetMode="External"/><Relationship Id="rId_hyperlink_1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2022/02/25/2022.02.24.481621/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.02.24.481621v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5290-0738" TargetMode="External"/><Relationship Id="rId_hyperlink_1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7265-3639" TargetMode="External"/><Relationship Id="rId_hyperlink_1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6327-0089" TargetMode="External"/><Relationship Id="rId_hyperlink_1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113023" TargetMode="External"/><Relationship Id="rId_hyperlink_1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/11/3/520/pdf?version=1644461873" TargetMode="External"/><Relationship Id="rId_hyperlink_1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/11/3/520/s1?version=1644417537" TargetMode="External"/><Relationship Id="rId_hyperlink_1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE98217" TargetMode="External"/><Relationship Id="rId_hyperlink_1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8352-1498" TargetMode="External"/><Relationship Id="rId_hyperlink_1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2874-0441" TargetMode="External"/><Relationship Id="rId_hyperlink_1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4422-7410" TargetMode="External"/><Relationship Id="rId_hyperlink_1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9027-3704" TargetMode="External"/><Relationship Id="rId_hyperlink_1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016582" TargetMode="External"/><Relationship Id="rId_hyperlink_1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113024" TargetMode="External"/><Relationship Id="rId_hyperlink_1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/9/3/e1159.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9650-6222" TargetMode="External"/><Relationship Id="rId_hyperlink_1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113025" TargetMode="External"/><Relationship Id="rId_hyperlink_1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0002-MovieS1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0001-SuppMat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0003-MovieS2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0004-MovieS3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/smll.202200302?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1041-5747" TargetMode="External"/><Relationship Id="rId_hyperlink_1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107347" TargetMode="External"/><Relationship Id="rId_hyperlink_1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/82" TargetMode="External"/><Relationship Id="rId_hyperlink_1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_data_file_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_table_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.ab6058_movies_s1_and_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE189580" TargetMode="External"/><Relationship Id="rId_hyperlink_1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1061-6071" TargetMode="External"/><Relationship Id="rId_hyperlink_1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6238-0588" TargetMode="External"/><Relationship Id="rId_hyperlink_1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0335-2733" TargetMode="External"/><Relationship Id="rId_hyperlink_1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6788-0215" TargetMode="External"/><Relationship Id="rId_hyperlink_1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6763-9069" TargetMode="External"/><Relationship Id="rId_hyperlink_1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0749-5857" TargetMode="External"/><Relationship Id="rId_hyperlink_1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/474" TargetMode="External"/><Relationship Id="rId_hyperlink_1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/270" TargetMode="External"/><Relationship Id="rId_hyperlink_1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006646" TargetMode="External"/><Relationship Id="rId_hyperlink_1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107227" TargetMode="External"/><Relationship Id="rId_hyperlink_1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-022-01551-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1368-159X" TargetMode="External"/><Relationship Id="rId_hyperlink_1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q113856182" TargetMode="External"/><Relationship Id="rId_hyperlink_1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?2/113026" TargetMode="External"/><Relationship Id="rId_hyperlink_1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0001-SuppMat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0002-TableS1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0003-TableS2a.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0004-TableS2b.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0005-TableS3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/advs.202104979?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8651-9318" TargetMode="External"/><Relationship Id="rId_hyperlink_1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112638913" TargetMode="External"/><Relationship Id="rId_hyperlink_1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1172/jci.insight.154824DS1" TargetMode="External"/><Relationship Id="rId_hyperlink_1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113027" TargetMode="External"/><Relationship Id="rId_hyperlink_1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insight.jci.org/articles/view/154824/sd/pdf/render/1" TargetMode="External"/><Relationship Id="rId_hyperlink_1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insight.jci.org/articles/view/154824/version/1/pdf/render.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA544731" TargetMode="External"/><Relationship Id="rId_hyperlink_1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE130119" TargetMode="External"/><Relationship Id="rId_hyperlink_1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE118257" TargetMode="External"/><Relationship Id="rId_hyperlink_1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE97942" TargetMode="External"/><Relationship Id="rId_hyperlink_1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5705-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7630-7880" TargetMode="External"/><Relationship Id="rId_hyperlink_1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0630-9204" TargetMode="External"/><Relationship Id="rId_hyperlink_1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8156-0736" TargetMode="External"/><Relationship Id="rId_hyperlink_1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jc43x05" TargetMode="External"/><Relationship Id="rId_hyperlink_1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018132" TargetMode="External"/><Relationship Id="rId_hyperlink_1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/100838" TargetMode="External"/><Relationship Id="rId_hyperlink_1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/59462" TargetMode="External"/><Relationship Id="rId_hyperlink_1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/37825" TargetMode="External"/><Relationship Id="rId_hyperlink_1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113028" TargetMode="External"/><Relationship Id="rId_hyperlink_1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-29992-0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-3656" TargetMode="External"/><Relationship Id="rId_hyperlink_1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4437-9799" TargetMode="External"/><Relationship Id="rId_hyperlink_1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0247-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5633-8981" TargetMode="External"/><Relationship Id="rId_hyperlink_1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798s" TargetMode="External"/><Relationship Id="rId_hyperlink_1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002526" TargetMode="External"/><Relationship Id="rId_hyperlink_1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6364730" TargetMode="External"/><Relationship Id="rId_hyperlink_1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113036" TargetMode="External"/><Relationship Id="rId_hyperlink_1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-022-01201-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/arrayexpress/experiments/E-MTAB-11752" TargetMode="External"/><Relationship Id="rId_hyperlink_1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB52646" TargetMode="External"/><Relationship Id="rId_hyperlink_1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.17013788" TargetMode="External"/><Relationship Id="rId_hyperlink_1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113029" TargetMode="External"/><Relationship Id="rId_hyperlink_1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-31054-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/assembly/GCF_000001635.20" TargetMode="External"/><Relationship Id="rId_hyperlink_1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE189780" TargetMode="External"/><Relationship Id="rId_hyperlink_1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6263-467X" TargetMode="External"/><Relationship Id="rId_hyperlink_1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2497-0699" TargetMode="External"/><Relationship Id="rId_hyperlink_1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0364-662X" TargetMode="External"/><Relationship Id="rId_hyperlink_1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2208-4877" TargetMode="External"/><Relationship Id="rId_hyperlink_1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2486-1473" TargetMode="External"/><Relationship Id="rId_hyperlink_1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7464-7921" TargetMode="External"/><Relationship Id="rId_hyperlink_1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4947-0412" TargetMode="External"/><Relationship Id="rId_hyperlink_1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5801-0151" TargetMode="External"/><Relationship Id="rId_hyperlink_1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4056-0550" TargetMode="External"/><Relationship Id="rId_hyperlink_1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9556-7207" TargetMode="External"/><Relationship Id="rId_hyperlink_1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_VV34" TargetMode="External"/><Relationship Id="rId_hyperlink_1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017270" TargetMode="External"/><Relationship Id="rId_hyperlink_1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018419" TargetMode="External"/><Relationship Id="rId_hyperlink_1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016863" TargetMode="External"/><Relationship Id="rId_hyperlink_1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113030" TargetMode="External"/><Relationship Id="rId_hyperlink_1820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01108-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM4_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM6_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM7_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM8_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM9_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM10_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM11_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM12_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM13_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM14_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM22_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM23_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM24_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM25_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM26_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM27_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM28_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM29_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM30_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/76" TargetMode="External"/><Relationship Id="rId_hyperlink_1852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE203046" TargetMode="External"/><Relationship Id="rId_hyperlink_1853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7331-0902" TargetMode="External"/><Relationship Id="rId_hyperlink_1855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_1857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/510" TargetMode="External"/><Relationship Id="rId_hyperlink_1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016393" TargetMode="External"/><Relationship Id="rId_hyperlink_1861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002677" TargetMode="External"/><Relationship Id="rId_hyperlink_1862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014489" TargetMode="External"/><Relationship Id="rId_hyperlink_1864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_1870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_1875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018257" TargetMode="External"/><Relationship Id="rId_hyperlink_1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_1877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016167" TargetMode="External"/><Relationship Id="rId_hyperlink_1878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113251" TargetMode="External"/><Relationship Id="rId_hyperlink_1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s13311-022-01269-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5125-4594" TargetMode="External"/><Relationship Id="rId_hyperlink_1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/71248" TargetMode="External"/><Relationship Id="rId_hyperlink_1895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/54614" TargetMode="External"/><Relationship Id="rId_hyperlink_1896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB48619" TargetMode="External"/><Relationship Id="rId_hyperlink_1897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113253" TargetMode="External"/><Relationship Id="rId_hyperlink_1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/219/8/e20212443/1435623/jem_20212443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE21669" TargetMode="External"/><Relationship Id="rId_hyperlink_1900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE56021" TargetMode="External"/><Relationship Id="rId_hyperlink_1901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4424-2744" TargetMode="External"/><Relationship Id="rId_hyperlink_1904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6245-169X" TargetMode="External"/><Relationship Id="rId_hyperlink_1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6870-1378" TargetMode="External"/><Relationship Id="rId_hyperlink_1906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_1907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5906-0978" TargetMode="External"/><Relationship Id="rId_hyperlink_1908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2792-5874" TargetMode="External"/><Relationship Id="rId_hyperlink_1909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0655-1105" TargetMode="External"/><Relationship Id="rId_hyperlink_1910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1899-3149" TargetMode="External"/><Relationship Id="rId_hyperlink_1911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0174-5042" TargetMode="External"/><Relationship Id="rId_hyperlink_1912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2292-5982" TargetMode="External"/><Relationship Id="rId_hyperlink_1913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7989-681X" TargetMode="External"/><Relationship Id="rId_hyperlink_1914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6849-9659" TargetMode="External"/><Relationship Id="rId_hyperlink_1915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014966" TargetMode="External"/><Relationship Id="rId_hyperlink_1921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113254" TargetMode="External"/><Relationship Id="rId_hyperlink_1926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666354622000849/pdfft?md5=9324a4bdc1d779024cabad61cb14e0da&amp;pid=1-s2.0-S2666354622000849-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_1930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123140043" TargetMode="External"/><Relationship Id="rId_hyperlink_1932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114334" TargetMode="External"/><Relationship Id="rId_hyperlink_1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41592-022-01577-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM4_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7132-9813" TargetMode="External"/><Relationship Id="rId_hyperlink_1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6356-9742" TargetMode="External"/><Relationship Id="rId_hyperlink_1940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7741-125X" TargetMode="External"/><Relationship Id="rId_hyperlink_1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_1942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5959-6409" TargetMode="External"/><Relationship Id="rId_hyperlink_1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2917-0778" TargetMode="External"/><Relationship Id="rId_hyperlink_1944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9638-5077" TargetMode="External"/><Relationship Id="rId_hyperlink_1945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/literature/publications/183" TargetMode="External"/><Relationship Id="rId_hyperlink_1947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/547" TargetMode="External"/><Relationship Id="rId_hyperlink_1948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/64" TargetMode="External"/><Relationship Id="rId_hyperlink_1953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_1957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0042" TargetMode="External"/><Relationship Id="rId_hyperlink_1960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6563100" TargetMode="External"/><Relationship Id="rId_hyperlink_1961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6562764" TargetMode="External"/><Relationship Id="rId_hyperlink_1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114437" TargetMode="External"/><Relationship Id="rId_hyperlink_1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.abo7639?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_tables_s1_to_s11.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_movie_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1126/sciadv.abo7639" TargetMode="External"/><Relationship Id="rId_hyperlink_1968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE206577" TargetMode="External"/><Relationship Id="rId_hyperlink_1969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4347-7648" TargetMode="External"/><Relationship Id="rId_hyperlink_1970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_1971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3794-7295" TargetMode="External"/><Relationship Id="rId_hyperlink_1972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3237-0423" TargetMode="External"/><Relationship Id="rId_hyperlink_1973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9195-2434" TargetMode="External"/><Relationship Id="rId_hyperlink_1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7408-6842" TargetMode="External"/><Relationship Id="rId_hyperlink_1975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0761-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_1976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_1977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_1978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7265-3639" TargetMode="External"/><Relationship Id="rId_hyperlink_1979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6895-6998" TargetMode="External"/><Relationship Id="rId_hyperlink_1980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8974-8845" TargetMode="External"/><Relationship Id="rId_hyperlink_1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0737-3822" TargetMode="External"/><Relationship Id="rId_hyperlink_1982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5782-1120" TargetMode="External"/><Relationship Id="rId_hyperlink_1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6327-0089" TargetMode="External"/><Relationship Id="rId_hyperlink_1985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_1986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_1987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD031376" TargetMode="External"/><Relationship Id="rId_hyperlink_1988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_2000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015246" TargetMode="External"/><Relationship Id="rId_hyperlink_2001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006786" TargetMode="External"/><Relationship Id="rId_hyperlink_2003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016664" TargetMode="External"/><Relationship Id="rId_hyperlink_2005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_2006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_2007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006164" TargetMode="External"/><Relationship Id="rId_hyperlink_2009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_2010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114541" TargetMode="External"/><Relationship Id="rId_hyperlink_2011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S2589-0042%2822%2901595-4" TargetMode="External"/><Relationship Id="rId_hyperlink_2014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.isci.2022.105323/attachment/1e3a78c4-a3bf-4de4-be93-13481cbf2f76/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.isci.2022.105323/attachment/666da06b-103a-4749-a398-97b62b014a39/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_000374-MU" TargetMode="External"/><Relationship Id="rId_hyperlink_2022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_000036-MU" TargetMode="External"/><Relationship Id="rId_hyperlink_2023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_2024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_2026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01183-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/ISD-SystemsNeuroscience/Aging_Oligos_Microglia" TargetMode="External"/><Relationship Id="rId_hyperlink_2028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE202579" TargetMode="External"/><Relationship Id="rId_hyperlink_2044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_2045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE138891" TargetMode="External"/><Relationship Id="rId_hyperlink_2046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE132042" TargetMode="External"/><Relationship Id="rId_hyperlink_2047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_2050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015058" TargetMode="External"/><Relationship Id="rId_hyperlink_2057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_2058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_2059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_2060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_2062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_2064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_2069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019186" TargetMode="External"/><Relationship Id="rId_hyperlink_2071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016345" TargetMode="External"/><Relationship Id="rId_hyperlink_2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005223" TargetMode="External"/><Relationship Id="rId_hyperlink_2073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018132" TargetMode="External"/><Relationship Id="rId_hyperlink_2075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016620" TargetMode="External"/><Relationship Id="rId_hyperlink_2076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_2079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0896627322008625/pdfft?md5=7ee40bfd5f89b21f2b7716ec9e51758c&amp;pid=1-s2.0-S0896627322008625-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0889159122004214/pdfft?md5=2c2c3bbcd60677ba779058d45186828e&amp;pid=1-s2.0-S0889159122004214-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0493-7370" TargetMode="External"/><Relationship Id="rId_hyperlink_2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000084" TargetMode="External"/><Relationship Id="rId_hyperlink_2091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.17212856" TargetMode="External"/><Relationship Id="rId_hyperlink_2093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s42003-022-03077-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/sollan/alma" TargetMode="External"/><Relationship Id="rId_hyperlink_2095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3747-4958" TargetMode="External"/><Relationship Id="rId_hyperlink_2104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_2108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_2110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_2111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5767422" TargetMode="External"/><Relationship Id="rId_hyperlink_2113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.11.21.517320v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_2115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9925-7249" TargetMode="External"/><Relationship Id="rId_hyperlink_2119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01199-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM8_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM9_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM10_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/single-cell-tutorial/blob/master/latest_notebook/Case-study_Mouse-intestinal-epithelium_1906.ipynb" TargetMode="External"/><Relationship Id="rId_hyperlink_2132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/brianhie/scanorama" TargetMode="External"/><Relationship Id="rId_hyperlink_2133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/scvelo_notebooks/blob/master/VelocityBasics.ipynb" TargetMode="External"/><Relationship Id="rId_hyperlink_2134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM12_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM22_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM23_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM24_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144543" TargetMode="External"/><Relationship Id="rId_hyperlink_2149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE179134" TargetMode="External"/><Relationship Id="rId_hyperlink_2150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8352-1498" TargetMode="External"/><Relationship Id="rId_hyperlink_2151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8485-9653" TargetMode="External"/><Relationship Id="rId_hyperlink_2152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5942-2924" TargetMode="External"/><Relationship Id="rId_hyperlink_2153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8731-4330" TargetMode="External"/><Relationship Id="rId_hyperlink_2154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6941-2669" TargetMode="External"/><Relationship Id="rId_hyperlink_2155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5950-616X" TargetMode="External"/><Relationship Id="rId_hyperlink_2156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5633-8981" TargetMode="External"/><Relationship Id="rId_hyperlink_2157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9260-2775" TargetMode="External"/><Relationship Id="rId_hyperlink_2159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_2160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05rg1zz45" TargetMode="External"/><Relationship Id="rId_hyperlink_2164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-022-01360-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE214709" TargetMode="External"/><Relationship Id="rId_hyperlink_2176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0284-1658" TargetMode="External"/><Relationship Id="rId_hyperlink_2177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9604-1939" TargetMode="External"/><Relationship Id="rId_hyperlink_2178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3059-181X" TargetMode="External"/><Relationship Id="rId_hyperlink_2179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6870-1378" TargetMode="External"/><Relationship Id="rId_hyperlink_2180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4290-5716" TargetMode="External"/><Relationship Id="rId_hyperlink_2182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/bpa.13136?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fbpa.13136&amp;file=bpa13136-sup-0001-supinfo.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.de/postmortem-quantitative-mri-disentangles-histological-lesion-types-in-multiple-sclerosis/" TargetMode="External"/><Relationship Id="rId_hyperlink_2190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3092-8737" TargetMode="External"/><Relationship Id="rId_hyperlink_2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_2193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/620" TargetMode="External"/><Relationship Id="rId_hyperlink_2195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/218" TargetMode="External"/><Relationship Id="rId_hyperlink_2198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM7_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE156718" TargetMode="External"/><Relationship Id="rId_hyperlink_2206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/117305" TargetMode="External"/><Relationship Id="rId_hyperlink_2209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/showAltPdf?doi=10.15252%2Fembr.202254746&amp;altPdfName=embr.202254746.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0001-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0002-TableEV1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0003-TableEV2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0004-TableEV3.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0005-TableEV4.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0006-TableEV5.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0007-DatasetEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0008-DatasetEV2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0009-DatasetEV3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0010-DatasetEV4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0011-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/16" TargetMode="External"/><Relationship Id="rId_hyperlink_2222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4225-5912" TargetMode="External"/><Relationship Id="rId_hyperlink_2223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5104-970X" TargetMode="External"/><Relationship Id="rId_hyperlink_2224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0068-9496" TargetMode="External"/><Relationship Id="rId_hyperlink_2225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8997-8459" TargetMode="External"/><Relationship Id="rId_hyperlink_2226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7999-6781" TargetMode="External"/><Relationship Id="rId_hyperlink_2227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8057-9259" TargetMode="External"/><Relationship Id="rId_hyperlink_2228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6198-3069" TargetMode="External"/><Relationship Id="rId_hyperlink_2229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1837-5233" TargetMode="External"/><Relationship Id="rId_hyperlink_2230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4630-9081" TargetMode="External"/><Relationship Id="rId_hyperlink_2231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5661-5272" TargetMode="External"/><Relationship Id="rId_hyperlink_2232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0946-8166" TargetMode="External"/><Relationship Id="rId_hyperlink_2233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9981-8571" TargetMode="External"/><Relationship Id="rId_hyperlink_2235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0698-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_2236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9879-7174" TargetMode="External"/><Relationship Id="rId_hyperlink_2237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD029132" TargetMode="External"/><Relationship Id="rId_hyperlink_2238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/literature/publications/192" TargetMode="External"/><Relationship Id="rId_hyperlink_2239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/archive/1/24" TargetMode="External"/><Relationship Id="rId_hyperlink_2242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/119185" TargetMode="External"/><Relationship Id="rId_hyperlink_2244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/pdf/10.1073/pnas.2215799119?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm01.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm02.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm03.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm04.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1982-2736" TargetMode="External"/><Relationship Id="rId_hyperlink_2250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4032-7644" TargetMode="External"/><Relationship Id="rId_hyperlink_2251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_2252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_2253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5962-7359" TargetMode="External"/><Relationship Id="rId_hyperlink_2255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_2256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/629" TargetMode="External"/><Relationship Id="rId_hyperlink_2257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/123" TargetMode="External"/><Relationship Id="rId_hyperlink_2258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_2259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/214" TargetMode="External"/><Relationship Id="rId_hyperlink_2263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0224" TargetMode="External"/><Relationship Id="rId_hyperlink_2264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_2265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elifesciences.org/download/aHR0cHM6Ly9jZG4uZWxpZmVzY2llbmNlcy5vcmcvYXJ0aWNsZXMvODIwMzEvZWxpZmUtODIwMzEtdjMucGRmP2Nhbm9uaWNhbFVyaT1odHRwczovL2VsaWZlc2NpZW5jZXMub3JnL2FydGljbGVzLzgyMDMx/elife-82031-v3.pdf?_hash=PuRjaNuh%2BcpL78EUflSETqGnDlunVGIBhVpf" TargetMode="External"/><Relationship Id="rId_hyperlink_2266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Lieszlab/Benakis-et-al.-2022-eLife" TargetMode="External"/><Relationship Id="rId_hyperlink_2267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/swh:1:dir:00e7ac02dddbcc499e48fd6b915724d186ac8859" TargetMode="External"/><Relationship Id="rId_hyperlink_2268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_2269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6463-7949" TargetMode="External"/><Relationship Id="rId_hyperlink_2271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3576-2702" TargetMode="External"/><Relationship Id="rId_hyperlink_2272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1194-5256" TargetMode="External"/><Relationship Id="rId_hyperlink_2273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6020-7746" TargetMode="External"/><Relationship Id="rId_hyperlink_2274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_2275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00q1fsf04" TargetMode="External"/><Relationship Id="rId_hyperlink_2279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125343166" TargetMode="External"/><Relationship Id="rId_hyperlink_2280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.21679415" TargetMode="External"/><Relationship Id="rId_hyperlink_2281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/220/3/e20220615/1445892/jem_20220615.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5349-2035" TargetMode="External"/><Relationship Id="rId_hyperlink_2284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3763-386X" TargetMode="External"/><Relationship Id="rId_hyperlink_2285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6566-5941" TargetMode="External"/><Relationship Id="rId_hyperlink_2286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9725-6368" TargetMode="External"/><Relationship Id="rId_hyperlink_2287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0211-9035" TargetMode="External"/><Relationship Id="rId_hyperlink_2288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4601-6951" TargetMode="External"/><Relationship Id="rId_hyperlink_2289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4522-7199" TargetMode="External"/><Relationship Id="rId_hyperlink_2290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666379122004414/pdfft?md5=3a3101c5c20dfc132eaa67937dc5c815&amp;pid=1-s2.0-S2666379122004414-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE212838" TargetMode="External"/><Relationship Id="rId_hyperlink_2295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_2297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD024427" TargetMode="External"/><Relationship Id="rId_hyperlink_2298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_2299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/showAltPdf?doi=10.15252%2Femmm.202216111&amp;altPdfName=emmm.202216111.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202216111&amp;file=emmm202216111-sup-0001-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9725-6368" TargetMode="External"/><Relationship Id="rId_hyperlink_2302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8197-3554" TargetMode="External"/><Relationship Id="rId_hyperlink_2303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6665-5251" TargetMode="External"/><Relationship Id="rId_hyperlink_2304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4943-0509" TargetMode="External"/><Relationship Id="rId_hyperlink_2305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6888-9131" TargetMode="External"/><Relationship Id="rId_hyperlink_2306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7953-2162" TargetMode="External"/><Relationship Id="rId_hyperlink_2307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-020-0666-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM3_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_2317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM4_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_2318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE131679" TargetMode="External"/><Relationship Id="rId_hyperlink_2332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4445-6144" TargetMode="External"/><Relationship Id="rId_hyperlink_2333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4600-1394" TargetMode="External"/><Relationship Id="rId_hyperlink_2334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9472-2738" TargetMode="External"/><Relationship Id="rId_hyperlink_2335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3216-8759" TargetMode="External"/><Relationship Id="rId_hyperlink_2336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6657-0466" TargetMode="External"/><Relationship Id="rId_hyperlink_2337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7179-7323" TargetMode="External"/><Relationship Id="rId_hyperlink_2338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0991-6547" TargetMode="External"/><Relationship Id="rId_hyperlink_2339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2983-0414" TargetMode="External"/><Relationship Id="rId_hyperlink_2342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5567-1173" TargetMode="External"/><Relationship Id="rId_hyperlink_2343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q93196390" TargetMode="External"/><Relationship Id="rId_hyperlink_2346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fnana.2021.732506/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_2349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/cardiovascres/article-pdf/118/14/2932/46948443/cvab359.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE182950" TargetMode="External"/><Relationship Id="rId_hyperlink_2358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE97310" TargetMode="External"/><Relationship Id="rId_hyperlink_2359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2030-2738" TargetMode="External"/><Relationship Id="rId_hyperlink_2360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0642-3445" TargetMode="External"/><Relationship Id="rId_hyperlink_2361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0630-4537" TargetMode="External"/><Relationship Id="rId_hyperlink_2362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2024-1034" TargetMode="External"/><Relationship Id="rId_hyperlink_2363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6053-0930" TargetMode="External"/><Relationship Id="rId_hyperlink_2364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3165-2648" TargetMode="External"/><Relationship Id="rId_hyperlink_2365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5747-2207" TargetMode="External"/><Relationship Id="rId_hyperlink_2366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4304-8234" TargetMode="External"/><Relationship Id="rId_hyperlink_2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0340-1745" TargetMode="External"/><Relationship Id="rId_hyperlink_2369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8551-4729" TargetMode="External"/><Relationship Id="rId_hyperlink_2370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/62" TargetMode="External"/><Relationship Id="rId_hyperlink_2373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/12259" TargetMode="External"/><Relationship Id="rId_hyperlink_2374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/12260" TargetMode="External"/><Relationship Id="rId_hyperlink_2375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0003-TableEV1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0004-TableEV2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0005-TableEV3.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0006-TableEV4.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0007-TableEV5.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6618-7774" TargetMode="External"/><Relationship Id="rId_hyperlink_2383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_2384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_2385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD010996" TargetMode="External"/><Relationship Id="rId_hyperlink_2386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_2387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_2388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_2389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_2390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021238" TargetMode="External"/><Relationship Id="rId_hyperlink_2393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015723" TargetMode="External"/><Relationship Id="rId_hyperlink_2394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112290298" TargetMode="External"/><Relationship Id="rId_hyperlink_2396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/8/5/e1043.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_2398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2917-5889" TargetMode="External"/><Relationship Id="rId_hyperlink_2399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_2400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/16/8870/pdf?version=1631502690" TargetMode="External"/><Relationship Id="rId_hyperlink_2405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4935-1365" TargetMode="External"/><Relationship Id="rId_hyperlink_2406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00401-022-02442-3.pdf?pdf=button" TargetMode="External"/><Relationship Id="rId_hyperlink_2409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1948-1580" TargetMode="External"/><Relationship Id="rId_hyperlink_2410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S1044532322000471/pdfft?md5=8e411c35bc759f1ab31f691497c2056b&amp;pid=1-s2.0-S1044532322000471-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_2417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/doi/pdfdirect/10.15252/msb.202211129?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/collideseq_reproducibility" TargetMode="External"/><Relationship Id="rId_hyperlink_2425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0003-DatasetEV1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0006-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE211864" TargetMode="External"/><Relationship Id="rId_hyperlink_2430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9995-1364" TargetMode="External"/><Relationship Id="rId_hyperlink_2431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1293-7656" TargetMode="External"/><Relationship Id="rId_hyperlink_2432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5488-8530" TargetMode="External"/><Relationship Id="rId_hyperlink_2435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.abg9445?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_movie_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_data_s1_and_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1873-5550" TargetMode="External"/><Relationship Id="rId_hyperlink_2443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1918-9811" TargetMode="External"/><Relationship Id="rId_hyperlink_2444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5107-0701" TargetMode="External"/><Relationship Id="rId_hyperlink_2445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7692-546X" TargetMode="External"/><Relationship Id="rId_hyperlink_2446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-3656" TargetMode="External"/><Relationship Id="rId_hyperlink_2447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1630-6827" TargetMode="External"/><Relationship Id="rId_hyperlink_2448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/doi/pdf/10.1146/annurev-vision-100820-103154" TargetMode="External"/><Relationship Id="rId_hyperlink_2454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0942-4622" TargetMode="External"/><Relationship Id="rId_hyperlink_2455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00109-022-02202-6.pdf?pdf=button" TargetMode="External"/><Relationship Id="rId_hyperlink_2458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00109-022-02202-6/MediaObjects/109_2022_2202_MOESM1_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00109-022-02202-6/MediaObjects/109_2022_2202_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3256-5298" TargetMode="External"/><Relationship Id="rId_hyperlink_2461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_2462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_2463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7269-5433" TargetMode="External"/><Relationship Id="rId_hyperlink_2464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_2465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB51618" TargetMode="External"/><Relationship Id="rId_hyperlink_2469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/pdf/10.1073/pnas.2206208119?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sd01.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sd02.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5260-9956" TargetMode="External"/><Relationship Id="rId_hyperlink_2474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_2475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_2476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1899-3149" TargetMode="External"/><Relationship Id="rId_hyperlink_2477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6486-7955" TargetMode="External"/><Relationship Id="rId_hyperlink_2478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_2479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_2480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01023-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM2_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM4_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM6_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM7_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM8_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM9_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4001-0564" TargetMode="External"/><Relationship Id="rId_hyperlink_2494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_2495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6824-8112" TargetMode="External"/><Relationship Id="rId_hyperlink_2496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ap2av50" TargetMode="External"/><Relationship Id="rId_hyperlink_2497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112737382" TargetMode="External"/><Relationship Id="rId_hyperlink_2500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5894603" TargetMode="External"/><Relationship Id="rId_hyperlink_2501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5894770" TargetMode="External"/><Relationship Id="rId_hyperlink_2502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721007875/pdfft?md5=c14943d4b72d9f2de409f2ea6c0d782d&amp;pid=1-s2.0-S2666166721007875-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2299-4320" TargetMode="External"/><Relationship Id="rId_hyperlink_2507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_2509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/collections/5696584/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fcell.2021.747699/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112080644" TargetMode="External"/><Relationship Id="rId_hyperlink_2518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elifesciences.org/download/aHR0cHM6Ly9jZG4uZWxpZmVzY2llbmNlcy5vcmcvYXJ0aWNsZXMvNzUyMzAvZWxpZmUtNzUyMzAtdjIucGRmP2Nhbm9uaWNhbFVyaT1odHRwczovL2VsaWZlc2NpZW5jZXMub3JnL2FydGljbGVzLzc1MjMw/elife-75230-v2.pdf?_hash=73gW824E%2FleIQqBaT5XX%2FNCoHna1F6g52q" TargetMode="External"/><Relationship Id="rId_hyperlink_2519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.elifesciences.org/articles/75230/elife-75230-supp1-v2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.elifesciences.org/articles/75230/elife-75230-transrepform1-v2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video4.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/73" TargetMode="External"/><Relationship Id="rId_hyperlink_2526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE188903" TargetMode="External"/><Relationship Id="rId_hyperlink_2527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE102827" TargetMode="External"/><Relationship Id="rId_hyperlink_2528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE75330" TargetMode="External"/><Relationship Id="rId_hyperlink_2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4913-2253" TargetMode="External"/><Relationship Id="rId_hyperlink_2530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1927-9729" TargetMode="External"/><Relationship Id="rId_hyperlink_2531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0700-4042" TargetMode="External"/><Relationship Id="rId_hyperlink_2532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7133-7378" TargetMode="External"/><Relationship Id="rId_hyperlink_2535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/530" TargetMode="External"/><Relationship Id="rId_hyperlink_2536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/251" TargetMode="External"/><Relationship Id="rId_hyperlink_2539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2036283" TargetMode="External"/><Relationship Id="rId_hyperlink_2540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2307313" TargetMode="External"/><Relationship Id="rId_hyperlink_2541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2564741" TargetMode="External"/><Relationship Id="rId_hyperlink_2542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_443209" TargetMode="External"/><Relationship Id="rId_hyperlink_2543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2333099" TargetMode="External"/><Relationship Id="rId_hyperlink_2544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313550" TargetMode="External"/><Relationship Id="rId_hyperlink_2545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10013482" TargetMode="External"/><Relationship Id="rId_hyperlink_2546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1844967" TargetMode="External"/><Relationship Id="rId_hyperlink_2547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2298772" TargetMode="External"/><Relationship Id="rId_hyperlink_2548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_90650" TargetMode="External"/><Relationship Id="rId_hyperlink_2549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2242783" TargetMode="External"/><Relationship Id="rId_hyperlink_2550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10622025" TargetMode="External"/><Relationship Id="rId_hyperlink_2551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340625" TargetMode="External"/><Relationship Id="rId_hyperlink_2552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313568" TargetMode="External"/><Relationship Id="rId_hyperlink_2553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340817" TargetMode="External"/><Relationship Id="rId_hyperlink_2554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340820" TargetMode="External"/><Relationship Id="rId_hyperlink_2555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340461" TargetMode="External"/><Relationship Id="rId_hyperlink_2556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340477" TargetMode="External"/><Relationship Id="rId_hyperlink_2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340430" TargetMode="External"/><Relationship Id="rId_hyperlink_2558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340413" TargetMode="External"/><Relationship Id="rId_hyperlink_2559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340376" TargetMode="External"/><Relationship Id="rId_hyperlink_2560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340347" TargetMode="External"/><Relationship Id="rId_hyperlink_2561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_030483-UCD" TargetMode="External"/><Relationship Id="rId_hyperlink_2562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10906" TargetMode="External"/><Relationship Id="rId_hyperlink_2565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10907" TargetMode="External"/><Relationship Id="rId_hyperlink_2566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10908" TargetMode="External"/><Relationship Id="rId_hyperlink_2567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/105516" TargetMode="External"/><Relationship Id="rId_hyperlink_2568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-28720-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM3_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM9_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM10_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM7_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM8_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/98" TargetMode="External"/><Relationship Id="rId_hyperlink_2580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4814-7517" TargetMode="External"/><Relationship Id="rId_hyperlink_2582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9895-2469" TargetMode="External"/><Relationship Id="rId_hyperlink_2583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_2584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2313-1439" TargetMode="External"/><Relationship Id="rId_hyperlink_2585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3576-0494" TargetMode="External"/><Relationship Id="rId_hyperlink_2586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_2588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD025180" TargetMode="External"/><Relationship Id="rId_hyperlink_2593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/333" TargetMode="External"/><Relationship Id="rId_hyperlink_2594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_2595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/458" TargetMode="External"/><Relationship Id="rId_hyperlink_2596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02wkzzr31" TargetMode="External"/><Relationship Id="rId_hyperlink_2597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_2598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/294" TargetMode="External"/><Relationship Id="rId_hyperlink_2601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_2602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_2606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_2607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_2608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016560" TargetMode="External"/><Relationship Id="rId_hyperlink_2609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_2610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016664" TargetMode="External"/><Relationship Id="rId_hyperlink_2611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_2612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_2614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112639447" TargetMode="External"/><Relationship Id="rId_hyperlink_2616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fimmu.2021.800128/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/collections/5774093/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE130119" TargetMode="External"/><Relationship Id="rId_hyperlink_2619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE148612" TargetMode="External"/><Relationship Id="rId_hyperlink_2620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fcell.2021.747667/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/files/32408531" TargetMode="External"/><Relationship Id="rId_hyperlink_2624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112080614" TargetMode="External"/><Relationship Id="rId_hyperlink_2630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2211124721010056/pdfft?md5=ea0d5c57f53b6608dba593a86a4530fc&amp;pid=1-s2.0-S2211124721010056-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/122" TargetMode="External"/><Relationship Id="rId_hyperlink_2633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0959438821000398/pdfft?md5=b59488fc17bcf0ff53d5903641fb1035&amp;pid=1-s2.0-S0959438821000398-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/94296" TargetMode="External"/><Relationship Id="rId_hyperlink_2641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-021-00926-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM3_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM4_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM5_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM6_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM7_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM8_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM9_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE180984" TargetMode="External"/><Relationship Id="rId_hyperlink_2652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-2439" TargetMode="External"/><Relationship Id="rId_hyperlink_2653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2815-4426" TargetMode="External"/><Relationship Id="rId_hyperlink_2654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0609-8956" TargetMode="External"/><Relationship Id="rId_hyperlink_2655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5345-9048" TargetMode="External"/><Relationship Id="rId_hyperlink_2656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5435-7182" TargetMode="External"/><Relationship Id="rId_hyperlink_2657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7661-2818" TargetMode="External"/><Relationship Id="rId_hyperlink_2658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2886-7373" TargetMode="External"/><Relationship Id="rId_hyperlink_2659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6379-4317" TargetMode="External"/><Relationship Id="rId_hyperlink_2660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3607-244X" TargetMode="External"/><Relationship Id="rId_hyperlink_2661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7489-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0532-5133" TargetMode="External"/><Relationship Id="rId_hyperlink_2664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9439-6533" TargetMode="External"/><Relationship Id="rId_hyperlink_2665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9870-0966" TargetMode="External"/><Relationship Id="rId_hyperlink_2666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9976-9930" TargetMode="External"/><Relationship Id="rId_hyperlink_2668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7720-8817" TargetMode="External"/><Relationship Id="rId_hyperlink_2669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7185-3615" TargetMode="External"/><Relationship Id="rId_hyperlink_2670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4510-9718" TargetMode="External"/><Relationship Id="rId_hyperlink_2671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q109296743" TargetMode="External"/><Relationship Id="rId_hyperlink_2673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/87765" TargetMode="External"/><Relationship Id="rId_hyperlink_2674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fmed.2021.644715/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/files/28167105" TargetMode="External"/><Relationship Id="rId_hyperlink_2676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4357-9863" TargetMode="External"/><Relationship Id="rId_hyperlink_2677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8528-8060" TargetMode="External"/><Relationship Id="rId_hyperlink_2678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q109728627" TargetMode="External"/><Relationship Id="rId_hyperlink_2682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88599" TargetMode="External"/><Relationship Id="rId_hyperlink_2683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2218-1989/11/6/347/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id= 9606" TargetMode="External"/><Relationship Id="rId_hyperlink_2685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3147-3017" TargetMode="External"/><Relationship Id="rId_hyperlink_2686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/413" TargetMode="External"/><Relationship Id="rId_hyperlink_2689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014271" TargetMode="External"/><Relationship Id="rId_hyperlink_2693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015539" TargetMode="External"/><Relationship Id="rId_hyperlink_2695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/85119" TargetMode="External"/><Relationship Id="rId_hyperlink_2697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/jimd.12389" TargetMode="External"/><Relationship Id="rId_hyperlink_2698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_2699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3147-3017" TargetMode="External"/><Relationship Id="rId_hyperlink_2703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/300100" TargetMode="External"/><Relationship Id="rId_hyperlink_2704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/270" TargetMode="External"/><Relationship Id="rId_hyperlink_2705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014271" TargetMode="External"/><Relationship Id="rId_hyperlink_2709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015539" TargetMode="External"/><Relationship Id="rId_hyperlink_2711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121817" TargetMode="External"/><Relationship Id="rId_hyperlink_2713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc5.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc6.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc7.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE174238" TargetMode="External"/><Relationship Id="rId_hyperlink_2722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173977" TargetMode="External"/><Relationship Id="rId_hyperlink_2723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173978" TargetMode="External"/><Relationship Id="rId_hyperlink_2724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173979" TargetMode="External"/><Relationship Id="rId_hyperlink_2725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/116" TargetMode="External"/><Relationship Id="rId_hyperlink_2727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/67" TargetMode="External"/><Relationship Id="rId_hyperlink_2731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477590" TargetMode="External"/><Relationship Id="rId_hyperlink_2732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_100013482" TargetMode="External"/><Relationship Id="rId_hyperlink_2733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477010" TargetMode="External"/><Relationship Id="rId_hyperlink_2734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2336064" TargetMode="External"/><Relationship Id="rId_hyperlink_2735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2209751" TargetMode="External"/><Relationship Id="rId_hyperlink_2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_94967" TargetMode="External"/><Relationship Id="rId_hyperlink_2737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_91939" TargetMode="External"/><Relationship Id="rId_hyperlink_2738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2187539" TargetMode="External"/><Relationship Id="rId_hyperlink_2739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477019" TargetMode="External"/><Relationship Id="rId_hyperlink_2740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_887824" TargetMode="External"/><Relationship Id="rId_hyperlink_2741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2298772" TargetMode="External"/><Relationship Id="rId_hyperlink_2742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_396479" TargetMode="External"/><Relationship Id="rId_hyperlink_2743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2239761" TargetMode="External"/><Relationship Id="rId_hyperlink_2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10807410" TargetMode="External"/><Relationship Id="rId_hyperlink_2745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2661873" TargetMode="External"/><Relationship Id="rId_hyperlink_2746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1586992" TargetMode="External"/><Relationship Id="rId_hyperlink_2747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141607" TargetMode="External"/><Relationship Id="rId_hyperlink_2748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1500899" TargetMode="External"/><Relationship Id="rId_hyperlink_2749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141658" TargetMode="External"/><Relationship Id="rId_hyperlink_2750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2794413" TargetMode="External"/><Relationship Id="rId_hyperlink_2751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141708" TargetMode="External"/><Relationship Id="rId_hyperlink_2752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338013" TargetMode="External"/><Relationship Id="rId_hyperlink_2753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2307443" TargetMode="External"/><Relationship Id="rId_hyperlink_2754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338251" TargetMode="External"/><Relationship Id="rId_hyperlink_2755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_2759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_2760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_2761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112292020" TargetMode="External"/><Relationship Id="rId_hyperlink_2766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121663" TargetMode="External"/><Relationship Id="rId_hyperlink_2767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.05.09.491019v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4032-7644" TargetMode="External"/><Relationship Id="rId_hyperlink_2770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5962-7359" TargetMode="External"/><Relationship Id="rId_hyperlink_2772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1982-2736" TargetMode="External"/><Relationship Id="rId_hyperlink_2773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_2774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/568" TargetMode="External"/><Relationship Id="rId_hyperlink_2775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/90" TargetMode="External"/><Relationship Id="rId_hyperlink_2776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/105" TargetMode="External"/><Relationship Id="rId_hyperlink_2780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121794" TargetMode="External"/><Relationship Id="rId_hyperlink_2781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_2782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121731" TargetMode="External"/><Relationship Id="rId_hyperlink_2785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/doi/pdfdirect/10.15252/emmm.202114837?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0003-TableEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0004-DatasetEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0005-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/50" TargetMode="External"/><Relationship Id="rId_hyperlink_2792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE205555" TargetMode="External"/><Relationship Id="rId_hyperlink_2793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE205556" TargetMode="External"/><Relationship Id="rId_hyperlink_2794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7415-4905" TargetMode="External"/><Relationship Id="rId_hyperlink_2795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4169-1675" TargetMode="External"/><Relationship Id="rId_hyperlink_2796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3714-4350" TargetMode="External"/><Relationship Id="rId_hyperlink_2798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6895-8819" TargetMode="External"/><Relationship Id="rId_hyperlink_2799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5636-4618" TargetMode="External"/><Relationship Id="rId_hyperlink_2800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9329-8912" TargetMode="External"/><Relationship Id="rId_hyperlink_2801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1731-7410" TargetMode="External"/><Relationship Id="rId_hyperlink_2802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4562-7969" TargetMode="External"/><Relationship Id="rId_hyperlink_2803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1381-4604" TargetMode="External"/><Relationship Id="rId_hyperlink_2804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8546-1161" TargetMode="External"/><Relationship Id="rId_hyperlink_2805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/656" TargetMode="External"/><Relationship Id="rId_hyperlink_2807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/132" TargetMode="External"/><Relationship Id="rId_hyperlink_2811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121819" TargetMode="External"/><Relationship Id="rId_hyperlink_2812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/cms/10.1016/j.jbc.2023.103027/attachment/535cfa11-77a4-455a-9e6a-aedaf697eca2/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/action/showPdf?pii=S0021-9258%2823%2900159-X" TargetMode="External"/><Relationship Id="rId_hyperlink_2814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/66" TargetMode="External"/><Relationship Id="rId_hyperlink_2820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_2821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124852" TargetMode="External"/><Relationship Id="rId_hyperlink_2825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/10/3/e200090.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://links.lww.com/NXI/A808" TargetMode="External"/><Relationship Id="rId_hyperlink_2827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6448-3126" TargetMode="External"/><Relationship Id="rId_hyperlink_2828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8675-0387" TargetMode="External"/><Relationship Id="rId_hyperlink_2829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2570-6785" TargetMode="External"/><Relationship Id="rId_hyperlink_2831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/65" TargetMode="External"/><Relationship Id="rId_hyperlink_2834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_2835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124853" TargetMode="External"/><Relationship Id="rId_hyperlink_2836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/nep3.15?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_2840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124854" TargetMode="External"/><Relationship Id="rId_hyperlink_2843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2023.02.24.529840v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2023/02/27/2023.02.24.529840/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8275-6113" TargetMode="External"/><Relationship Id="rId_hyperlink_2846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0654-387X" TargetMode="External"/><Relationship Id="rId_hyperlink_2847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203" TargetMode="External"/><Relationship Id="rId_hyperlink_2848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_2850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/64" TargetMode="External"/><Relationship Id="rId_hyperlink_2853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3841-4690" TargetMode="External"/><Relationship Id="rId_hyperlink_2855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9988-5299" TargetMode="External"/><Relationship Id="rId_hyperlink_2856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0328-3379" TargetMode="External"/><Relationship Id="rId_hyperlink_2857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7461-6965" TargetMode="External"/><Relationship Id="rId_hyperlink_2858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1781-7020" TargetMode="External"/><Relationship Id="rId_hyperlink_2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6559-7421" TargetMode="External"/><Relationship Id="rId_hyperlink_2860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5323-210X" TargetMode="External"/><Relationship Id="rId_hyperlink_2861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7371-9484" TargetMode="External"/><Relationship Id="rId_hyperlink_2863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_2864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-7269" TargetMode="External"/><Relationship Id="rId_hyperlink_2865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7893-8507" TargetMode="External"/><Relationship Id="rId_hyperlink_2866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1503-1972" TargetMode="External"/><Relationship Id="rId_hyperlink_2876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_2878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-023-01308-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/sashimi" TargetMode="External"/><Relationship Id="rId_hyperlink_2891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/brunoise" TargetMode="External"/><Relationship Id="rId_hyperlink_2892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/stytra" TargetMode="External"/><Relationship Id="rId_hyperlink_2893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_2894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_2895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jc43x05" TargetMode="External"/><Relationship Id="rId_hyperlink_2896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/63" TargetMode="External"/><Relationship Id="rId_hyperlink_2897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008633" TargetMode="External"/><Relationship Id="rId_hyperlink_2899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_2900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_2901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016434" TargetMode="External"/><Relationship Id="rId_hyperlink_2903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6847130" TargetMode="External"/><Relationship Id="rId_hyperlink_2904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7715409" TargetMode="External"/><Relationship Id="rId_hyperlink_2905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/127562" TargetMode="External"/><Relationship Id="rId_hyperlink_2906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubchem.ncbi.nlm.nih.gov/compound/9804302" TargetMode="External"/><Relationship Id="rId_hyperlink_2907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_2908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9713-0279" TargetMode="External"/><Relationship Id="rId_hyperlink_2909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_2910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-023-06120-6.pdf?pdf=button%20sticky" TargetMode="External"/><Relationship Id="rId_hyperlink_2912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/TSun-tech/AD_MyelinMutant.git" TargetMode="External"/><Relationship Id="rId_hyperlink_2913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/31" TargetMode="External"/><Relationship Id="rId_hyperlink_2919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178304" TargetMode="External"/><Relationship Id="rId_hyperlink_2920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178296" TargetMode="External"/><Relationship Id="rId_hyperlink_2921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE208683" TargetMode="External"/><Relationship Id="rId_hyperlink_2922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178295" TargetMode="External"/><Relationship Id="rId_hyperlink_2923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_2924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_2925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_2926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_2927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_2930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5082-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_2932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0134-0974" TargetMode="External"/><Relationship Id="rId_hyperlink_2933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4115-0334" TargetMode="External"/><Relationship Id="rId_hyperlink_2934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0610-210X" TargetMode="External"/><Relationship Id="rId_hyperlink_2935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1970-6903" TargetMode="External"/><Relationship Id="rId_hyperlink_2937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5597-6287" TargetMode="External"/><Relationship Id="rId_hyperlink_2938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4869-1627" TargetMode="External"/><Relationship Id="rId_hyperlink_2939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2896-3450" TargetMode="External"/><Relationship Id="rId_hyperlink_2940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/61" TargetMode="External"/><Relationship Id="rId_hyperlink_2947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_2949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_2951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_2953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_2954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005223" TargetMode="External"/><Relationship Id="rId_hyperlink_2955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015899" TargetMode="External"/><Relationship Id="rId_hyperlink_2957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012919" TargetMode="External"/><Relationship Id="rId_hyperlink_2958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_2959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018217" TargetMode="External"/><Relationship Id="rId_hyperlink_2960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016340" TargetMode="External"/><Relationship Id="rId_hyperlink_2961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/129117" TargetMode="External"/><Relationship Id="rId_hyperlink_2962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-023-01366-9.pdf?pdf=button%20sticky" TargetMode="External"/><Relationship Id="rId_hyperlink_2963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/nikofleischer/myelin-axonal-damage" TargetMode="External"/><Relationship Id="rId_hyperlink_2964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM8_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/39" TargetMode="External"/><Relationship Id="rId_hyperlink_2973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE222063" TargetMode="External"/><Relationship Id="rId_hyperlink_2974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE113973" TargetMode="External"/><Relationship Id="rId_hyperlink_2975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE193238" TargetMode="External"/><Relationship Id="rId_hyperlink_2976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_2977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_2978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4149-0483" TargetMode="External"/><Relationship Id="rId_hyperlink_2979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4959-1182" TargetMode="External"/><Relationship Id="rId_hyperlink_2980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9988-4667" TargetMode="External"/><Relationship Id="rId_hyperlink_2982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_2983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_2984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5418-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_2985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_2986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2628-4334" TargetMode="External"/><Relationship Id="rId_hyperlink_2987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_2988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5323-7958" TargetMode="External"/><Relationship Id="rId_hyperlink_2990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5919-1652" TargetMode="External"/><Relationship Id="rId_hyperlink_2992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/715" TargetMode="External"/><Relationship Id="rId_hyperlink_2993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/191" TargetMode="External"/><Relationship Id="rId_hyperlink_2997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S0896-6273%2823%2900433-6" TargetMode="External"/><Relationship Id="rId_hyperlink_2998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0654-387X" TargetMode="External"/><Relationship Id="rId_hyperlink_3000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_3001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_3002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_3003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_3004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-023-39447-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE202638" TargetMode="External"/><Relationship Id="rId_hyperlink_3006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/braincomms/advance-article-pdf/doi/10.1093/braincomms/fcad206/50958255/fcad206.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_3008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5705-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_3009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9545-2709" TargetMode="External"/><Relationship Id="rId_hyperlink_3010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2228-6487" TargetMode="External"/><Relationship Id="rId_hyperlink_3011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_3012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X" TargetMode="External"/><Relationship Id="rId_hyperlink_3013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/nan.12935?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_3014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0001-Suppl+Figure+1+FGF2+profile.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0002-Suppl+Figure+2+proliferation+FGF9.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0003-Supl+Figure+3.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0004-Suppl+Figure+4.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0005-Suppl+Figure+5.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0006-Suppl+Figure+6.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0007-S1+gene+list.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0008-S2+ANOVA.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/BarnettLab/MyelinJ" TargetMode="External"/><Relationship Id="rId_hyperlink_3023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/muecs/cp" TargetMode="External"/><Relationship Id="rId_hyperlink_3024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Searchlight2/Searchlight2" TargetMode="External"/><Relationship Id="rId_hyperlink_3025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/78" TargetMode="External"/><Relationship Id="rId_hyperlink_3026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE52753" TargetMode="External"/><Relationship Id="rId_hyperlink_3027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1681-2359" TargetMode="External"/><Relationship Id="rId_hyperlink_3028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_3029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_3030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5130-2012" TargetMode="External"/><Relationship Id="rId_hyperlink_3031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7068-3762" TargetMode="External"/><Relationship Id="rId_hyperlink_3032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_3033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/222" TargetMode="External"/><Relationship Id="rId_hyperlink_3034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/759" TargetMode="External"/><Relationship Id="rId_hyperlink_3035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00vtgdb53" TargetMode="External"/><Relationship Id="rId_hyperlink_3036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_3037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_3038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02na8dn90" TargetMode="External"/><Relationship Id="rId_hyperlink_3041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02wkzzr31" TargetMode="External"/><Relationship Id="rId_hyperlink_3042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/258" TargetMode="External"/><Relationship Id="rId_hyperlink_3043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neurology.org/doi/suppl/10.1212/WNL.0000000000207966/suppl_file/supplementary_data.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3092-8737" TargetMode="External"/><Relationship Id="rId_hyperlink_3045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9747-0211" TargetMode="External"/><Relationship Id="rId_hyperlink_3046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4910-1414" TargetMode="External"/><Relationship Id="rId_hyperlink_3047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7703-0553" TargetMode="External"/><Relationship Id="rId_hyperlink_3048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6031-6865" TargetMode="External"/><Relationship Id="rId_hyperlink_3049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1150-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_3050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_3051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8557-9223" TargetMode="External"/><Relationship Id="rId_hyperlink_3052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5091-0585" TargetMode="External"/><Relationship Id="rId_hyperlink_3053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3725-615X" TargetMode="External"/><Relationship Id="rId_hyperlink_3054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_3055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6963-8892" TargetMode="External"/><Relationship Id="rId_hyperlink_3056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4175-5509" TargetMode="External"/><Relationship Id="rId_hyperlink_3057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_3058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4917-8761" TargetMode="External"/><Relationship Id="rId_hyperlink_3059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04k51q396" TargetMode="External"/><Relationship Id="rId_hyperlink_3062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02s6k3f65" TargetMode="External"/><Relationship Id="rId_hyperlink_3063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9sj412" TargetMode="External"/><Relationship Id="rId_hyperlink_3064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s5ya894" TargetMode="External"/><Relationship Id="rId_hyperlink_3065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/799" TargetMode="External"/><Relationship Id="rId_hyperlink_3066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/324" TargetMode="External"/><Relationship Id="rId_hyperlink_3067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_3068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q129704371" TargetMode="External"/><Relationship Id="rId_hyperlink_3069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q130004012" TargetMode="External"/><Relationship Id="rId_hyperlink_3070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q128773673" TargetMode="External"/><Relationship Id="rId_hyperlink_3071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2024.02.14.579514v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2024/02/15/2024.02.14.579514/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_3073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_3074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_3075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9534" TargetMode="External"/><Relationship Id="rId_hyperlink_3076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9895-8577" TargetMode="External"/><Relationship Id="rId_hyperlink_3077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_3078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_3079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_3080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_3081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_3083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/832" TargetMode="External"/><Relationship Id="rId_hyperlink_3085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/403" TargetMode="External"/><Relationship Id="rId_hyperlink_3086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0224" TargetMode="External"/><Relationship Id="rId_hyperlink_3087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0042" TargetMode="External"/><Relationship Id="rId_hyperlink_3088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016274" TargetMode="External"/><Relationship Id="rId_hyperlink_3089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_3090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_3091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008395" TargetMode="External"/><Relationship Id="rId_hyperlink_3092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014565" TargetMode="External"/><Relationship Id="rId_hyperlink_3093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014892" TargetMode="External"/><Relationship Id="rId_hyperlink_3094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_3095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P35232" TargetMode="External"/><Relationship Id="rId_hyperlink_3096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/Q99623" TargetMode="External"/><Relationship Id="rId_hyperlink_3097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P50093" TargetMode="External"/><Relationship Id="rId_hyperlink_3098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/907" TargetMode="External"/><Relationship Id="rId_hyperlink_3099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/950" TargetMode="External"/><Relationship Id="rId_hyperlink_3100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/992" TargetMode="External"/><Relationship Id="rId_hyperlink_3101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_3102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_3103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_3104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/313" TargetMode="External"/><Relationship Id="rId_hyperlink_3105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_3106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_3107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_3108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/230" TargetMode="External"/><Relationship Id="rId_hyperlink_3109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/229" TargetMode="External"/><Relationship Id="rId_hyperlink_3110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_3111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_3112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1255" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/10" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/11" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/12" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/13" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/14" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/15" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/16" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/17" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/18" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/20" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/21" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/22" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/23" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/24" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/25" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/26" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/29" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/30" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/32" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/33" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/34" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/35" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/36" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/37" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/39" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/41" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/44" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/47" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/48" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/52" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/53" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/54" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/55" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/56" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/57" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/58" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/59" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/60" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/61" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/62" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/63" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/64" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/66" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/68" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/69" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/70" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/71" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/72" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/75" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/76" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/77" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/78" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/79" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/80" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/81" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/82" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/83" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/84" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/85" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/86" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/87" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/88" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/89" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/90" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/91" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/92" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/93" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/94" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/95" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/96" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/97" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/98" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/99" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/100" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/101" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/102" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/103" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/104" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/105" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/106" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/107" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/108" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/109" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/110" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/111" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/112" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/113" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/114" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/115" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/116" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/117" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/118" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/119" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/120" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/121" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/122" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/123" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/124" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/125" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/126" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/127" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/128" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/129" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/130" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/131" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/132" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/133" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/134" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/135" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/136" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/137" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/138" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/139" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/140" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/141" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/142" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/143" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/144" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/145" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/146" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/148" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/149" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/150" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/151" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/152" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/153" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/154" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/155" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/156" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/157" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/158" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/159" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/160" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/161" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/162" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/163" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/164" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/165" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/166" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/167" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/168" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/169" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/170" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/171" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/172" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/173" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/174" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/175" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/176" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/177" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/178" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/179" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/180" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/181" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/182" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/183" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/184" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/185" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/186" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/187" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/188" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/189" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/190" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/191" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/192" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/193" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/194" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/195" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/196" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/197" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/198" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/199" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/200" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/201" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/202" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/203" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/204" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/205" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/206" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/207" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/208" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/209" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/210" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/211" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/212" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/213" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/214" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/215" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/216" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/217" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/218" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/219" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/220" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/221" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/222" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/223" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/224" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/225" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/226" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/227" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/228" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/229" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/230" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/231" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/232" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/233" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/234" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/235" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/236" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/237" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/238" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/239" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/240" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/241" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/242" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/243" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/244" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/245" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/246" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/247" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/248" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/249" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/250" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/251" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/252" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/253" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/254" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/255" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/256" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/257" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/258" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/259" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83910" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0001-FigS1-S2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0002-TableS1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0003-TableS2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0004-TableS3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7509-5268" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8074-7221" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/13" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017102" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101410793" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/73706" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000084" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89848400" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107685" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/9/2/350/s1" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144543" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3604-3697" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/10" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89578513" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/24349" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113000" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:2663093" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:4436336" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:4848039" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:3051635" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221569" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528448" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2617417" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314866" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528403" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_627809" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_307019" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_439694" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221570" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10618434" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10564857" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2802122" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10741915" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_399062" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_373239" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ AB_1078893" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2779357" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2275892" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2238179" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2616694" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134495" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ AB_11205760" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10711153" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2057371" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2074849" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10698211" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10682557" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_889484" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1523609" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534069" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535844" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535804" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340693" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535849" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535812" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535866" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338504" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338133" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313567" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_IZ82" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0019" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_3605" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_7415" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51635" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51960" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5137" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:016226" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96342700" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113001" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM1_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM10_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7186-4653" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6222-171X" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/11" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016884" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96610632" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113002" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-020-67866-x/MediaObjects/41598_2020_67866_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-020-67866-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/12" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017001" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96950633" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113004" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4683-9827" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/16" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100385821" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/1786" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83594" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/science.abd2985/suppl_file/abd2985_cantuti-castelvetri_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/science.abd2985/suppl_file/abd2985_mdar_reproducibility_checklist.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://figshare.com/articles/HCL_DGE_Data/7235471" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/vandijklab/HBEC_SARS-CoV-2_scRNA-seq" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1126/science.abd2985" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE139522" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE145926" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_045512.2" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7876-4607" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3556-647X" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2347-5397" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5926-8608" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4555-6446" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1528-044X" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4797-5481" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2229-6661" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4533-0455" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6400-1107" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7060-5871" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9458-6385" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5699-214X" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2270-6824" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3585-559X" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/9" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0025" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_011848" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002105" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014479" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100750024" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82152" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00758-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00758-5/MediaObjects/41593_2020_758_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00758-5/MediaObjects/41593_2020_758_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/01_MedullaOblongata/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/02_Lung1/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/03_Lung2/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9860-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7386-1181" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0494-1022" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5945-9957" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0034-4036" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4357-9863" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8773-6090" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0055-958X" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3605-0136" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9816-8917" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7923-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/97" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/18" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002636" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q103806429" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82162" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM4_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM5_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM6_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM7_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM8_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM9_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM10_ESM.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00757-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE118257" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE124335" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-4025" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1037-1027" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0761-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7379-6749" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9215-8021" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4878-8920" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/17" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003032" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014489" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112337515" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/50942" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/100040" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83177" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM4_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM5_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM18_ESM.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00780-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA544731 " TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE161654" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7266-4098" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0335-2733" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0247-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/15" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/50454" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02782858" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01772199" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03222973" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02493049" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01721161" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02040298" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02521311" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04042363" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03862313" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03536559" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04002934" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrialsregister.eu/ctr-search/search?query=2014-003145-99" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113005" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jcb/article-pdf/220/4/e201911114/1411288/jcb_201911114.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2299-4320" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6494-9432" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5378-8661" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2477-2892" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4900-366X" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6824-8112" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3104-6656" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0262-9545" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zgy1s35" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113031" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2021.02.02.429485v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1781-7020" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1077024" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10641162" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2299035" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134495" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_143165" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2736871" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2762844" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340693" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-080321-3" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170418-5" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120103-2" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120117-1" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113006" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2589004220304776-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/14" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q97074446" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113007" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6524-9673" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3864-5480" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8946-5650" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6257-0952" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7361-8317" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/brain/awab235" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113008" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article/doi/10.1093/brain/awab093/6164962#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/144/6/1697/39427354/awab093.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?2/113009" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc3.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD018659" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_11129865" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2156433" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2736985" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2687580" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10950489" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2798103" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134478" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1977033" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1500743" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_772209" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_772206" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014593" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113010" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/6/3164/s1" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/6/3164/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/AgnesSteixner/Butt_et_al_Camk2a" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4222-0947" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017270" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q108352784" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/98835" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article/doi/10.1093/brain/awab127/6184141#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001847" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016547" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/73562" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84840" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0167488921000422/pdfft?md5=c2c1738e928b79e6ca70a2e310a47bb7&amp;pid=1-s2.0-S0167488921000422-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000034" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82526" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jci.org/articles/view/141694/sd/pdf/render/1" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jci.org/articles/view/141694/version/1/pdf/render.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1036-1075" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4333-3775" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1714-2294" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3346-1394" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/80949" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5803-6098" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q99555067" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/74902" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/217/5/e20191390/860143/jem_20191390.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables1.xlsx?Expires=1626421378&amp;Signature=SOe7LtIrZaQr3uDvRIaNSTSWwVoq5nQB7B1HlpsnehBWDjyC7Xp~j7a~ZhmiGVcALpOH8Fseuom5k9e15RBUqdHtMb077buCVTa~m~Cw0mlGhMTqE-cV" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables2.docx?Expires=1626421378&amp;Signature=ZPE2Jwdx6tNggQVbt26J~A1BI1ph0s-kpb9JB840hgly5P1MBmUaHmwY8Zoo5hafUW3Y8Wcicd22nHq-QoGfnSknQnbu5WuBgPRGS4zFV3q32q7kEgwE" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables3.docx?Expires=1626421378&amp;Signature=aWzU7HIEhNtav9cDxz5pF9nN0sdVWB0uyZ0~ZaD~38l-4HDhoilbPGkiN1DYCzaj1HwDmnSXuPB~rqj4-SyrH-sm9fraTCjGC9Yh64ocOPDG7qK4UJ4L" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5803-6098" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3414-307X" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD014625" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89802485" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113011" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lenkavaculciakova/lesion_volume" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5082-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1119-2293" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5601-2831" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7941-8308" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7557-9307" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3687-452X" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4869-1627" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149800" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84919" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166304" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/80525" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/articles/13488672/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM1_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM2_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM3_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM4_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM5_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM6_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM7_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actaneurocomms.biomedcentral.com/track/pdf/10.1186/s40478-020-01105-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/126" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125379292" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02782858" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01772199" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01864148" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03222973" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02493049" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01721161" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02040298" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02521311" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04042363" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03862313" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04002934" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrialsregister.eu/ctr-search/search?query=2014-003145-99" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84217" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q97678560" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/81225" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/143/7/2073/33502654/awaa158.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article/143/7/2073/5861738#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3086-4278" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8063-9765" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/283" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010973" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96642978" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/86950" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/143/5/1383/33648614/awaa080.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article/143/5/1383/5838504#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q94957349" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82678" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM2_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/AgnesSteixner/Butt_et_al_ODD_hypoxia" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-020-00988-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4630-9081" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4366-5662" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/104" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zgy1s35" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113012" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00018-020-03682-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00018-020-03682-w/MediaObjects/18_2020_3682_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021262" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002526" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101133593" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113013" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2589004220304776/pdfft?md5=d9b4ddcb6cbc104ec73354954cf8227e&amp;pid=1-s2.0-S2589004220304776-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q104617057" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/14892" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/67770" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/54209" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88319" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/pdf/10.1021/acsnano.0c08207" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/suppl/10.1021/acsnano.0c08207/suppl_file/nn0c08207_si_001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9638-5077" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3LS3" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3LSA" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3ZUJ" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3ZUL" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03e76ya46" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014325" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113014" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/218/8/e20202411/1416415/jem_20202411.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3576-2702" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8358-7414" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5733-9820" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6222-171X" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7456-949X" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9736-2283" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5732-7942" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6161-1265" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8111-4429" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6919-4905" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7186-4653" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002677" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018257" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114637307" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113015" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721002975/pdfft?md5=e41f706dc46046fe2ce48a956105d1df&amp;pid=1-s2.0-S2666166721002975-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112757929" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88362" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fglia.24042&amp;file=glia24042-sup-0001-TableS1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/glia.24042" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0327-1389" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9195-2434" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/269" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016074" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113033" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/89050" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-021-01238-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1368-159X" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/89846" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/5075213" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144444" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1651-2292" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113016" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4644-8252" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2853-4533" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6233-0705" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125344453" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113017" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0960982221011854/pdfft?md5=4780aabc13ca5f65618ed9a1bdb5dc15&amp;pid=1-s2.0-S0960982221011854-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982221011854-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0942-4622" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_260581" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_300798" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_2110656" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_141658" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_142924" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_2535773" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-090116-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-061204-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-071129-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-131118-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170831-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170831-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-070531-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-020918-8" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-101006-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-060623-4" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-070314-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-100322-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120320-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-110503-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-130702-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-MRPHLNO-070126-7" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-MRPHLNO-070531-6" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113034" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-021-01009-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8846-1113" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9370-2671" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4304-8234" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2857-7755" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1541-7867" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/112749" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0493-7370" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8390-8852" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0747-6306" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0178-6378" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6249-6035" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0548-0053" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1157-8938" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4210-388X" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113018" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lenkavaculciakova/lesion_volume" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/edae6ed1-a523-4647-b4c4-bc61ddca11a5/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/c801d2c1-8441-434a-bc4c-05610681bbba/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/d1dea047-661b-46e0-b753-803c7163d676/mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD024891" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:002778" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:004155" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:020097" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2057371" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_570666" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_143165" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141822" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2536183" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019186" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149512" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/103939" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/joa.13577?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0001-FileS1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0002-FigS2.eps" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0003-VideoS1B.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0004-VideoS1C.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0005-VideoS2I.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0006-VideoS2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0007-VideoS2.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0008-VideoS3A.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0009-VideoS3B.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0010-VideoS5D.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0011-VideoS5F.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0012-VideoS5G.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9986" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5364-1088" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112746646" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113019" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/94539" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-021-26880-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/assembly/GCF_000001635.26" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE180138" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NM_001083938.3" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NM_026611.2" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3773-4625" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0134-0974" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8331-9874" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0556-1950" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5661-5272" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2792-7423" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4115-0334" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8546-1161" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/141" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/361" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/347" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014305" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014246" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001964" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018139" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019213" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014227" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305869" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2232308" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2732852" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10917271" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2532109" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2800343" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2631039" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2864935" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112303892" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03235752" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113035" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reader.elsevier.com/reader/sd/pii/S1043466621002404?token=B5EA031876021BE607C8ECD55FDAF5BFFDA7709746950856FA8FA1CC402824F4DA302E450B5EAC86B0C73B53F12F9263&amp;originRegion=eu-west-1&amp;originCreation=20211115135505" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83840" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00401-020-02236-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02236-5/MediaObjects/401_2020_2236_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02236-5/MediaObjects/401_2020_2236_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5389-3338" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/161" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100737727" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97692" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721014790-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721014790-mmc2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/366" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2127193" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_470907" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305426" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10717737" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221544" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2337919" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340288" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340631" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534091" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534095" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5590223" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113020" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97758" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/content/pnas/118/48/e2113835118.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2113835118/suppl_file/pnas.2113835118.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6418-4310" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6146-8833" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0365-5817" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4636-0813" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/369" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/342" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014431" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015246" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q130027060" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5658994" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113021" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721006894/pdfft?isDTMRedir=true&amp;download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97725" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-021-01392-8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/110060" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97935" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC1/embed/inline-supplementary-material-1.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC2/embed/inline-supplementary-material-2.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC3/embed/inline-supplementary-material-3.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC4/embed/inline-supplementary-material-4.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/120" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2396-3921" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9992-2501" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6618-7774" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5988-9129" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8366-7622" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1052-8485" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/379" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/340" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014305" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018738" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014593" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019690" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000192" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014632" TargetMode="External"/><Relationship Id="rId_hyperlink_1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113022" TargetMode="External"/><Relationship Id="rId_hyperlink_1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166722000211/pdfft?md5=c0cbaa559ec2b660bd3db30223d6ea5f&amp;pid=1-s2.0-S2666166722000211-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166722000211-mmc1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166722000211-mmc2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149619" TargetMode="External"/><Relationship Id="rId_hyperlink_1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/105512" TargetMode="External"/><Relationship Id="rId_hyperlink_1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM1_ESM.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-022-04427-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/projects/4" TargetMode="External"/><Relationship Id="rId_hyperlink_1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA789820" TargetMode="External"/><Relationship Id="rId_hyperlink_1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE191287" TargetMode="External"/><Relationship Id="rId_hyperlink_1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE192411" TargetMode="External"/><Relationship Id="rId_hyperlink_1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8646-7925" TargetMode="External"/><Relationship Id="rId_hyperlink_1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/48" TargetMode="External"/><Relationship Id="rId_hyperlink_1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001802" TargetMode="External"/><Relationship Id="rId_hyperlink_1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004870" TargetMode="External"/><Relationship Id="rId_hyperlink_1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012919" TargetMode="External"/><Relationship Id="rId_hyperlink_1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q115778669" TargetMode="External"/><Relationship Id="rId_hyperlink_1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl? gro-2/106013" TargetMode="External"/><Relationship Id="rId_hyperlink_1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article-pdf/doi/10.1093/brain/awac079/42600754/awac079.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/454" TargetMode="External"/><Relationship Id="rId_hyperlink_1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/298" TargetMode="External"/><Relationship Id="rId_hyperlink_1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010655" TargetMode="External"/><Relationship Id="rId_hyperlink_1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113032" TargetMode="External"/><Relationship Id="rId_hyperlink_1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2022/02/25/2022.02.24.481621/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.02.24.481621v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5290-0738" TargetMode="External"/><Relationship Id="rId_hyperlink_1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7265-3639" TargetMode="External"/><Relationship Id="rId_hyperlink_1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6327-0089" TargetMode="External"/><Relationship Id="rId_hyperlink_1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113023" TargetMode="External"/><Relationship Id="rId_hyperlink_1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/11/3/520/pdf?version=1644461873" TargetMode="External"/><Relationship Id="rId_hyperlink_1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/11/3/520/s1?version=1644417537" TargetMode="External"/><Relationship Id="rId_hyperlink_1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE98217" TargetMode="External"/><Relationship Id="rId_hyperlink_1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8352-1498" TargetMode="External"/><Relationship Id="rId_hyperlink_1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2874-0441" TargetMode="External"/><Relationship Id="rId_hyperlink_1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4422-7410" TargetMode="External"/><Relationship Id="rId_hyperlink_1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9027-3704" TargetMode="External"/><Relationship Id="rId_hyperlink_1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016582" TargetMode="External"/><Relationship Id="rId_hyperlink_1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113024" TargetMode="External"/><Relationship Id="rId_hyperlink_1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/9/3/e1159.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9650-6222" TargetMode="External"/><Relationship Id="rId_hyperlink_1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113025" TargetMode="External"/><Relationship Id="rId_hyperlink_1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0002-MovieS1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0001-SuppMat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0003-MovieS2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0004-MovieS3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/smll.202200302?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1041-5747" TargetMode="External"/><Relationship Id="rId_hyperlink_1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107347" TargetMode="External"/><Relationship Id="rId_hyperlink_1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/82" TargetMode="External"/><Relationship Id="rId_hyperlink_1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_data_file_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_table_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.ab6058_movies_s1_and_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE189580" TargetMode="External"/><Relationship Id="rId_hyperlink_1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1061-6071" TargetMode="External"/><Relationship Id="rId_hyperlink_1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6238-0588" TargetMode="External"/><Relationship Id="rId_hyperlink_1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0335-2733" TargetMode="External"/><Relationship Id="rId_hyperlink_1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6788-0215" TargetMode="External"/><Relationship Id="rId_hyperlink_1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6763-9069" TargetMode="External"/><Relationship Id="rId_hyperlink_1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0749-5857" TargetMode="External"/><Relationship Id="rId_hyperlink_1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/474" TargetMode="External"/><Relationship Id="rId_hyperlink_1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/270" TargetMode="External"/><Relationship Id="rId_hyperlink_1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006646" TargetMode="External"/><Relationship Id="rId_hyperlink_1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107227" TargetMode="External"/><Relationship Id="rId_hyperlink_1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-022-01551-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1368-159X" TargetMode="External"/><Relationship Id="rId_hyperlink_1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q113856182" TargetMode="External"/><Relationship Id="rId_hyperlink_1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?2/113026" TargetMode="External"/><Relationship Id="rId_hyperlink_1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0001-SuppMat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0002-TableS1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0003-TableS2a.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0004-TableS2b.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0005-TableS3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/advs.202104979?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8651-9318" TargetMode="External"/><Relationship Id="rId_hyperlink_1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112638913" TargetMode="External"/><Relationship Id="rId_hyperlink_1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1172/jci.insight.154824DS1" TargetMode="External"/><Relationship Id="rId_hyperlink_1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113027" TargetMode="External"/><Relationship Id="rId_hyperlink_1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insight.jci.org/articles/view/154824/sd/pdf/render/1" TargetMode="External"/><Relationship Id="rId_hyperlink_1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insight.jci.org/articles/view/154824/version/1/pdf/render.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA544731" TargetMode="External"/><Relationship Id="rId_hyperlink_1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE130119" TargetMode="External"/><Relationship Id="rId_hyperlink_1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE118257" TargetMode="External"/><Relationship Id="rId_hyperlink_1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE97942" TargetMode="External"/><Relationship Id="rId_hyperlink_1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5705-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7630-7880" TargetMode="External"/><Relationship Id="rId_hyperlink_1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0630-9204" TargetMode="External"/><Relationship Id="rId_hyperlink_1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8156-0736" TargetMode="External"/><Relationship Id="rId_hyperlink_1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jc43x05" TargetMode="External"/><Relationship Id="rId_hyperlink_1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018132" TargetMode="External"/><Relationship Id="rId_hyperlink_1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/100838" TargetMode="External"/><Relationship Id="rId_hyperlink_1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/59462" TargetMode="External"/><Relationship Id="rId_hyperlink_1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/37825" TargetMode="External"/><Relationship Id="rId_hyperlink_1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113028" TargetMode="External"/><Relationship Id="rId_hyperlink_1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-29992-0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-3656" TargetMode="External"/><Relationship Id="rId_hyperlink_1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4437-9799" TargetMode="External"/><Relationship Id="rId_hyperlink_1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0247-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5633-8981" TargetMode="External"/><Relationship Id="rId_hyperlink_1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798s" TargetMode="External"/><Relationship Id="rId_hyperlink_1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002526" TargetMode="External"/><Relationship Id="rId_hyperlink_1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6364730" TargetMode="External"/><Relationship Id="rId_hyperlink_1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113036" TargetMode="External"/><Relationship Id="rId_hyperlink_1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-022-01201-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/arrayexpress/experiments/E-MTAB-11752" TargetMode="External"/><Relationship Id="rId_hyperlink_1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB52646" TargetMode="External"/><Relationship Id="rId_hyperlink_1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.17013788" TargetMode="External"/><Relationship Id="rId_hyperlink_1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113029" TargetMode="External"/><Relationship Id="rId_hyperlink_1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-31054-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/assembly/GCF_000001635.20" TargetMode="External"/><Relationship Id="rId_hyperlink_1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE189780" TargetMode="External"/><Relationship Id="rId_hyperlink_1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6263-467X" TargetMode="External"/><Relationship Id="rId_hyperlink_1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2497-0699" TargetMode="External"/><Relationship Id="rId_hyperlink_1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0364-662X" TargetMode="External"/><Relationship Id="rId_hyperlink_1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2208-4877" TargetMode="External"/><Relationship Id="rId_hyperlink_1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2486-1473" TargetMode="External"/><Relationship Id="rId_hyperlink_1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7464-7921" TargetMode="External"/><Relationship Id="rId_hyperlink_1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4947-0412" TargetMode="External"/><Relationship Id="rId_hyperlink_1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5801-0151" TargetMode="External"/><Relationship Id="rId_hyperlink_1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4056-0550" TargetMode="External"/><Relationship Id="rId_hyperlink_1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9556-7207" TargetMode="External"/><Relationship Id="rId_hyperlink_1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_VV34" TargetMode="External"/><Relationship Id="rId_hyperlink_1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017270" TargetMode="External"/><Relationship Id="rId_hyperlink_1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018419" TargetMode="External"/><Relationship Id="rId_hyperlink_1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016863" TargetMode="External"/><Relationship Id="rId_hyperlink_1821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_1823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113030" TargetMode="External"/><Relationship Id="rId_hyperlink_1824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01108-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM4_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM6_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM7_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM8_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM9_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM10_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM11_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM12_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM13_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM14_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM22_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM23_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM24_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM25_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM26_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM27_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM28_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM29_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM30_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/76" TargetMode="External"/><Relationship Id="rId_hyperlink_1856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE203046" TargetMode="External"/><Relationship Id="rId_hyperlink_1857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7331-0902" TargetMode="External"/><Relationship Id="rId_hyperlink_1859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_1861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/510" TargetMode="External"/><Relationship Id="rId_hyperlink_1862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016393" TargetMode="External"/><Relationship Id="rId_hyperlink_1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002677" TargetMode="External"/><Relationship Id="rId_hyperlink_1866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014489" TargetMode="External"/><Relationship Id="rId_hyperlink_1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_1879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018257" TargetMode="External"/><Relationship Id="rId_hyperlink_1880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016167" TargetMode="External"/><Relationship Id="rId_hyperlink_1882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113251" TargetMode="External"/><Relationship Id="rId_hyperlink_1885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s13311-022-01269-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5125-4594" TargetMode="External"/><Relationship Id="rId_hyperlink_1894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/71248" TargetMode="External"/><Relationship Id="rId_hyperlink_1899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/54614" TargetMode="External"/><Relationship Id="rId_hyperlink_1900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB48619" TargetMode="External"/><Relationship Id="rId_hyperlink_1901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113253" TargetMode="External"/><Relationship Id="rId_hyperlink_1902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/219/8/e20212443/1435623/jem_20212443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE21669" TargetMode="External"/><Relationship Id="rId_hyperlink_1904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE56021" TargetMode="External"/><Relationship Id="rId_hyperlink_1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_1907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4424-2744" TargetMode="External"/><Relationship Id="rId_hyperlink_1908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6245-169X" TargetMode="External"/><Relationship Id="rId_hyperlink_1909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6870-1378" TargetMode="External"/><Relationship Id="rId_hyperlink_1910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_1911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5906-0978" TargetMode="External"/><Relationship Id="rId_hyperlink_1912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2792-5874" TargetMode="External"/><Relationship Id="rId_hyperlink_1913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0655-1105" TargetMode="External"/><Relationship Id="rId_hyperlink_1914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1899-3149" TargetMode="External"/><Relationship Id="rId_hyperlink_1915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0174-5042" TargetMode="External"/><Relationship Id="rId_hyperlink_1916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2292-5982" TargetMode="External"/><Relationship Id="rId_hyperlink_1917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7989-681X" TargetMode="External"/><Relationship Id="rId_hyperlink_1918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6849-9659" TargetMode="External"/><Relationship Id="rId_hyperlink_1919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014966" TargetMode="External"/><Relationship Id="rId_hyperlink_1925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113254" TargetMode="External"/><Relationship Id="rId_hyperlink_1930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666354622000849/pdfft?md5=9324a4bdc1d779024cabad61cb14e0da&amp;pid=1-s2.0-S2666354622000849-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123140043" TargetMode="External"/><Relationship Id="rId_hyperlink_1936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114334" TargetMode="External"/><Relationship Id="rId_hyperlink_1937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41592-022-01577-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM4_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7132-9813" TargetMode="External"/><Relationship Id="rId_hyperlink_1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6356-9742" TargetMode="External"/><Relationship Id="rId_hyperlink_1944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7741-125X" TargetMode="External"/><Relationship Id="rId_hyperlink_1945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_1946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5959-6409" TargetMode="External"/><Relationship Id="rId_hyperlink_1947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2917-0778" TargetMode="External"/><Relationship Id="rId_hyperlink_1948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9638-5077" TargetMode="External"/><Relationship Id="rId_hyperlink_1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/literature/publications/183" TargetMode="External"/><Relationship Id="rId_hyperlink_1951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/547" TargetMode="External"/><Relationship Id="rId_hyperlink_1952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_1953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/64" TargetMode="External"/><Relationship Id="rId_hyperlink_1957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_1961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0042" TargetMode="External"/><Relationship Id="rId_hyperlink_1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6563100" TargetMode="External"/><Relationship Id="rId_hyperlink_1965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6562764" TargetMode="External"/><Relationship Id="rId_hyperlink_1966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114437" TargetMode="External"/><Relationship Id="rId_hyperlink_1967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.abo7639?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_tables_s1_to_s11.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_movie_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1126/sciadv.abo7639" TargetMode="External"/><Relationship Id="rId_hyperlink_1972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE206577" TargetMode="External"/><Relationship Id="rId_hyperlink_1973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4347-7648" TargetMode="External"/><Relationship Id="rId_hyperlink_1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_1975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3794-7295" TargetMode="External"/><Relationship Id="rId_hyperlink_1976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3237-0423" TargetMode="External"/><Relationship Id="rId_hyperlink_1977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9195-2434" TargetMode="External"/><Relationship Id="rId_hyperlink_1978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7408-6842" TargetMode="External"/><Relationship Id="rId_hyperlink_1979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0761-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_1980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_1982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7265-3639" TargetMode="External"/><Relationship Id="rId_hyperlink_1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6895-6998" TargetMode="External"/><Relationship Id="rId_hyperlink_1984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8974-8845" TargetMode="External"/><Relationship Id="rId_hyperlink_1985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0737-3822" TargetMode="External"/><Relationship Id="rId_hyperlink_1986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5782-1120" TargetMode="External"/><Relationship Id="rId_hyperlink_1987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6327-0089" TargetMode="External"/><Relationship Id="rId_hyperlink_1989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_1990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_1991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD031376" TargetMode="External"/><Relationship Id="rId_hyperlink_1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_2000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015246" TargetMode="External"/><Relationship Id="rId_hyperlink_2005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006786" TargetMode="External"/><Relationship Id="rId_hyperlink_2007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_2008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016664" TargetMode="External"/><Relationship Id="rId_hyperlink_2009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_2010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_2011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006164" TargetMode="External"/><Relationship Id="rId_hyperlink_2013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_2014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114541" TargetMode="External"/><Relationship Id="rId_hyperlink_2015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S2589-0042%2822%2901595-4" TargetMode="External"/><Relationship Id="rId_hyperlink_2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.isci.2022.105323/attachment/1e3a78c4-a3bf-4de4-be93-13481cbf2f76/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.isci.2022.105323/attachment/666da06b-103a-4749-a398-97b62b014a39/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_000374-MU" TargetMode="External"/><Relationship Id="rId_hyperlink_2026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_000036-MU" TargetMode="External"/><Relationship Id="rId_hyperlink_2027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_2028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01183-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/ISD-SystemsNeuroscience/Aging_Oligos_Microglia" TargetMode="External"/><Relationship Id="rId_hyperlink_2032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE202579" TargetMode="External"/><Relationship Id="rId_hyperlink_2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE138891" TargetMode="External"/><Relationship Id="rId_hyperlink_2050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE132042" TargetMode="External"/><Relationship Id="rId_hyperlink_2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_2052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_2054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015058" TargetMode="External"/><Relationship Id="rId_hyperlink_2061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_2062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_2063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_2064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_2071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_2073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019186" TargetMode="External"/><Relationship Id="rId_hyperlink_2075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016345" TargetMode="External"/><Relationship Id="rId_hyperlink_2076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005223" TargetMode="External"/><Relationship Id="rId_hyperlink_2077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_2078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018132" TargetMode="External"/><Relationship Id="rId_hyperlink_2079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016620" TargetMode="External"/><Relationship Id="rId_hyperlink_2080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_2083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0896627322008625/pdfft?md5=7ee40bfd5f89b21f2b7716ec9e51758c&amp;pid=1-s2.0-S0896627322008625-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0889159122004214/pdfft?md5=2c2c3bbcd60677ba779058d45186828e&amp;pid=1-s2.0-S0889159122004214-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0493-7370" TargetMode="External"/><Relationship Id="rId_hyperlink_2088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000084" TargetMode="External"/><Relationship Id="rId_hyperlink_2095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.17212856" TargetMode="External"/><Relationship Id="rId_hyperlink_2097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s42003-022-03077-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/sollan/alma" TargetMode="External"/><Relationship Id="rId_hyperlink_2099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3747-4958" TargetMode="External"/><Relationship Id="rId_hyperlink_2108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_2114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_2115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5767422" TargetMode="External"/><Relationship Id="rId_hyperlink_2117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.11.21.517320v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_2119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9925-7249" TargetMode="External"/><Relationship Id="rId_hyperlink_2123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01199-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM8_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM9_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM10_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/single-cell-tutorial/blob/master/latest_notebook/Case-study_Mouse-intestinal-epithelium_1906.ipynb" TargetMode="External"/><Relationship Id="rId_hyperlink_2136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/brianhie/scanorama" TargetMode="External"/><Relationship Id="rId_hyperlink_2137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/scvelo_notebooks/blob/master/VelocityBasics.ipynb" TargetMode="External"/><Relationship Id="rId_hyperlink_2138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM12_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM22_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM23_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM24_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144543" TargetMode="External"/><Relationship Id="rId_hyperlink_2153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE179134" TargetMode="External"/><Relationship Id="rId_hyperlink_2154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8352-1498" TargetMode="External"/><Relationship Id="rId_hyperlink_2155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8485-9653" TargetMode="External"/><Relationship Id="rId_hyperlink_2156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5942-2924" TargetMode="External"/><Relationship Id="rId_hyperlink_2157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8731-4330" TargetMode="External"/><Relationship Id="rId_hyperlink_2158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6941-2669" TargetMode="External"/><Relationship Id="rId_hyperlink_2159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5950-616X" TargetMode="External"/><Relationship Id="rId_hyperlink_2160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5633-8981" TargetMode="External"/><Relationship Id="rId_hyperlink_2161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9260-2775" TargetMode="External"/><Relationship Id="rId_hyperlink_2163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_2164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05rg1zz45" TargetMode="External"/><Relationship Id="rId_hyperlink_2168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-022-01360-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE214709" TargetMode="External"/><Relationship Id="rId_hyperlink_2180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0284-1658" TargetMode="External"/><Relationship Id="rId_hyperlink_2181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9604-1939" TargetMode="External"/><Relationship Id="rId_hyperlink_2182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3059-181X" TargetMode="External"/><Relationship Id="rId_hyperlink_2183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6870-1378" TargetMode="External"/><Relationship Id="rId_hyperlink_2184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4290-5716" TargetMode="External"/><Relationship Id="rId_hyperlink_2186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/bpa.13136?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fbpa.13136&amp;file=bpa13136-sup-0001-supinfo.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.de/postmortem-quantitative-mri-disentangles-histological-lesion-types-in-multiple-sclerosis/" TargetMode="External"/><Relationship Id="rId_hyperlink_2194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3092-8737" TargetMode="External"/><Relationship Id="rId_hyperlink_2195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_2197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/620" TargetMode="External"/><Relationship Id="rId_hyperlink_2199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/218" TargetMode="External"/><Relationship Id="rId_hyperlink_2202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM7_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE156718" TargetMode="External"/><Relationship Id="rId_hyperlink_2210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/117305" TargetMode="External"/><Relationship Id="rId_hyperlink_2213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/showAltPdf?doi=10.15252%2Fembr.202254746&amp;altPdfName=embr.202254746.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0001-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0002-TableEV1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0003-TableEV2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0004-TableEV3.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0005-TableEV4.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0006-TableEV5.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0007-DatasetEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0008-DatasetEV2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0009-DatasetEV3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0010-DatasetEV4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0011-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/16" TargetMode="External"/><Relationship Id="rId_hyperlink_2226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4225-5912" TargetMode="External"/><Relationship Id="rId_hyperlink_2227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5104-970X" TargetMode="External"/><Relationship Id="rId_hyperlink_2228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0068-9496" TargetMode="External"/><Relationship Id="rId_hyperlink_2229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8997-8459" TargetMode="External"/><Relationship Id="rId_hyperlink_2230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7999-6781" TargetMode="External"/><Relationship Id="rId_hyperlink_2231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8057-9259" TargetMode="External"/><Relationship Id="rId_hyperlink_2232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6198-3069" TargetMode="External"/><Relationship Id="rId_hyperlink_2233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1837-5233" TargetMode="External"/><Relationship Id="rId_hyperlink_2234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4630-9081" TargetMode="External"/><Relationship Id="rId_hyperlink_2235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5661-5272" TargetMode="External"/><Relationship Id="rId_hyperlink_2236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0946-8166" TargetMode="External"/><Relationship Id="rId_hyperlink_2237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9981-8571" TargetMode="External"/><Relationship Id="rId_hyperlink_2239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0698-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_2240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9879-7174" TargetMode="External"/><Relationship Id="rId_hyperlink_2241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD029132" TargetMode="External"/><Relationship Id="rId_hyperlink_2242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/literature/publications/192" TargetMode="External"/><Relationship Id="rId_hyperlink_2243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/archive/1/24" TargetMode="External"/><Relationship Id="rId_hyperlink_2246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/119185" TargetMode="External"/><Relationship Id="rId_hyperlink_2248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/pdf/10.1073/pnas.2215799119?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm01.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm02.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm03.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm04.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1982-2736" TargetMode="External"/><Relationship Id="rId_hyperlink_2254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4032-7644" TargetMode="External"/><Relationship Id="rId_hyperlink_2255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_2256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_2257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5962-7359" TargetMode="External"/><Relationship Id="rId_hyperlink_2259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_2260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/629" TargetMode="External"/><Relationship Id="rId_hyperlink_2261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/123" TargetMode="External"/><Relationship Id="rId_hyperlink_2262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_2263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/214" TargetMode="External"/><Relationship Id="rId_hyperlink_2267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0224" TargetMode="External"/><Relationship Id="rId_hyperlink_2268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_2269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elifesciences.org/download/aHR0cHM6Ly9jZG4uZWxpZmVzY2llbmNlcy5vcmcvYXJ0aWNsZXMvODIwMzEvZWxpZmUtODIwMzEtdjMucGRmP2Nhbm9uaWNhbFVyaT1odHRwczovL2VsaWZlc2NpZW5jZXMub3JnL2FydGljbGVzLzgyMDMx/elife-82031-v3.pdf?_hash=PuRjaNuh%2BcpL78EUflSETqGnDlunVGIBhVpf" TargetMode="External"/><Relationship Id="rId_hyperlink_2270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Lieszlab/Benakis-et-al.-2022-eLife" TargetMode="External"/><Relationship Id="rId_hyperlink_2271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/swh:1:dir:00e7ac02dddbcc499e48fd6b915724d186ac8859" TargetMode="External"/><Relationship Id="rId_hyperlink_2272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_2273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6463-7949" TargetMode="External"/><Relationship Id="rId_hyperlink_2275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3576-2702" TargetMode="External"/><Relationship Id="rId_hyperlink_2276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1194-5256" TargetMode="External"/><Relationship Id="rId_hyperlink_2277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6020-7746" TargetMode="External"/><Relationship Id="rId_hyperlink_2278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_2279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00q1fsf04" TargetMode="External"/><Relationship Id="rId_hyperlink_2283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125343166" TargetMode="External"/><Relationship Id="rId_hyperlink_2284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.21679415" TargetMode="External"/><Relationship Id="rId_hyperlink_2285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/220/3/e20220615/1445892/jem_20220615.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5349-2035" TargetMode="External"/><Relationship Id="rId_hyperlink_2288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3763-386X" TargetMode="External"/><Relationship Id="rId_hyperlink_2289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6566-5941" TargetMode="External"/><Relationship Id="rId_hyperlink_2290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9725-6368" TargetMode="External"/><Relationship Id="rId_hyperlink_2291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0211-9035" TargetMode="External"/><Relationship Id="rId_hyperlink_2292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4601-6951" TargetMode="External"/><Relationship Id="rId_hyperlink_2293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4522-7199" TargetMode="External"/><Relationship Id="rId_hyperlink_2294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666379122004414/pdfft?md5=3a3101c5c20dfc132eaa67937dc5c815&amp;pid=1-s2.0-S2666379122004414-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE212838" TargetMode="External"/><Relationship Id="rId_hyperlink_2299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_2300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_2301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD024427" TargetMode="External"/><Relationship Id="rId_hyperlink_2302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_2303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/showAltPdf?doi=10.15252%2Femmm.202216111&amp;altPdfName=emmm.202216111.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202216111&amp;file=emmm202216111-sup-0001-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9725-6368" TargetMode="External"/><Relationship Id="rId_hyperlink_2306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8197-3554" TargetMode="External"/><Relationship Id="rId_hyperlink_2307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6665-5251" TargetMode="External"/><Relationship Id="rId_hyperlink_2308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4943-0509" TargetMode="External"/><Relationship Id="rId_hyperlink_2309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6888-9131" TargetMode="External"/><Relationship Id="rId_hyperlink_2310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7953-2162" TargetMode="External"/><Relationship Id="rId_hyperlink_2311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-020-0666-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM3_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_2321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM4_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE131679" TargetMode="External"/><Relationship Id="rId_hyperlink_2336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4445-6144" TargetMode="External"/><Relationship Id="rId_hyperlink_2337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4600-1394" TargetMode="External"/><Relationship Id="rId_hyperlink_2338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9472-2738" TargetMode="External"/><Relationship Id="rId_hyperlink_2339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3216-8759" TargetMode="External"/><Relationship Id="rId_hyperlink_2340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6657-0466" TargetMode="External"/><Relationship Id="rId_hyperlink_2341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7179-7323" TargetMode="External"/><Relationship Id="rId_hyperlink_2342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0991-6547" TargetMode="External"/><Relationship Id="rId_hyperlink_2343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2983-0414" TargetMode="External"/><Relationship Id="rId_hyperlink_2346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5567-1173" TargetMode="External"/><Relationship Id="rId_hyperlink_2347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q93196390" TargetMode="External"/><Relationship Id="rId_hyperlink_2350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fnana.2021.732506/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_2353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/cardiovascres/article-pdf/118/14/2932/46948443/cvab359.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE182950" TargetMode="External"/><Relationship Id="rId_hyperlink_2362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE97310" TargetMode="External"/><Relationship Id="rId_hyperlink_2363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2030-2738" TargetMode="External"/><Relationship Id="rId_hyperlink_2364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0642-3445" TargetMode="External"/><Relationship Id="rId_hyperlink_2365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0630-4537" TargetMode="External"/><Relationship Id="rId_hyperlink_2366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2024-1034" TargetMode="External"/><Relationship Id="rId_hyperlink_2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6053-0930" TargetMode="External"/><Relationship Id="rId_hyperlink_2368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3165-2648" TargetMode="External"/><Relationship Id="rId_hyperlink_2369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5747-2207" TargetMode="External"/><Relationship Id="rId_hyperlink_2370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4304-8234" TargetMode="External"/><Relationship Id="rId_hyperlink_2371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0340-1745" TargetMode="External"/><Relationship Id="rId_hyperlink_2373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8551-4729" TargetMode="External"/><Relationship Id="rId_hyperlink_2374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/62" TargetMode="External"/><Relationship Id="rId_hyperlink_2377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/12259" TargetMode="External"/><Relationship Id="rId_hyperlink_2378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/12260" TargetMode="External"/><Relationship Id="rId_hyperlink_2379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0003-TableEV1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0004-TableEV2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0005-TableEV3.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0006-TableEV4.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0007-TableEV5.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6618-7774" TargetMode="External"/><Relationship Id="rId_hyperlink_2387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_2388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_2389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD010996" TargetMode="External"/><Relationship Id="rId_hyperlink_2390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_2391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_2392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_2393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_2394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021238" TargetMode="External"/><Relationship Id="rId_hyperlink_2397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015723" TargetMode="External"/><Relationship Id="rId_hyperlink_2398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112290298" TargetMode="External"/><Relationship Id="rId_hyperlink_2400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/8/5/e1043.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_2402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2917-5889" TargetMode="External"/><Relationship Id="rId_hyperlink_2403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_2404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/16/8870/pdf?version=1631502690" TargetMode="External"/><Relationship Id="rId_hyperlink_2409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4935-1365" TargetMode="External"/><Relationship Id="rId_hyperlink_2410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00401-022-02442-3.pdf?pdf=button" TargetMode="External"/><Relationship Id="rId_hyperlink_2413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1948-1580" TargetMode="External"/><Relationship Id="rId_hyperlink_2414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S1044532322000471/pdfft?md5=8e411c35bc759f1ab31f691497c2056b&amp;pid=1-s2.0-S1044532322000471-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_2421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/doi/pdfdirect/10.15252/msb.202211129?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/collideseq_reproducibility" TargetMode="External"/><Relationship Id="rId_hyperlink_2429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0003-DatasetEV1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0006-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE211864" TargetMode="External"/><Relationship Id="rId_hyperlink_2434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9995-1364" TargetMode="External"/><Relationship Id="rId_hyperlink_2435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1293-7656" TargetMode="External"/><Relationship Id="rId_hyperlink_2436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5488-8530" TargetMode="External"/><Relationship Id="rId_hyperlink_2439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.abg9445?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_movie_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_data_s1_and_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1873-5550" TargetMode="External"/><Relationship Id="rId_hyperlink_2447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1918-9811" TargetMode="External"/><Relationship Id="rId_hyperlink_2448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5107-0701" TargetMode="External"/><Relationship Id="rId_hyperlink_2449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7692-546X" TargetMode="External"/><Relationship Id="rId_hyperlink_2450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-3656" TargetMode="External"/><Relationship Id="rId_hyperlink_2451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1630-6827" TargetMode="External"/><Relationship Id="rId_hyperlink_2452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/doi/pdf/10.1146/annurev-vision-100820-103154" TargetMode="External"/><Relationship Id="rId_hyperlink_2458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0942-4622" TargetMode="External"/><Relationship Id="rId_hyperlink_2459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00109-022-02202-6.pdf?pdf=button" TargetMode="External"/><Relationship Id="rId_hyperlink_2462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00109-022-02202-6/MediaObjects/109_2022_2202_MOESM1_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00109-022-02202-6/MediaObjects/109_2022_2202_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3256-5298" TargetMode="External"/><Relationship Id="rId_hyperlink_2465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_2466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_2467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7269-5433" TargetMode="External"/><Relationship Id="rId_hyperlink_2468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_2469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB51618" TargetMode="External"/><Relationship Id="rId_hyperlink_2473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/pdf/10.1073/pnas.2206208119?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sd01.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sd02.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5260-9956" TargetMode="External"/><Relationship Id="rId_hyperlink_2478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_2479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_2480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1899-3149" TargetMode="External"/><Relationship Id="rId_hyperlink_2481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6486-7955" TargetMode="External"/><Relationship Id="rId_hyperlink_2482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_2483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_2484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01023-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM2_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM4_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM6_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM7_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM8_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM9_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4001-0564" TargetMode="External"/><Relationship Id="rId_hyperlink_2498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_2499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6824-8112" TargetMode="External"/><Relationship Id="rId_hyperlink_2500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ap2av50" TargetMode="External"/><Relationship Id="rId_hyperlink_2501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112737382" TargetMode="External"/><Relationship Id="rId_hyperlink_2504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5894603" TargetMode="External"/><Relationship Id="rId_hyperlink_2505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5894770" TargetMode="External"/><Relationship Id="rId_hyperlink_2506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721007875/pdfft?md5=c14943d4b72d9f2de409f2ea6c0d782d&amp;pid=1-s2.0-S2666166721007875-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2299-4320" TargetMode="External"/><Relationship Id="rId_hyperlink_2511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_2513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/collections/5696584/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fcell.2021.747699/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112080644" TargetMode="External"/><Relationship Id="rId_hyperlink_2522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elifesciences.org/download/aHR0cHM6Ly9jZG4uZWxpZmVzY2llbmNlcy5vcmcvYXJ0aWNsZXMvNzUyMzAvZWxpZmUtNzUyMzAtdjIucGRmP2Nhbm9uaWNhbFVyaT1odHRwczovL2VsaWZlc2NpZW5jZXMub3JnL2FydGljbGVzLzc1MjMw/elife-75230-v2.pdf?_hash=73gW824E%2FleIQqBaT5XX%2FNCoHna1F6g52q" TargetMode="External"/><Relationship Id="rId_hyperlink_2523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.elifesciences.org/articles/75230/elife-75230-supp1-v2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.elifesciences.org/articles/75230/elife-75230-transrepform1-v2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video4.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/73" TargetMode="External"/><Relationship Id="rId_hyperlink_2530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE188903" TargetMode="External"/><Relationship Id="rId_hyperlink_2531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE102827" TargetMode="External"/><Relationship Id="rId_hyperlink_2532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE75330" TargetMode="External"/><Relationship Id="rId_hyperlink_2533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4913-2253" TargetMode="External"/><Relationship Id="rId_hyperlink_2534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1927-9729" TargetMode="External"/><Relationship Id="rId_hyperlink_2535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0700-4042" TargetMode="External"/><Relationship Id="rId_hyperlink_2536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7133-7378" TargetMode="External"/><Relationship Id="rId_hyperlink_2539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/530" TargetMode="External"/><Relationship Id="rId_hyperlink_2540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_2541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/251" TargetMode="External"/><Relationship Id="rId_hyperlink_2543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2036283" TargetMode="External"/><Relationship Id="rId_hyperlink_2544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2307313" TargetMode="External"/><Relationship Id="rId_hyperlink_2545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2564741" TargetMode="External"/><Relationship Id="rId_hyperlink_2546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_443209" TargetMode="External"/><Relationship Id="rId_hyperlink_2547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2333099" TargetMode="External"/><Relationship Id="rId_hyperlink_2548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313550" TargetMode="External"/><Relationship Id="rId_hyperlink_2549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10013482" TargetMode="External"/><Relationship Id="rId_hyperlink_2550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1844967" TargetMode="External"/><Relationship Id="rId_hyperlink_2551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2298772" TargetMode="External"/><Relationship Id="rId_hyperlink_2552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_90650" TargetMode="External"/><Relationship Id="rId_hyperlink_2553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2242783" TargetMode="External"/><Relationship Id="rId_hyperlink_2554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10622025" TargetMode="External"/><Relationship Id="rId_hyperlink_2555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340625" TargetMode="External"/><Relationship Id="rId_hyperlink_2556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313568" TargetMode="External"/><Relationship Id="rId_hyperlink_2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340817" TargetMode="External"/><Relationship Id="rId_hyperlink_2558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340820" TargetMode="External"/><Relationship Id="rId_hyperlink_2559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340461" TargetMode="External"/><Relationship Id="rId_hyperlink_2560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340477" TargetMode="External"/><Relationship Id="rId_hyperlink_2561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340430" TargetMode="External"/><Relationship Id="rId_hyperlink_2562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340413" TargetMode="External"/><Relationship Id="rId_hyperlink_2563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340376" TargetMode="External"/><Relationship Id="rId_hyperlink_2564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340347" TargetMode="External"/><Relationship Id="rId_hyperlink_2565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_030483-UCD" TargetMode="External"/><Relationship Id="rId_hyperlink_2566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10906" TargetMode="External"/><Relationship Id="rId_hyperlink_2569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10907" TargetMode="External"/><Relationship Id="rId_hyperlink_2570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10908" TargetMode="External"/><Relationship Id="rId_hyperlink_2571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/105516" TargetMode="External"/><Relationship Id="rId_hyperlink_2572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-28720-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM3_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM9_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM10_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM7_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM8_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/98" TargetMode="External"/><Relationship Id="rId_hyperlink_2584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4814-7517" TargetMode="External"/><Relationship Id="rId_hyperlink_2586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9895-2469" TargetMode="External"/><Relationship Id="rId_hyperlink_2587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_2588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2313-1439" TargetMode="External"/><Relationship Id="rId_hyperlink_2589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3576-0494" TargetMode="External"/><Relationship Id="rId_hyperlink_2590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_2592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD025180" TargetMode="External"/><Relationship Id="rId_hyperlink_2597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/333" TargetMode="External"/><Relationship Id="rId_hyperlink_2598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_2599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/458" TargetMode="External"/><Relationship Id="rId_hyperlink_2600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02wkzzr31" TargetMode="External"/><Relationship Id="rId_hyperlink_2601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_2602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/294" TargetMode="External"/><Relationship Id="rId_hyperlink_2605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_2606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_2610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_2611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_2612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016560" TargetMode="External"/><Relationship Id="rId_hyperlink_2613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_2614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016664" TargetMode="External"/><Relationship Id="rId_hyperlink_2615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_2616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_2618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112639447" TargetMode="External"/><Relationship Id="rId_hyperlink_2620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fimmu.2021.800128/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/collections/5774093/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE130119" TargetMode="External"/><Relationship Id="rId_hyperlink_2623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE148612" TargetMode="External"/><Relationship Id="rId_hyperlink_2624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fcell.2021.747667/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/files/32408531" TargetMode="External"/><Relationship Id="rId_hyperlink_2628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112080614" TargetMode="External"/><Relationship Id="rId_hyperlink_2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2211124721010056/pdfft?md5=ea0d5c57f53b6608dba593a86a4530fc&amp;pid=1-s2.0-S2211124721010056-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/122" TargetMode="External"/><Relationship Id="rId_hyperlink_2637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0959438821000398/pdfft?md5=b59488fc17bcf0ff53d5903641fb1035&amp;pid=1-s2.0-S0959438821000398-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/94296" TargetMode="External"/><Relationship Id="rId_hyperlink_2645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-021-00926-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM3_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM4_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM5_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM6_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM7_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM8_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM9_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE180984" TargetMode="External"/><Relationship Id="rId_hyperlink_2656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-2439" TargetMode="External"/><Relationship Id="rId_hyperlink_2657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2815-4426" TargetMode="External"/><Relationship Id="rId_hyperlink_2658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0609-8956" TargetMode="External"/><Relationship Id="rId_hyperlink_2659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5345-9048" TargetMode="External"/><Relationship Id="rId_hyperlink_2660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5435-7182" TargetMode="External"/><Relationship Id="rId_hyperlink_2661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7661-2818" TargetMode="External"/><Relationship Id="rId_hyperlink_2662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2886-7373" TargetMode="External"/><Relationship Id="rId_hyperlink_2663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6379-4317" TargetMode="External"/><Relationship Id="rId_hyperlink_2664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3607-244X" TargetMode="External"/><Relationship Id="rId_hyperlink_2665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7489-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0532-5133" TargetMode="External"/><Relationship Id="rId_hyperlink_2668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9439-6533" TargetMode="External"/><Relationship Id="rId_hyperlink_2669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9870-0966" TargetMode="External"/><Relationship Id="rId_hyperlink_2670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9976-9930" TargetMode="External"/><Relationship Id="rId_hyperlink_2672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7720-8817" TargetMode="External"/><Relationship Id="rId_hyperlink_2673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7185-3615" TargetMode="External"/><Relationship Id="rId_hyperlink_2674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4510-9718" TargetMode="External"/><Relationship Id="rId_hyperlink_2675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q109296743" TargetMode="External"/><Relationship Id="rId_hyperlink_2677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/87765" TargetMode="External"/><Relationship Id="rId_hyperlink_2678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fmed.2021.644715/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/files/28167105" TargetMode="External"/><Relationship Id="rId_hyperlink_2680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4357-9863" TargetMode="External"/><Relationship Id="rId_hyperlink_2681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8528-8060" TargetMode="External"/><Relationship Id="rId_hyperlink_2682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q109728627" TargetMode="External"/><Relationship Id="rId_hyperlink_2686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88599" TargetMode="External"/><Relationship Id="rId_hyperlink_2687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2218-1989/11/6/347/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id= 9606" TargetMode="External"/><Relationship Id="rId_hyperlink_2689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3147-3017" TargetMode="External"/><Relationship Id="rId_hyperlink_2690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/413" TargetMode="External"/><Relationship Id="rId_hyperlink_2693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014271" TargetMode="External"/><Relationship Id="rId_hyperlink_2697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015539" TargetMode="External"/><Relationship Id="rId_hyperlink_2699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/85119" TargetMode="External"/><Relationship Id="rId_hyperlink_2701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/jimd.12389" TargetMode="External"/><Relationship Id="rId_hyperlink_2702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_2703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3147-3017" TargetMode="External"/><Relationship Id="rId_hyperlink_2707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/300100" TargetMode="External"/><Relationship Id="rId_hyperlink_2708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/270" TargetMode="External"/><Relationship Id="rId_hyperlink_2709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014271" TargetMode="External"/><Relationship Id="rId_hyperlink_2713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015539" TargetMode="External"/><Relationship Id="rId_hyperlink_2715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121817" TargetMode="External"/><Relationship Id="rId_hyperlink_2717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc5.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc6.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc7.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE174238" TargetMode="External"/><Relationship Id="rId_hyperlink_2726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173977" TargetMode="External"/><Relationship Id="rId_hyperlink_2727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173978" TargetMode="External"/><Relationship Id="rId_hyperlink_2728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173979" TargetMode="External"/><Relationship Id="rId_hyperlink_2729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/116" TargetMode="External"/><Relationship Id="rId_hyperlink_2731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/67" TargetMode="External"/><Relationship Id="rId_hyperlink_2735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477590" TargetMode="External"/><Relationship Id="rId_hyperlink_2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_100013482" TargetMode="External"/><Relationship Id="rId_hyperlink_2737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477010" TargetMode="External"/><Relationship Id="rId_hyperlink_2738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2336064" TargetMode="External"/><Relationship Id="rId_hyperlink_2739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2209751" TargetMode="External"/><Relationship Id="rId_hyperlink_2740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_94967" TargetMode="External"/><Relationship Id="rId_hyperlink_2741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_91939" TargetMode="External"/><Relationship Id="rId_hyperlink_2742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2187539" TargetMode="External"/><Relationship Id="rId_hyperlink_2743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477019" TargetMode="External"/><Relationship Id="rId_hyperlink_2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_887824" TargetMode="External"/><Relationship Id="rId_hyperlink_2745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2298772" TargetMode="External"/><Relationship Id="rId_hyperlink_2746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_396479" TargetMode="External"/><Relationship Id="rId_hyperlink_2747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2239761" TargetMode="External"/><Relationship Id="rId_hyperlink_2748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10807410" TargetMode="External"/><Relationship Id="rId_hyperlink_2749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2661873" TargetMode="External"/><Relationship Id="rId_hyperlink_2750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1586992" TargetMode="External"/><Relationship Id="rId_hyperlink_2751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141607" TargetMode="External"/><Relationship Id="rId_hyperlink_2752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1500899" TargetMode="External"/><Relationship Id="rId_hyperlink_2753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141658" TargetMode="External"/><Relationship Id="rId_hyperlink_2754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2794413" TargetMode="External"/><Relationship Id="rId_hyperlink_2755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141708" TargetMode="External"/><Relationship Id="rId_hyperlink_2756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338013" TargetMode="External"/><Relationship Id="rId_hyperlink_2757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2307443" TargetMode="External"/><Relationship Id="rId_hyperlink_2758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338251" TargetMode="External"/><Relationship Id="rId_hyperlink_2759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_2763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_2764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_2765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112292020" TargetMode="External"/><Relationship Id="rId_hyperlink_2770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121663" TargetMode="External"/><Relationship Id="rId_hyperlink_2771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.05.09.491019v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4032-7644" TargetMode="External"/><Relationship Id="rId_hyperlink_2774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5962-7359" TargetMode="External"/><Relationship Id="rId_hyperlink_2776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1982-2736" TargetMode="External"/><Relationship Id="rId_hyperlink_2777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_2778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/568" TargetMode="External"/><Relationship Id="rId_hyperlink_2779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/90" TargetMode="External"/><Relationship Id="rId_hyperlink_2780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/105" TargetMode="External"/><Relationship Id="rId_hyperlink_2784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121794" TargetMode="External"/><Relationship Id="rId_hyperlink_2785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_2786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121731" TargetMode="External"/><Relationship Id="rId_hyperlink_2789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/doi/pdfdirect/10.15252/emmm.202114837?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0003-TableEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0004-DatasetEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0005-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/50" TargetMode="External"/><Relationship Id="rId_hyperlink_2796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE205555" TargetMode="External"/><Relationship Id="rId_hyperlink_2797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE205556" TargetMode="External"/><Relationship Id="rId_hyperlink_2798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7415-4905" TargetMode="External"/><Relationship Id="rId_hyperlink_2799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4169-1675" TargetMode="External"/><Relationship Id="rId_hyperlink_2800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3714-4350" TargetMode="External"/><Relationship Id="rId_hyperlink_2802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6895-8819" TargetMode="External"/><Relationship Id="rId_hyperlink_2803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5636-4618" TargetMode="External"/><Relationship Id="rId_hyperlink_2804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9329-8912" TargetMode="External"/><Relationship Id="rId_hyperlink_2805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1731-7410" TargetMode="External"/><Relationship Id="rId_hyperlink_2806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4562-7969" TargetMode="External"/><Relationship Id="rId_hyperlink_2807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1381-4604" TargetMode="External"/><Relationship Id="rId_hyperlink_2808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8546-1161" TargetMode="External"/><Relationship Id="rId_hyperlink_2809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/656" TargetMode="External"/><Relationship Id="rId_hyperlink_2811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/132" TargetMode="External"/><Relationship Id="rId_hyperlink_2815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121819" TargetMode="External"/><Relationship Id="rId_hyperlink_2816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/cms/10.1016/j.jbc.2023.103027/attachment/535cfa11-77a4-455a-9e6a-aedaf697eca2/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/action/showPdf?pii=S0021-9258%2823%2900159-X" TargetMode="External"/><Relationship Id="rId_hyperlink_2818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/66" TargetMode="External"/><Relationship Id="rId_hyperlink_2824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_2825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124852" TargetMode="External"/><Relationship Id="rId_hyperlink_2829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/10/3/e200090.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://links.lww.com/NXI/A808" TargetMode="External"/><Relationship Id="rId_hyperlink_2831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6448-3126" TargetMode="External"/><Relationship Id="rId_hyperlink_2832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8675-0387" TargetMode="External"/><Relationship Id="rId_hyperlink_2833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2570-6785" TargetMode="External"/><Relationship Id="rId_hyperlink_2835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/65" TargetMode="External"/><Relationship Id="rId_hyperlink_2838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_2839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124853" TargetMode="External"/><Relationship Id="rId_hyperlink_2840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/nep3.15?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_2844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124854" TargetMode="External"/><Relationship Id="rId_hyperlink_2847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2023.02.24.529840v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2023/02/27/2023.02.24.529840/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8275-6113" TargetMode="External"/><Relationship Id="rId_hyperlink_2850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0654-387X" TargetMode="External"/><Relationship Id="rId_hyperlink_2851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203" TargetMode="External"/><Relationship Id="rId_hyperlink_2852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_2854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/64" TargetMode="External"/><Relationship Id="rId_hyperlink_2857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3841-4690" TargetMode="External"/><Relationship Id="rId_hyperlink_2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9988-5299" TargetMode="External"/><Relationship Id="rId_hyperlink_2860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0328-3379" TargetMode="External"/><Relationship Id="rId_hyperlink_2861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7461-6965" TargetMode="External"/><Relationship Id="rId_hyperlink_2862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1781-7020" TargetMode="External"/><Relationship Id="rId_hyperlink_2863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6559-7421" TargetMode="External"/><Relationship Id="rId_hyperlink_2864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5323-210X" TargetMode="External"/><Relationship Id="rId_hyperlink_2865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7371-9484" TargetMode="External"/><Relationship Id="rId_hyperlink_2867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_2868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-7269" TargetMode="External"/><Relationship Id="rId_hyperlink_2869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7893-8507" TargetMode="External"/><Relationship Id="rId_hyperlink_2870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1503-1972" TargetMode="External"/><Relationship Id="rId_hyperlink_2880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_2882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-023-01308-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/sashimi" TargetMode="External"/><Relationship Id="rId_hyperlink_2895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/brunoise" TargetMode="External"/><Relationship Id="rId_hyperlink_2896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/stytra" TargetMode="External"/><Relationship Id="rId_hyperlink_2897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_2898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_2899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jc43x05" TargetMode="External"/><Relationship Id="rId_hyperlink_2900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/63" TargetMode="External"/><Relationship Id="rId_hyperlink_2901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008633" TargetMode="External"/><Relationship Id="rId_hyperlink_2903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_2904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_2905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016434" TargetMode="External"/><Relationship Id="rId_hyperlink_2907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6847130" TargetMode="External"/><Relationship Id="rId_hyperlink_2908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7715409" TargetMode="External"/><Relationship Id="rId_hyperlink_2909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/127562" TargetMode="External"/><Relationship Id="rId_hyperlink_2910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubchem.ncbi.nlm.nih.gov/compound/9804302" TargetMode="External"/><Relationship Id="rId_hyperlink_2911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_2912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9713-0279" TargetMode="External"/><Relationship Id="rId_hyperlink_2913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_2914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-023-06120-6.pdf?pdf=button%20sticky" TargetMode="External"/><Relationship Id="rId_hyperlink_2916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/TSun-tech/AD_MyelinMutant.git" TargetMode="External"/><Relationship Id="rId_hyperlink_2917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/31" TargetMode="External"/><Relationship Id="rId_hyperlink_2923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178304" TargetMode="External"/><Relationship Id="rId_hyperlink_2924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178296" TargetMode="External"/><Relationship Id="rId_hyperlink_2925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE208683" TargetMode="External"/><Relationship Id="rId_hyperlink_2926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178295" TargetMode="External"/><Relationship Id="rId_hyperlink_2927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_2928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_2929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_2930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_2931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_2934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5082-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_2936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0134-0974" TargetMode="External"/><Relationship Id="rId_hyperlink_2937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4115-0334" TargetMode="External"/><Relationship Id="rId_hyperlink_2938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0610-210X" TargetMode="External"/><Relationship Id="rId_hyperlink_2939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1970-6903" TargetMode="External"/><Relationship Id="rId_hyperlink_2941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5597-6287" TargetMode="External"/><Relationship Id="rId_hyperlink_2942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4869-1627" TargetMode="External"/><Relationship Id="rId_hyperlink_2943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2896-3450" TargetMode="External"/><Relationship Id="rId_hyperlink_2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/61" TargetMode="External"/><Relationship Id="rId_hyperlink_2951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_2953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_2955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_2957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_2958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005223" TargetMode="External"/><Relationship Id="rId_hyperlink_2959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015899" TargetMode="External"/><Relationship Id="rId_hyperlink_2961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012919" TargetMode="External"/><Relationship Id="rId_hyperlink_2962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_2963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018217" TargetMode="External"/><Relationship Id="rId_hyperlink_2964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016340" TargetMode="External"/><Relationship Id="rId_hyperlink_2965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/129117" TargetMode="External"/><Relationship Id="rId_hyperlink_2966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-023-01366-9.pdf?pdf=button%20sticky" TargetMode="External"/><Relationship Id="rId_hyperlink_2967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/nikofleischer/myelin-axonal-damage" TargetMode="External"/><Relationship Id="rId_hyperlink_2968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM8_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/39" TargetMode="External"/><Relationship Id="rId_hyperlink_2977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE222063" TargetMode="External"/><Relationship Id="rId_hyperlink_2978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE113973" TargetMode="External"/><Relationship Id="rId_hyperlink_2979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE193238" TargetMode="External"/><Relationship Id="rId_hyperlink_2980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_2981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_2982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4149-0483" TargetMode="External"/><Relationship Id="rId_hyperlink_2983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4959-1182" TargetMode="External"/><Relationship Id="rId_hyperlink_2984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9988-4667" TargetMode="External"/><Relationship Id="rId_hyperlink_2986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_2987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_2988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5418-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_2989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_2990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2628-4334" TargetMode="External"/><Relationship Id="rId_hyperlink_2991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_2992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5323-7958" TargetMode="External"/><Relationship Id="rId_hyperlink_2994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5919-1652" TargetMode="External"/><Relationship Id="rId_hyperlink_2996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/715" TargetMode="External"/><Relationship Id="rId_hyperlink_2997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/191" TargetMode="External"/><Relationship Id="rId_hyperlink_3001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S0896-6273%2823%2900433-6" TargetMode="External"/><Relationship Id="rId_hyperlink_3002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_3003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0654-387X" TargetMode="External"/><Relationship Id="rId_hyperlink_3004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_3005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_3006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_3007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_3008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-023-39447-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE202638" TargetMode="External"/><Relationship Id="rId_hyperlink_3010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/braincomms/advance-article-pdf/doi/10.1093/braincomms/fcad206/50958255/fcad206.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_3012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5705-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_3013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9545-2709" TargetMode="External"/><Relationship Id="rId_hyperlink_3014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2228-6487" TargetMode="External"/><Relationship Id="rId_hyperlink_3015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_3016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X" TargetMode="External"/><Relationship Id="rId_hyperlink_3017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/nan.12935?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_3018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0001-Suppl+Figure+1+FGF2+profile.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0002-Suppl+Figure+2+proliferation+FGF9.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0003-Supl+Figure+3.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0004-Suppl+Figure+4.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0005-Suppl+Figure+5.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0006-Suppl+Figure+6.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0007-S1+gene+list.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0008-S2+ANOVA.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/BarnettLab/MyelinJ" TargetMode="External"/><Relationship Id="rId_hyperlink_3027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/muecs/cp" TargetMode="External"/><Relationship Id="rId_hyperlink_3028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Searchlight2/Searchlight2" TargetMode="External"/><Relationship Id="rId_hyperlink_3029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/78" TargetMode="External"/><Relationship Id="rId_hyperlink_3030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE52753" TargetMode="External"/><Relationship Id="rId_hyperlink_3031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1681-2359" TargetMode="External"/><Relationship Id="rId_hyperlink_3032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_3033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_3034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5130-2012" TargetMode="External"/><Relationship Id="rId_hyperlink_3035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7068-3762" TargetMode="External"/><Relationship Id="rId_hyperlink_3036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_3037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/222" TargetMode="External"/><Relationship Id="rId_hyperlink_3038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/759" TargetMode="External"/><Relationship Id="rId_hyperlink_3039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00vtgdb53" TargetMode="External"/><Relationship Id="rId_hyperlink_3040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_3041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_3042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02na8dn90" TargetMode="External"/><Relationship Id="rId_hyperlink_3045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02wkzzr31" TargetMode="External"/><Relationship Id="rId_hyperlink_3046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/258" TargetMode="External"/><Relationship Id="rId_hyperlink_3047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neurology.org/doi/suppl/10.1212/WNL.0000000000207966/suppl_file/supplementary_data.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3092-8737" TargetMode="External"/><Relationship Id="rId_hyperlink_3049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9747-0211" TargetMode="External"/><Relationship Id="rId_hyperlink_3050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4910-1414" TargetMode="External"/><Relationship Id="rId_hyperlink_3051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7703-0553" TargetMode="External"/><Relationship Id="rId_hyperlink_3052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6031-6865" TargetMode="External"/><Relationship Id="rId_hyperlink_3053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1150-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_3054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_3055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8557-9223" TargetMode="External"/><Relationship Id="rId_hyperlink_3056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5091-0585" TargetMode="External"/><Relationship Id="rId_hyperlink_3057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3725-615X" TargetMode="External"/><Relationship Id="rId_hyperlink_3058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_3059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6963-8892" TargetMode="External"/><Relationship Id="rId_hyperlink_3060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4175-5509" TargetMode="External"/><Relationship Id="rId_hyperlink_3061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_3062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4917-8761" TargetMode="External"/><Relationship Id="rId_hyperlink_3063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04k51q396" TargetMode="External"/><Relationship Id="rId_hyperlink_3066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02s6k3f65" TargetMode="External"/><Relationship Id="rId_hyperlink_3067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9sj412" TargetMode="External"/><Relationship Id="rId_hyperlink_3068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s5ya894" TargetMode="External"/><Relationship Id="rId_hyperlink_3069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/799" TargetMode="External"/><Relationship Id="rId_hyperlink_3070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/324" TargetMode="External"/><Relationship Id="rId_hyperlink_3071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_3072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q129704371" TargetMode="External"/><Relationship Id="rId_hyperlink_3073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q130004012" TargetMode="External"/><Relationship Id="rId_hyperlink_3074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q128773673" TargetMode="External"/><Relationship Id="rId_hyperlink_3075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2024.02.14.579514v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2024/02/15/2024.02.14.579514/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_3077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_3078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_3079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9534" TargetMode="External"/><Relationship Id="rId_hyperlink_3080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9895-8577" TargetMode="External"/><Relationship Id="rId_hyperlink_3081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_3082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_3083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_3084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_3085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_3087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/832" TargetMode="External"/><Relationship Id="rId_hyperlink_3089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/403" TargetMode="External"/><Relationship Id="rId_hyperlink_3090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0224" TargetMode="External"/><Relationship Id="rId_hyperlink_3091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0042" TargetMode="External"/><Relationship Id="rId_hyperlink_3092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016274" TargetMode="External"/><Relationship Id="rId_hyperlink_3093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_3094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_3095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008395" TargetMode="External"/><Relationship Id="rId_hyperlink_3096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014565" TargetMode="External"/><Relationship Id="rId_hyperlink_3097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014892" TargetMode="External"/><Relationship Id="rId_hyperlink_3098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_3099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P35232" TargetMode="External"/><Relationship Id="rId_hyperlink_3100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/Q99623" TargetMode="External"/><Relationship Id="rId_hyperlink_3101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P50093" TargetMode="External"/><Relationship Id="rId_hyperlink_3102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/907" TargetMode="External"/><Relationship Id="rId_hyperlink_3103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/950" TargetMode="External"/><Relationship Id="rId_hyperlink_3104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/992" TargetMode="External"/><Relationship Id="rId_hyperlink_3105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_3106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_3107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_3108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/313" TargetMode="External"/><Relationship Id="rId_hyperlink_3109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_3110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_3111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_3112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/230" TargetMode="External"/><Relationship Id="rId_hyperlink_3113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/229" TargetMode="External"/><Relationship Id="rId_hyperlink_3114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_3115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_3116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1255" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DR254"/>
+  <dimension ref="A1:DR258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:DR1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="80" customWidth="true" style="0"/>
     <col min="11" max="11" width="80" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="49.417" bestFit="true" customWidth="true" style="0"/>
@@ -13007,51 +13097,51 @@
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>4035</v>
+        <v>4065</v>
       </c>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
@@ -13085,74 +13175,74 @@
       <c r="BX1" s="1"/>
       <c r="BY1" s="1"/>
       <c r="BZ1" s="1"/>
       <c r="CA1" s="1"/>
       <c r="CB1" s="1"/>
       <c r="CC1" s="1"/>
       <c r="CD1" s="1"/>
       <c r="CE1" s="1"/>
       <c r="CF1" s="1"/>
       <c r="CG1" s="1"/>
       <c r="CH1" s="1"/>
       <c r="CI1" s="1"/>
       <c r="CJ1" s="1"/>
       <c r="CK1" s="1"/>
       <c r="CL1" s="1"/>
       <c r="CM1" s="1"/>
       <c r="CN1" s="1"/>
       <c r="CO1" s="1"/>
       <c r="CP1" s="1"/>
       <c r="CQ1" s="1"/>
       <c r="CR1" s="1"/>
       <c r="CS1" s="1"/>
       <c r="CT1" s="1"/>
       <c r="CU1" s="1"/>
       <c r="CV1" s="1" t="s">
-        <v>4140</v>
+        <v>4170</v>
       </c>
       <c r="CW1" s="1"/>
       <c r="CX1" s="1"/>
       <c r="CY1" s="1"/>
       <c r="CZ1" s="1"/>
       <c r="DA1" s="1"/>
       <c r="DB1" s="1"/>
       <c r="DC1" s="1"/>
       <c r="DD1" s="1"/>
       <c r="DE1" s="1"/>
       <c r="DF1" s="1"/>
       <c r="DG1" s="1"/>
       <c r="DH1" s="1"/>
       <c r="DI1" s="1"/>
       <c r="DJ1" s="1"/>
       <c r="DK1" s="1"/>
       <c r="DL1" s="1"/>
       <c r="DM1" s="1"/>
       <c r="DN1" s="1"/>
       <c r="DO1" s="1"/>
       <c r="DP1" s="1"/>
       <c r="DQ1" s="1" t="s">
-        <v>4144</v>
+        <v>4174</v>
       </c>
       <c r="DR1" s="1"/>
     </row>
     <row r="2" spans="1:122">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
         <v>33159711</v>
       </c>
@@ -13175,111 +13265,111 @@
         <v>31</v>
       </c>
       <c r="N2" t="s">
         <v>32</v>
       </c>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
         <v>36</v>
       </c>
       <c r="W2" t="s">
         <v>37</v>
       </c>
       <c r="X2" t="s">
-        <v>2371</v>
+        <v>2401</v>
       </c>
       <c r="Y2" t="s">
-        <v>2372</v>
+        <v>2402</v>
       </c>
       <c r="Z2" t="s">
-        <v>2373</v>
+        <v>2403</v>
       </c>
       <c r="AA2" t="s">
-        <v>2374</v>
+        <v>2404</v>
       </c>
       <c r="AB2" t="s">
-        <v>2375</v>
+        <v>2405</v>
       </c>
       <c r="AC2" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AD2" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AE2" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AF2" t="s">
-        <v>2379</v>
+        <v>2409</v>
       </c>
       <c r="AG2" t="s">
-        <v>2380</v>
+        <v>2410</v>
       </c>
       <c r="AH2" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AI2" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AJ2" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AK2" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AL2" t="s">
-        <v>2385</v>
+        <v>2415</v>
       </c>
       <c r="AM2" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="AN2" t="s">
-        <v>2387</v>
+        <v>2417</v>
       </c>
       <c r="AO2" t="s">
-        <v>2388</v>
+        <v>2418</v>
       </c>
       <c r="CV2" t="s">
-        <v>4036</v>
+        <v>4066</v>
       </c>
       <c r="CW2" t="s">
-        <v>4037</v>
+        <v>4067</v>
       </c>
       <c r="DQ2" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="3" spans="1:122">
       <c r="A3" t="s">
         <v>38</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>40</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3">
         <v>32089545</v>
       </c>
       <c r="H3" t="s">
@@ -13301,165 +13391,165 @@
         <v>45</v>
       </c>
       <c r="N3" t="s">
         <v>46</v>
       </c>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3" t="s">
         <v>47</v>
       </c>
       <c r="S3"/>
       <c r="T3" t="s">
         <v>48</v>
       </c>
       <c r="U3" t="s">
         <v>49</v>
       </c>
       <c r="V3" t="s">
         <v>50</v>
       </c>
       <c r="W3" t="s">
         <v>51</v>
       </c>
       <c r="X3" t="s">
-        <v>2389</v>
+        <v>2419</v>
       </c>
       <c r="Y3" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="Z3" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA3" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AB3" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AC3" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AD3" t="s">
-        <v>2394</v>
+        <v>2424</v>
       </c>
       <c r="AE3" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AF3" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="AG3" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="AH3" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AI3" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AJ3" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AK3" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AL3" t="s">
-        <v>2401</v>
+        <v>2431</v>
       </c>
       <c r="AM3" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
       <c r="AN3" t="s">
-        <v>2403</v>
+        <v>2433</v>
       </c>
       <c r="CV3" t="s">
-        <v>4038</v>
+        <v>4068</v>
       </c>
       <c r="CW3" t="s">
-        <v>4039</v>
+        <v>4069</v>
       </c>
       <c r="CX3" t="s">
-        <v>4040</v>
+        <v>4070</v>
       </c>
       <c r="CY3" t="s">
-        <v>4041</v>
+        <v>4071</v>
       </c>
       <c r="CZ3" t="s">
-        <v>4042</v>
+        <v>4072</v>
       </c>
       <c r="DA3" t="s">
-        <v>4043</v>
+        <v>4073</v>
       </c>
       <c r="DB3" t="s">
-        <v>4044</v>
+        <v>4074</v>
       </c>
       <c r="DC3" t="s">
-        <v>4045</v>
+        <v>4075</v>
       </c>
       <c r="DD3" t="s">
-        <v>4046</v>
+        <v>4076</v>
       </c>
       <c r="DE3" t="s">
-        <v>4047</v>
+        <v>4077</v>
       </c>
       <c r="DF3" t="s">
-        <v>4048</v>
+        <v>4078</v>
       </c>
       <c r="DG3" t="s">
-        <v>4049</v>
+        <v>4079</v>
       </c>
       <c r="DH3" t="s">
-        <v>4050</v>
+        <v>4080</v>
       </c>
       <c r="DI3" t="s">
-        <v>4051</v>
+        <v>4081</v>
       </c>
       <c r="DJ3" t="s">
-        <v>4052</v>
+        <v>4082</v>
       </c>
       <c r="DK3" t="s">
-        <v>4053</v>
+        <v>4083</v>
       </c>
       <c r="DL3" t="s">
-        <v>4054</v>
+        <v>4084</v>
       </c>
       <c r="DM3" t="s">
-        <v>4055</v>
+        <v>4085</v>
       </c>
       <c r="DN3" t="s">
-        <v>4056</v>
+        <v>4086</v>
       </c>
       <c r="DO3" t="s">
-        <v>4057</v>
+        <v>4087</v>
       </c>
       <c r="DP3" t="s">
-        <v>4058</v>
+        <v>4088</v>
       </c>
       <c r="DQ3" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="4" spans="1:122">
       <c r="A4" t="s">
         <v>52</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
       <c r="C4" t="s">
         <v>54</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4">
         <v>1</v>
       </c>
       <c r="G4">
         <v>32028681</v>
       </c>
       <c r="H4" t="s">
@@ -13485,141 +13575,141 @@
       </c>
       <c r="O4"/>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>9</v>
       </c>
       <c r="R4" t="s">
         <v>57</v>
       </c>
       <c r="S4"/>
       <c r="T4" t="s">
         <v>60</v>
       </c>
       <c r="U4" t="s">
         <v>61</v>
       </c>
       <c r="V4" t="s">
         <v>62</v>
       </c>
       <c r="W4" t="s">
         <v>63</v>
       </c>
       <c r="X4" t="s">
-        <v>2404</v>
+        <v>2434</v>
       </c>
       <c r="Y4" t="s">
-        <v>2405</v>
+        <v>2435</v>
       </c>
       <c r="Z4" t="s">
-        <v>2406</v>
+        <v>2436</v>
       </c>
       <c r="AA4" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AB4" t="s">
-        <v>2408</v>
+        <v>2438</v>
       </c>
       <c r="AC4" t="s">
-        <v>2409</v>
+        <v>2439</v>
       </c>
       <c r="AD4" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AE4" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AF4" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AG4" t="s">
-        <v>2411</v>
+        <v>2441</v>
       </c>
       <c r="AH4" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="AI4" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AJ4" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AK4" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AL4" t="s">
-        <v>2413</v>
+        <v>2443</v>
       </c>
       <c r="AM4" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
       <c r="AN4" t="s">
-        <v>2415</v>
+        <v>2445</v>
       </c>
       <c r="AO4" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AP4" t="s">
-        <v>2417</v>
+        <v>2447</v>
       </c>
       <c r="CV4" t="s">
-        <v>4046</v>
+        <v>4076</v>
       </c>
       <c r="CW4" t="s">
-        <v>4047</v>
+        <v>4077</v>
       </c>
       <c r="CX4" t="s">
-        <v>4059</v>
+        <v>4089</v>
       </c>
       <c r="CY4" t="s">
-        <v>4060</v>
+        <v>4090</v>
       </c>
       <c r="CZ4" t="s">
-        <v>4061</v>
+        <v>4091</v>
       </c>
       <c r="DA4" t="s">
-        <v>4062</v>
+        <v>4092</v>
       </c>
       <c r="DB4" t="s">
-        <v>4063</v>
+        <v>4093</v>
       </c>
       <c r="DC4" t="s">
-        <v>4064</v>
+        <v>4094</v>
       </c>
       <c r="DD4" t="s">
-        <v>4065</v>
+        <v>4095</v>
       </c>
       <c r="DE4" t="s">
-        <v>4066</v>
+        <v>4096</v>
       </c>
       <c r="DF4" t="s">
-        <v>4067</v>
+        <v>4097</v>
       </c>
       <c r="DQ4" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="5" spans="1:122">
       <c r="A5" t="s">
         <v>64</v>
       </c>
       <c r="B5" t="s">
         <v>65</v>
       </c>
       <c r="C5" t="s">
         <v>66</v>
       </c>
       <c r="D5" t="s">
         <v>67</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5">
         <v>32531201</v>
       </c>
       <c r="H5" t="s">
@@ -13647,339 +13737,339 @@
         <v>74</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>75</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
         <v>76</v>
       </c>
       <c r="U5" t="s">
         <v>77</v>
       </c>
       <c r="V5" t="s">
         <v>36</v>
       </c>
       <c r="W5" t="s">
         <v>78</v>
       </c>
       <c r="X5" t="s">
-        <v>2418</v>
+        <v>2448</v>
       </c>
       <c r="Y5" t="s">
-        <v>2419</v>
+        <v>2449</v>
       </c>
       <c r="Z5" t="s">
+        <v>2450</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>2451</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>2452</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>2453</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>2454</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>2455</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>2456</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>2457</v>
+      </c>
+      <c r="AH5" t="s">
         <v>2420</v>
       </c>
-      <c r="AA5" t="s">
-[...2 lines deleted...]
-      <c r="AB5" t="s">
+      <c r="AI5" t="s">
+        <v>2458</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>2408</v>
+      </c>
+      <c r="AK5" t="s">
         <v>2422</v>
       </c>
-      <c r="AC5" t="s">
+      <c r="AL5" t="s">
+        <v>2411</v>
+      </c>
+      <c r="AM5" t="s">
         <v>2423</v>
       </c>
-      <c r="AD5" t="s">
-[...14 lines deleted...]
-      <c r="AI5" t="s">
+      <c r="AN5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>2414</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>2459</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>2460</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>2461</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>2462</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>2463</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>2464</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>2465</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>2466</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>2467</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>2468</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>2469</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>2470</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>2471</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>2472</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>2473</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>2474</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>2475</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>2476</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>2477</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>2478</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>2479</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>2480</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>2481</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>2482</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>2483</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>2484</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>2485</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>2486</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>2487</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>2488</v>
+      </c>
+      <c r="BT5" t="s">
+        <v>2489</v>
+      </c>
+      <c r="BU5" t="s">
+        <v>2490</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>2491</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>2492</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>2493</v>
+      </c>
+      <c r="BY5" t="s">
+        <v>2494</v>
+      </c>
+      <c r="BZ5" t="s">
+        <v>2495</v>
+      </c>
+      <c r="CA5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="CB5" t="s">
+        <v>2497</v>
+      </c>
+      <c r="CC5" t="s">
+        <v>2498</v>
+      </c>
+      <c r="CD5" t="s">
+        <v>2499</v>
+      </c>
+      <c r="CE5" t="s">
+        <v>2500</v>
+      </c>
+      <c r="CF5" t="s">
+        <v>2501</v>
+      </c>
+      <c r="CG5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="CH5" t="s">
+        <v>2503</v>
+      </c>
+      <c r="CI5" t="s">
+        <v>2504</v>
+      </c>
+      <c r="CJ5" t="s">
+        <v>2505</v>
+      </c>
+      <c r="CK5" t="s">
+        <v>2506</v>
+      </c>
+      <c r="CL5" t="s">
+        <v>2442</v>
+      </c>
+      <c r="CM5" t="s">
+        <v>2507</v>
+      </c>
+      <c r="CN5" t="s">
         <v>2428</v>
       </c>
-      <c r="AJ5" t="s">
-[...17 lines deleted...]
-      <c r="AP5" t="s">
+      <c r="CO5" t="s">
         <v>2429</v>
       </c>
-      <c r="AQ5" t="s">
-[...47 lines deleted...]
-      <c r="BG5" t="s">
+      <c r="CP5" t="s">
+        <v>2508</v>
+      </c>
+      <c r="CQ5" t="s">
+        <v>2509</v>
+      </c>
+      <c r="CR5" t="s">
+        <v>2510</v>
+      </c>
+      <c r="CS5" t="s">
+        <v>2511</v>
+      </c>
+      <c r="CT5" t="s">
         <v>2446</v>
       </c>
-      <c r="BH5" t="s">
-[...115 lines deleted...]
-      </c>
       <c r="CU5" t="s">
-        <v>2482</v>
+        <v>2512</v>
       </c>
       <c r="CV5" t="s">
-        <v>4068</v>
+        <v>4098</v>
       </c>
       <c r="CW5" t="s">
-        <v>4069</v>
+        <v>4099</v>
       </c>
       <c r="CX5" t="s">
-        <v>4070</v>
+        <v>4100</v>
       </c>
       <c r="CY5" t="s">
-        <v>4071</v>
+        <v>4101</v>
       </c>
       <c r="CZ5" t="s">
-        <v>4072</v>
+        <v>4102</v>
       </c>
       <c r="DA5" t="s">
-        <v>4073</v>
+        <v>4103</v>
       </c>
       <c r="DB5" t="s">
-        <v>4074</v>
+        <v>4104</v>
       </c>
       <c r="DC5" t="s">
-        <v>4075</v>
+        <v>4105</v>
       </c>
       <c r="DD5" t="s">
-        <v>4076</v>
+        <v>4106</v>
       </c>
       <c r="DE5" t="s">
-        <v>4077</v>
+        <v>4107</v>
       </c>
       <c r="DF5" t="s">
-        <v>4078</v>
+        <v>4108</v>
       </c>
       <c r="DG5" t="s">
-        <v>4079</v>
+        <v>4109</v>
       </c>
       <c r="DH5" t="s">
-        <v>4080</v>
+        <v>4110</v>
       </c>
       <c r="DI5" t="s">
-        <v>4081</v>
+        <v>4111</v>
       </c>
       <c r="DJ5" t="s">
-        <v>4082</v>
+        <v>4112</v>
       </c>
       <c r="DK5" t="s">
-        <v>4058</v>
+        <v>4088</v>
       </c>
       <c r="DL5" t="s">
-        <v>4083</v>
+        <v>4113</v>
       </c>
       <c r="DM5" t="s">
-        <v>4084</v>
+        <v>4114</v>
       </c>
       <c r="DN5" t="s">
-        <v>4085</v>
+        <v>4115</v>
       </c>
       <c r="DO5" t="s">
-        <v>4086</v>
+        <v>4116</v>
       </c>
       <c r="DQ5" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="6" spans="1:122">
       <c r="A6" t="s">
         <v>79</v>
       </c>
       <c r="B6" t="s">
         <v>80</v>
       </c>
       <c r="C6" t="s">
         <v>81</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
         <v>32562018</v>
       </c>
       <c r="H6" t="s">
@@ -14007,144 +14097,144 @@
         <v>88</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>140</v>
       </c>
       <c r="R6" t="s">
         <v>89</v>
       </c>
       <c r="S6"/>
       <c r="T6" t="s">
         <v>90</v>
       </c>
       <c r="U6" t="s">
         <v>91</v>
       </c>
       <c r="V6" t="s">
         <v>92</v>
       </c>
       <c r="W6" t="s">
         <v>93</v>
       </c>
       <c r="X6" t="s">
-        <v>2483</v>
+        <v>2513</v>
       </c>
       <c r="Y6" t="s">
-        <v>2484</v>
+        <v>2514</v>
       </c>
       <c r="Z6" t="s">
-        <v>2485</v>
+        <v>2515</v>
       </c>
       <c r="AA6" t="s">
-        <v>2486</v>
+        <v>2516</v>
       </c>
       <c r="AB6" t="s">
-        <v>2487</v>
+        <v>2517</v>
       </c>
       <c r="AC6" t="s">
-        <v>2488</v>
+        <v>2518</v>
       </c>
       <c r="AD6" t="s">
-        <v>2489</v>
+        <v>2519</v>
       </c>
       <c r="AE6" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AF6" t="s">
-        <v>2490</v>
+        <v>2520</v>
       </c>
       <c r="AG6" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AH6" t="s">
-        <v>2492</v>
+        <v>2522</v>
       </c>
       <c r="AI6" t="s">
-        <v>2493</v>
+        <v>2523</v>
       </c>
       <c r="AJ6" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AK6" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AL6" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AM6" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AN6" t="s">
-        <v>2494</v>
+        <v>2524</v>
       </c>
       <c r="AO6" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="AP6" t="s">
-        <v>2477</v>
+        <v>2507</v>
       </c>
       <c r="AQ6" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AR6" t="s">
-        <v>2495</v>
+        <v>2525</v>
       </c>
       <c r="AS6" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="AT6" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
       <c r="AU6" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="AV6" t="s">
-        <v>2497</v>
+        <v>2527</v>
       </c>
       <c r="CV6" t="s">
-        <v>4087</v>
+        <v>4117</v>
       </c>
       <c r="CW6" t="s">
-        <v>4088</v>
+        <v>4118</v>
       </c>
       <c r="CX6" t="s">
-        <v>4089</v>
+        <v>4119</v>
       </c>
       <c r="CY6" t="s">
-        <v>4090</v>
+        <v>4120</v>
       </c>
       <c r="CZ6" t="s">
-        <v>4091</v>
+        <v>4121</v>
       </c>
       <c r="DA6" t="s">
-        <v>4092</v>
+        <v>4122</v>
       </c>
       <c r="DQ6" t="s">
-        <v>4142</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="7" spans="1:122">
       <c r="A7" t="s">
         <v>94</v>
       </c>
       <c r="B7" t="s">
         <v>95</v>
       </c>
       <c r="C7" t="s">
         <v>96</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7">
         <v>1</v>
       </c>
       <c r="G7">
         <v>32616790</v>
       </c>
       <c r="H7" t="s">
@@ -14172,105 +14262,105 @@
         <v>10953</v>
       </c>
       <c r="P7">
         <v>1</v>
       </c>
       <c r="Q7">
         <v>10</v>
       </c>
       <c r="R7" t="s">
         <v>102</v>
       </c>
       <c r="S7"/>
       <c r="T7" t="s">
         <v>103</v>
       </c>
       <c r="U7" t="s">
         <v>104</v>
       </c>
       <c r="V7" t="s">
         <v>105</v>
       </c>
       <c r="W7" t="s">
         <v>106</v>
       </c>
       <c r="X7" t="s">
-        <v>2498</v>
+        <v>2528</v>
       </c>
       <c r="Y7" t="s">
-        <v>2499</v>
+        <v>2529</v>
       </c>
       <c r="Z7" t="s">
-        <v>2500</v>
+        <v>2530</v>
       </c>
       <c r="AA7" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB7" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AC7" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AD7" t="s">
-        <v>2502</v>
+        <v>2532</v>
       </c>
       <c r="AE7" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AF7" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AG7" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AH7" t="s">
-        <v>2504</v>
+        <v>2534</v>
       </c>
       <c r="AI7" t="s">
-        <v>2505</v>
+        <v>2535</v>
       </c>
       <c r="CV7" t="s">
-        <v>4093</v>
+        <v>4123</v>
       </c>
       <c r="CW7" t="s">
-        <v>4094</v>
+        <v>4124</v>
       </c>
       <c r="CX7" t="s">
-        <v>4095</v>
+        <v>4125</v>
       </c>
       <c r="CY7" t="s">
-        <v>4096</v>
+        <v>4126</v>
       </c>
       <c r="CZ7" t="s">
-        <v>4097</v>
+        <v>4127</v>
       </c>
       <c r="DA7" t="s">
-        <v>4098</v>
+        <v>4128</v>
       </c>
       <c r="DQ7" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="8" spans="1:122">
       <c r="A8" t="s">
         <v>107</v>
       </c>
       <c r="B8" t="s">
         <v>108</v>
       </c>
       <c r="C8" t="s">
         <v>109</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8">
         <v>1</v>
       </c>
       <c r="G8">
         <v>32994410</v>
       </c>
       <c r="H8" t="s">
@@ -14296,135 +14386,135 @@
       </c>
       <c r="O8"/>
       <c r="P8">
         <v>1</v>
       </c>
       <c r="Q8">
         <v>11</v>
       </c>
       <c r="R8" t="s">
         <v>115</v>
       </c>
       <c r="S8"/>
       <c r="T8" t="s">
         <v>116</v>
       </c>
       <c r="U8" t="s">
         <v>117</v>
       </c>
       <c r="V8" t="s">
         <v>118</v>
       </c>
       <c r="W8" t="s">
         <v>119</v>
       </c>
       <c r="X8" t="s">
-        <v>2506</v>
+        <v>2536</v>
       </c>
       <c r="Y8" t="s">
-        <v>2507</v>
+        <v>2537</v>
       </c>
       <c r="Z8" t="s">
-        <v>2508</v>
+        <v>2538</v>
       </c>
       <c r="AA8" t="s">
-        <v>2509</v>
+        <v>2539</v>
       </c>
       <c r="AB8" t="s">
-        <v>2510</v>
+        <v>2540</v>
       </c>
       <c r="AC8" t="s">
-        <v>2511</v>
+        <v>2541</v>
       </c>
       <c r="AD8" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AE8" t="s">
-        <v>2512</v>
+        <v>2542</v>
       </c>
       <c r="AF8" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AG8" t="s">
-        <v>2514</v>
+        <v>2544</v>
       </c>
       <c r="AH8" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AI8" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AJ8" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AK8" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AL8" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AM8" t="s">
-        <v>2515</v>
+        <v>2545</v>
       </c>
       <c r="AN8" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AO8" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AP8" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AQ8" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="AR8" t="s">
-        <v>2517</v>
+        <v>2547</v>
       </c>
       <c r="AS8" t="s">
-        <v>2518</v>
+        <v>2548</v>
       </c>
       <c r="CV8" t="s">
-        <v>4099</v>
+        <v>4129</v>
       </c>
       <c r="CW8" t="s">
-        <v>4100</v>
+        <v>4130</v>
       </c>
       <c r="CX8" t="s">
-        <v>4101</v>
+        <v>4131</v>
       </c>
       <c r="CY8" t="s">
-        <v>4056</v>
+        <v>4086</v>
       </c>
       <c r="CZ8" t="s">
-        <v>4102</v>
+        <v>4132</v>
       </c>
       <c r="DA8" t="s">
-        <v>4103</v>
+        <v>4133</v>
       </c>
       <c r="DQ8" t="s">
-        <v>4143</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="9" spans="1:122">
       <c r="A9" t="s">
         <v>120</v>
       </c>
       <c r="B9" t="s">
         <v>121</v>
       </c>
       <c r="C9" t="s">
         <v>122</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9">
         <v>33082293</v>
       </c>
       <c r="H9" t="s">
@@ -14452,216 +14542,216 @@
         <v>129</v>
       </c>
       <c r="P9">
         <v>6518</v>
       </c>
       <c r="Q9">
         <v>370</v>
       </c>
       <c r="R9" t="s">
         <v>125</v>
       </c>
       <c r="S9"/>
       <c r="T9" t="s">
         <v>130</v>
       </c>
       <c r="U9" t="s">
         <v>131</v>
       </c>
       <c r="V9" t="s">
         <v>36</v>
       </c>
       <c r="W9" t="s">
         <v>132</v>
       </c>
       <c r="X9" t="s">
-        <v>2519</v>
+        <v>2549</v>
       </c>
       <c r="Y9" t="s">
-        <v>2520</v>
+        <v>2550</v>
       </c>
       <c r="Z9" t="s">
-        <v>2521</v>
+        <v>2551</v>
       </c>
       <c r="AA9" t="s">
-        <v>2522</v>
+        <v>2552</v>
       </c>
       <c r="AB9" t="s">
-        <v>2523</v>
+        <v>2553</v>
       </c>
       <c r="AC9" t="s">
-        <v>2524</v>
+        <v>2554</v>
       </c>
       <c r="AD9" t="s">
-        <v>2525</v>
+        <v>2555</v>
       </c>
       <c r="AE9" t="s">
-        <v>2526</v>
+        <v>2556</v>
       </c>
       <c r="AF9" t="s">
-        <v>2527</v>
+        <v>2557</v>
       </c>
       <c r="AG9" t="s">
-        <v>2528</v>
+        <v>2558</v>
       </c>
       <c r="AH9" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AI9" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AJ9" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="AK9" t="s">
-        <v>2530</v>
+        <v>2560</v>
       </c>
       <c r="AL9" t="s">
-        <v>2531</v>
+        <v>2561</v>
       </c>
       <c r="AM9" t="s">
-        <v>2532</v>
+        <v>2562</v>
       </c>
       <c r="AN9" t="s">
-        <v>2533</v>
+        <v>2563</v>
       </c>
       <c r="AO9" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AP9" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="AQ9" t="s">
-        <v>2536</v>
+        <v>2566</v>
       </c>
       <c r="AR9" t="s">
-        <v>2537</v>
+        <v>2567</v>
       </c>
       <c r="AS9" t="s">
-        <v>2538</v>
+        <v>2568</v>
       </c>
       <c r="AT9" t="s">
-        <v>2539</v>
+        <v>2569</v>
       </c>
       <c r="AU9" t="s">
-        <v>2540</v>
+        <v>2570</v>
       </c>
       <c r="AV9" t="s">
-        <v>2541</v>
+        <v>2571</v>
       </c>
       <c r="AW9" t="s">
-        <v>2542</v>
+        <v>2572</v>
       </c>
       <c r="AX9" t="s">
-        <v>2543</v>
+        <v>2573</v>
       </c>
       <c r="AY9" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AZ9" t="s">
-        <v>2545</v>
+        <v>2575</v>
       </c>
       <c r="BA9" t="s">
-        <v>2546</v>
+        <v>2576</v>
       </c>
       <c r="BB9" t="s">
-        <v>2547</v>
+        <v>2577</v>
       </c>
       <c r="BC9" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="BD9" t="s">
-        <v>2549</v>
+        <v>2579</v>
       </c>
       <c r="BE9" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="BF9" t="s">
-        <v>2550</v>
+        <v>2580</v>
       </c>
       <c r="BG9" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BH9" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BI9" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BJ9" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="BK9" t="s">
-        <v>2551</v>
+        <v>2581</v>
       </c>
       <c r="BL9" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="BM9" t="s">
-        <v>2552</v>
+        <v>2582</v>
       </c>
       <c r="BN9" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BO9" t="s">
-        <v>2553</v>
+        <v>2583</v>
       </c>
       <c r="BP9" t="s">
-        <v>2554</v>
+        <v>2584</v>
       </c>
       <c r="BQ9" t="s">
-        <v>2555</v>
+        <v>2585</v>
       </c>
       <c r="BR9" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="BS9" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BT9" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="BU9" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="BV9" t="s">
-        <v>2558</v>
+        <v>2588</v>
       </c>
       <c r="BW9" t="s">
-        <v>2559</v>
+        <v>2589</v>
       </c>
       <c r="BX9" t="s">
-        <v>2560</v>
+        <v>2590</v>
       </c>
       <c r="BY9" t="s">
-        <v>2561</v>
+        <v>2591</v>
       </c>
       <c r="CV9" t="s">
-        <v>4072</v>
+        <v>4102</v>
       </c>
       <c r="DQ9" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="10" spans="1:122">
       <c r="A10" t="s">
         <v>133</v>
       </c>
       <c r="B10" t="s">
         <v>134</v>
       </c>
       <c r="C10" t="s">
         <v>66</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10">
         <v>33257876</v>
       </c>
       <c r="H10" t="s">
@@ -14689,183 +14779,183 @@
         <v>141</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>24</v>
       </c>
       <c r="R10" t="s">
         <v>142</v>
       </c>
       <c r="S10"/>
       <c r="T10" t="s">
         <v>143</v>
       </c>
       <c r="U10" t="s">
         <v>144</v>
       </c>
       <c r="V10" t="s">
         <v>145</v>
       </c>
       <c r="W10" t="s">
         <v>146</v>
       </c>
       <c r="X10" t="s">
-        <v>2562</v>
+        <v>2592</v>
       </c>
       <c r="Y10" t="s">
-        <v>2563</v>
+        <v>2593</v>
       </c>
       <c r="Z10" t="s">
+        <v>2594</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>2595</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>2596</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>2597</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>2598</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>2599</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>2406</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>2600</v>
+      </c>
+      <c r="AH10" t="s">
         <v>2564</v>
       </c>
-      <c r="AA10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AI10" t="s">
-        <v>2571</v>
+        <v>2601</v>
       </c>
       <c r="AJ10" t="s">
-        <v>2572</v>
+        <v>2602</v>
       </c>
       <c r="AK10" t="s">
-        <v>2573</v>
+        <v>2603</v>
       </c>
       <c r="AL10" t="s">
-        <v>2574</v>
+        <v>2604</v>
       </c>
       <c r="AM10" t="s">
-        <v>2575</v>
+        <v>2605</v>
       </c>
       <c r="AN10" t="s">
-        <v>2576</v>
+        <v>2606</v>
       </c>
       <c r="AO10" t="s">
-        <v>2577</v>
+        <v>2607</v>
       </c>
       <c r="AP10" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AQ10" t="s">
-        <v>2578</v>
+        <v>2608</v>
       </c>
       <c r="AR10" t="s">
-        <v>2579</v>
+        <v>2609</v>
       </c>
       <c r="AS10" t="s">
-        <v>2580</v>
+        <v>2610</v>
       </c>
       <c r="AT10" t="s">
-        <v>2581</v>
+        <v>2611</v>
       </c>
       <c r="AU10" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AV10" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="AW10" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AX10" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AY10" t="s">
-        <v>2582</v>
+        <v>2612</v>
       </c>
       <c r="AZ10" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="BA10" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BB10" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BC10" t="s">
-        <v>2583</v>
+        <v>2613</v>
       </c>
       <c r="BD10" t="s">
-        <v>2584</v>
+        <v>2614</v>
       </c>
       <c r="BE10" t="s">
-        <v>2585</v>
+        <v>2615</v>
       </c>
       <c r="CV10" t="s">
-        <v>4104</v>
+        <v>4134</v>
       </c>
       <c r="CW10" t="s">
-        <v>4105</v>
+        <v>4135</v>
       </c>
       <c r="CX10" t="s">
-        <v>4106</v>
+        <v>4136</v>
       </c>
       <c r="CY10" t="s">
-        <v>4107</v>
+        <v>4137</v>
       </c>
       <c r="CZ10" t="s">
-        <v>4108</v>
+        <v>4138</v>
       </c>
       <c r="DA10" t="s">
-        <v>4109</v>
+        <v>4139</v>
       </c>
       <c r="DB10" t="s">
-        <v>4110</v>
+        <v>4140</v>
       </c>
       <c r="DC10" t="s">
-        <v>4111</v>
+        <v>4141</v>
       </c>
       <c r="DD10" t="s">
-        <v>4112</v>
+        <v>4142</v>
       </c>
       <c r="DE10" t="s">
-        <v>4113</v>
+        <v>4143</v>
       </c>
       <c r="DQ10" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="11" spans="1:122">
       <c r="A11" t="s">
         <v>147</v>
       </c>
       <c r="B11" t="s">
         <v>148</v>
       </c>
       <c r="C11" t="s">
         <v>149</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11">
         <v>33349711</v>
       </c>
       <c r="H11" t="s">
@@ -14893,213 +14983,213 @@
         <v>153</v>
       </c>
       <c r="P11">
         <v>1</v>
       </c>
       <c r="Q11">
         <v>24</v>
       </c>
       <c r="R11" t="s">
         <v>142</v>
       </c>
       <c r="S11"/>
       <c r="T11" t="s">
         <v>154</v>
       </c>
       <c r="U11" t="s">
         <v>155</v>
       </c>
       <c r="V11" t="s">
         <v>156</v>
       </c>
       <c r="W11" t="s">
         <v>157</v>
       </c>
       <c r="X11" t="s">
+        <v>2616</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>2617</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>2618</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>2619</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>2620</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>2621</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>2622</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>2623</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>2624</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>2625</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>2626</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>2627</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>2628</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>2629</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>2406</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>2420</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>2630</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>2631</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>2632</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>2633</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>2634</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>2565</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>2559</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>2635</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>2636</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>2637</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>2638</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>2639</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>2640</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>2408</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>2578</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>2422</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>2641</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>2412</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>2423</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>2425</v>
+      </c>
+      <c r="BH11" t="s">
+        <v>2642</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>2583</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>2427</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>2428</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>2429</v>
+      </c>
+      <c r="BM11" t="s">
+        <v>2643</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>2644</v>
+      </c>
+      <c r="BO11" t="s">
+        <v>2645</v>
+      </c>
+      <c r="BP11" t="s">
+        <v>2646</v>
+      </c>
+      <c r="BQ11" t="s">
+        <v>2587</v>
+      </c>
+      <c r="BR11" t="s">
+        <v>2647</v>
+      </c>
+      <c r="BS11" t="s">
+        <v>2648</v>
+      </c>
+      <c r="BT11" t="s">
         <v>2586</v>
       </c>
-      <c r="Y11" t="s">
-[...142 lines deleted...]
-      </c>
       <c r="BU11" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
       <c r="BV11" t="s">
-        <v>2620</v>
+        <v>2650</v>
       </c>
       <c r="CV11" t="s">
-        <v>4061</v>
+        <v>4091</v>
       </c>
       <c r="CW11" t="s">
-        <v>4114</v>
+        <v>4144</v>
       </c>
       <c r="CX11" t="s">
-        <v>4115</v>
+        <v>4145</v>
       </c>
       <c r="DQ11" t="s">
-        <v>4141</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="12" spans="1:122">
       <c r="A12" t="s">
         <v>158</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" t="s">
         <v>160</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
         <v>33495636</v>
       </c>
       <c r="H12" t="s">
@@ -15121,210 +15211,210 @@
         <v>139</v>
       </c>
       <c r="N12" t="s">
         <v>163</v>
       </c>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12" t="s">
         <v>142</v>
       </c>
       <c r="S12"/>
       <c r="T12" t="s">
         <v>164</v>
       </c>
       <c r="U12" t="s">
         <v>165</v>
       </c>
       <c r="V12" t="s">
         <v>166</v>
       </c>
       <c r="W12" t="s">
         <v>167</v>
       </c>
       <c r="X12" t="s">
-        <v>2621</v>
+        <v>2651</v>
       </c>
       <c r="Y12" t="s">
-        <v>2622</v>
+        <v>2652</v>
       </c>
       <c r="Z12" t="s">
-        <v>2623</v>
+        <v>2653</v>
       </c>
       <c r="AA12" t="s">
-        <v>2624</v>
+        <v>2654</v>
       </c>
       <c r="AB12" t="s">
-        <v>2625</v>
+        <v>2655</v>
       </c>
       <c r="AC12" t="s">
-        <v>2626</v>
+        <v>2656</v>
       </c>
       <c r="AD12" t="s">
-        <v>2627</v>
+        <v>2657</v>
       </c>
       <c r="AE12" t="s">
-        <v>2628</v>
+        <v>2658</v>
       </c>
       <c r="AF12" t="s">
-        <v>2629</v>
+        <v>2659</v>
       </c>
       <c r="AG12" t="s">
-        <v>2630</v>
+        <v>2660</v>
       </c>
       <c r="AH12" t="s">
-        <v>2631</v>
+        <v>2661</v>
       </c>
       <c r="AI12" t="s">
-        <v>2632</v>
+        <v>2662</v>
       </c>
       <c r="AJ12" t="s">
-        <v>2633</v>
+        <v>2663</v>
       </c>
       <c r="AK12" t="s">
-        <v>2634</v>
+        <v>2664</v>
       </c>
       <c r="AL12" t="s">
-        <v>2635</v>
+        <v>2665</v>
       </c>
       <c r="AM12" t="s">
-        <v>2636</v>
+        <v>2666</v>
       </c>
       <c r="AN12" t="s">
-        <v>2637</v>
+        <v>2667</v>
       </c>
       <c r="AO12" t="s">
-        <v>2638</v>
+        <v>2668</v>
       </c>
       <c r="AP12" t="s">
-        <v>2639</v>
+        <v>2669</v>
       </c>
       <c r="AQ12" t="s">
-        <v>2640</v>
+        <v>2670</v>
       </c>
       <c r="AR12" t="s">
-        <v>2641</v>
+        <v>2671</v>
       </c>
       <c r="AS12" t="s">
-        <v>2642</v>
+        <v>2672</v>
       </c>
       <c r="AT12" t="s">
-        <v>2643</v>
+        <v>2673</v>
       </c>
       <c r="AU12" t="s">
-        <v>2644</v>
+        <v>2674</v>
       </c>
       <c r="AV12" t="s">
-        <v>2645</v>
+        <v>2675</v>
       </c>
       <c r="AW12" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AX12" t="s">
-        <v>2646</v>
+        <v>2676</v>
       </c>
       <c r="AY12" t="s">
-        <v>2647</v>
+        <v>2677</v>
       </c>
       <c r="AZ12" t="s">
-        <v>2648</v>
+        <v>2678</v>
       </c>
       <c r="BA12" t="s">
-        <v>2649</v>
+        <v>2679</v>
       </c>
       <c r="BB12" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="BC12" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="BD12" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BE12" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="BF12" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BG12" t="s">
-        <v>2650</v>
+        <v>2680</v>
       </c>
       <c r="BH12" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="BI12" t="s">
-        <v>2651</v>
+        <v>2681</v>
       </c>
       <c r="BJ12" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BK12" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="BL12" t="s">
-        <v>2652</v>
+        <v>2682</v>
       </c>
       <c r="BM12" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="BN12" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="BO12" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="BP12" t="s">
-        <v>2653</v>
+        <v>2683</v>
       </c>
       <c r="BQ12" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="BR12" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="BS12" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="BT12" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="CV12" t="s">
-        <v>4116</v>
+        <v>4146</v>
       </c>
       <c r="CW12" t="s">
-        <v>4117</v>
+        <v>4147</v>
       </c>
       <c r="CX12" t="s">
-        <v>4118</v>
+        <v>4148</v>
       </c>
       <c r="CY12" t="s">
-        <v>4119</v>
+        <v>4149</v>
       </c>
       <c r="CZ12" t="s">
-        <v>4037</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="13" spans="1:122">
       <c r="A13" t="s">
         <v>168</v>
       </c>
       <c r="B13" t="s">
         <v>80</v>
       </c>
       <c r="C13" t="s">
         <v>81</v>
       </c>
       <c r="D13" t="s">
         <v>67</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13">
         <v>1</v>
       </c>
       <c r="G13">
         <v>33538762</v>
       </c>
       <c r="H13" t="s">
@@ -15350,159 +15440,159 @@
       </c>
       <c r="O13"/>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>220</v>
       </c>
       <c r="R13" t="s">
         <v>175</v>
       </c>
       <c r="S13"/>
       <c r="T13" t="s">
         <v>176</v>
       </c>
       <c r="U13" t="s">
         <v>177</v>
       </c>
       <c r="V13" t="s">
         <v>178</v>
       </c>
       <c r="W13" t="s">
         <v>179</v>
       </c>
       <c r="X13" t="s">
-        <v>2656</v>
+        <v>2686</v>
       </c>
       <c r="Y13" t="s">
-        <v>2657</v>
+        <v>2687</v>
       </c>
       <c r="Z13" t="s">
-        <v>2658</v>
+        <v>2688</v>
       </c>
       <c r="AA13" t="s">
-        <v>2659</v>
+        <v>2689</v>
       </c>
       <c r="AB13" t="s">
-        <v>2660</v>
+        <v>2690</v>
       </c>
       <c r="AC13" t="s">
-        <v>2661</v>
+        <v>2691</v>
       </c>
       <c r="AD13" t="s">
-        <v>2662</v>
+        <v>2692</v>
       </c>
       <c r="AE13" t="s">
-        <v>2663</v>
+        <v>2693</v>
       </c>
       <c r="AF13" t="s">
-        <v>2664</v>
+        <v>2694</v>
       </c>
       <c r="AG13" t="s">
-        <v>2665</v>
+        <v>2695</v>
       </c>
       <c r="AH13" t="s">
-        <v>2666</v>
+        <v>2696</v>
       </c>
       <c r="AI13" t="s">
-        <v>2667</v>
+        <v>2697</v>
       </c>
       <c r="AJ13" t="s">
-        <v>2668</v>
+        <v>2698</v>
       </c>
       <c r="AK13" t="s">
-        <v>2669</v>
+        <v>2699</v>
       </c>
       <c r="AL13" t="s">
-        <v>2670</v>
+        <v>2700</v>
       </c>
       <c r="AM13" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AN13" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AO13" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AP13" t="s">
-        <v>2671</v>
+        <v>2701</v>
       </c>
       <c r="AQ13" t="s">
-        <v>2672</v>
+        <v>2702</v>
       </c>
       <c r="AR13" t="s">
-        <v>2673</v>
+        <v>2703</v>
       </c>
       <c r="AS13" t="s">
-        <v>2674</v>
+        <v>2704</v>
       </c>
       <c r="AT13" t="s">
-        <v>2675</v>
+        <v>2705</v>
       </c>
       <c r="AU13" t="s">
-        <v>2676</v>
+        <v>2706</v>
       </c>
       <c r="AV13" t="s">
-        <v>2677</v>
+        <v>2707</v>
       </c>
       <c r="AW13" t="s">
-        <v>2678</v>
+        <v>2708</v>
       </c>
       <c r="AX13" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AY13" t="s">
-        <v>2492</v>
+        <v>2522</v>
       </c>
       <c r="AZ13" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BA13" t="s">
-        <v>2679</v>
+        <v>2709</v>
       </c>
       <c r="BB13" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BC13" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="BD13" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BE13" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BF13" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="CV13" t="s">
-        <v>4120</v>
+        <v>4150</v>
       </c>
       <c r="CW13" t="s">
-        <v>4121</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="14" spans="1:122">
       <c r="A14" t="s">
         <v>180</v>
       </c>
       <c r="B14" t="s">
         <v>181</v>
       </c>
       <c r="C14" t="s">
         <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>182</v>
       </c>
       <c r="F14">
         <v>2</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>183</v>
       </c>
@@ -15520,210 +15610,210 @@
       </c>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>187</v>
       </c>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14" t="s">
         <v>185</v>
       </c>
       <c r="S14"/>
       <c r="T14" t="s">
         <v>188</v>
       </c>
       <c r="U14" t="s">
         <v>189</v>
       </c>
       <c r="V14" t="s">
         <v>36</v>
       </c>
       <c r="W14" t="s">
         <v>190</v>
       </c>
       <c r="X14" t="s">
-        <v>2680</v>
+        <v>2710</v>
       </c>
       <c r="Y14" t="s">
-        <v>2681</v>
+        <v>2711</v>
       </c>
       <c r="Z14" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA14" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AB14" t="s">
-        <v>2682</v>
+        <v>2712</v>
       </c>
       <c r="AC14" t="s">
+        <v>2713</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>2637</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>2408</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>2423</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>2413</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>2411</v>
+      </c>
+      <c r="AI14" t="s">
+        <v>2714</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>2715</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>2716</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>2479</v>
+      </c>
+      <c r="AM14" t="s">
+        <v>2717</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>2718</v>
+      </c>
+      <c r="AO14" t="s">
+        <v>2719</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>2492</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>2483</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>2720</v>
+      </c>
+      <c r="AS14" t="s">
+        <v>2508</v>
+      </c>
+      <c r="AT14" t="s">
+        <v>2428</v>
+      </c>
+      <c r="AU14" t="s">
+        <v>2427</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>2446</v>
+      </c>
+      <c r="AW14" t="s">
         <v>2683</v>
       </c>
-      <c r="AD14" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="AX14" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AY14" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="AZ14" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
       <c r="BA14" t="s">
-        <v>2691</v>
+        <v>2721</v>
       </c>
       <c r="BB14" t="s">
-        <v>2692</v>
+        <v>2722</v>
       </c>
       <c r="BC14" t="s">
-        <v>2693</v>
+        <v>2723</v>
       </c>
       <c r="BD14" t="s">
-        <v>2694</v>
+        <v>2724</v>
       </c>
       <c r="CV14" t="s">
-        <v>4077</v>
+        <v>4107</v>
       </c>
       <c r="CW14" t="s">
-        <v>4122</v>
+        <v>4152</v>
       </c>
       <c r="CX14" t="s">
-        <v>4123</v>
+        <v>4153</v>
       </c>
       <c r="CY14" t="s">
-        <v>4124</v>
+        <v>4154</v>
       </c>
       <c r="CZ14" t="s">
-        <v>4125</v>
+        <v>4155</v>
       </c>
       <c r="DA14" t="s">
-        <v>4126</v>
+        <v>4156</v>
       </c>
       <c r="DB14" t="s">
-        <v>4127</v>
+        <v>4157</v>
       </c>
       <c r="DC14" t="s">
-        <v>4128</v>
+        <v>4158</v>
       </c>
       <c r="DD14" t="s">
-        <v>4129</v>
+        <v>4159</v>
       </c>
       <c r="DE14" t="s">
-        <v>4130</v>
+        <v>4160</v>
       </c>
       <c r="DF14" t="s">
-        <v>4131</v>
+        <v>4161</v>
       </c>
       <c r="DG14" t="s">
-        <v>4132</v>
+        <v>4162</v>
       </c>
       <c r="DH14" t="s">
-        <v>4133</v>
+        <v>4163</v>
       </c>
       <c r="DI14" t="s">
-        <v>4051</v>
+        <v>4081</v>
       </c>
       <c r="DJ14" t="s">
-        <v>4055</v>
+        <v>4085</v>
       </c>
       <c r="DK14" t="s">
-        <v>4134</v>
+        <v>4164</v>
       </c>
       <c r="DL14" t="s">
-        <v>4135</v>
+        <v>4165</v>
       </c>
       <c r="DM14" t="s">
-        <v>4136</v>
+        <v>4166</v>
       </c>
       <c r="DN14" t="s">
-        <v>4137</v>
+        <v>4167</v>
       </c>
       <c r="DO14" t="s">
-        <v>4138</v>
+        <v>4168</v>
       </c>
       <c r="DP14" t="s">
-        <v>4139</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="15" spans="1:122">
       <c r="A15" t="s">
         <v>191</v>
       </c>
       <c r="B15" t="s">
         <v>192</v>
       </c>
       <c r="C15" t="s">
         <v>193</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15">
         <v>1</v>
       </c>
       <c r="G15">
         <v>32622266</v>
       </c>
       <c r="H15" t="s">
@@ -15749,93 +15839,93 @@
         <v>101290</v>
       </c>
       <c r="P15">
         <v>7</v>
       </c>
       <c r="Q15">
         <v>23</v>
       </c>
       <c r="R15" t="s">
         <v>196</v>
       </c>
       <c r="S15"/>
       <c r="T15" t="s">
         <v>199</v>
       </c>
       <c r="U15" t="s">
         <v>200</v>
       </c>
       <c r="V15" t="s">
         <v>201</v>
       </c>
       <c r="W15" t="s">
         <v>202</v>
       </c>
       <c r="X15" t="s">
-        <v>2695</v>
+        <v>2725</v>
       </c>
       <c r="Y15" t="s">
-        <v>2696</v>
+        <v>2726</v>
       </c>
       <c r="Z15" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AA15" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AB15" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AC15" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AD15" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AE15" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AF15" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AG15" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AH15" t="s">
-        <v>2697</v>
+        <v>2727</v>
       </c>
       <c r="AI15" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AJ15" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AK15" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
       <c r="AL15" t="s">
-        <v>2698</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="16" spans="1:122">
       <c r="A16" t="s">
         <v>203</v>
       </c>
       <c r="B16" t="s">
         <v>204</v>
       </c>
       <c r="C16" t="s">
         <v>205</v>
       </c>
       <c r="D16" t="s">
         <v>67</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16">
         <v>1</v>
       </c>
       <c r="G16">
         <v>33667383</v>
       </c>
       <c r="H16" t="s">
@@ -15857,81 +15947,81 @@
         <v>210</v>
       </c>
       <c r="N16" t="s">
         <v>211</v>
       </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16" t="s">
         <v>208</v>
       </c>
       <c r="S16"/>
       <c r="T16" t="s">
         <v>212</v>
       </c>
       <c r="U16" t="s">
         <v>213</v>
       </c>
       <c r="V16" t="s">
         <v>214</v>
       </c>
       <c r="W16" t="s">
         <v>215</v>
       </c>
       <c r="X16" t="s">
-        <v>2699</v>
+        <v>2729</v>
       </c>
       <c r="Y16" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="Z16" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AA16" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
       <c r="AB16" t="s">
-        <v>2701</v>
+        <v>2731</v>
       </c>
       <c r="AC16" t="s">
-        <v>2702</v>
+        <v>2732</v>
       </c>
       <c r="AD16" t="s">
-        <v>2703</v>
+        <v>2733</v>
       </c>
       <c r="AE16" t="s">
-        <v>2704</v>
+        <v>2734</v>
       </c>
       <c r="AF16" t="s">
-        <v>2705</v>
+        <v>2735</v>
       </c>
       <c r="AG16" t="s">
-        <v>2706</v>
+        <v>2736</v>
       </c>
       <c r="AH16" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="17" spans="1:122">
       <c r="A17" t="s">
         <v>216</v>
       </c>
       <c r="B17" t="s">
         <v>217</v>
       </c>
       <c r="C17" t="s">
         <v>218</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17">
         <v>33693558</v>
       </c>
       <c r="H17" t="s">
@@ -15953,84 +16043,84 @@
         <v>223</v>
       </c>
       <c r="N17" t="s">
         <v>224</v>
       </c>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17" t="s">
         <v>221</v>
       </c>
       <c r="S17"/>
       <c r="T17" t="s">
         <v>225</v>
       </c>
       <c r="U17" t="s">
         <v>226</v>
       </c>
       <c r="V17" t="s">
         <v>227</v>
       </c>
       <c r="W17" t="s">
         <v>228</v>
       </c>
       <c r="X17" t="s">
-        <v>2707</v>
+        <v>2737</v>
       </c>
       <c r="Y17" t="s">
-        <v>2708</v>
+        <v>2738</v>
       </c>
       <c r="Z17" t="s">
-        <v>2709</v>
+        <v>2739</v>
       </c>
       <c r="AA17" t="s">
-        <v>2710</v>
+        <v>2740</v>
       </c>
       <c r="AB17" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AC17" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AD17" t="s">
-        <v>2712</v>
+        <v>2742</v>
       </c>
       <c r="AE17" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AF17" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AG17" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AH17" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AI17" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="18" spans="1:122">
       <c r="A18" t="s">
         <v>229</v>
       </c>
       <c r="B18" t="s">
         <v>230</v>
       </c>
       <c r="C18" t="s">
         <v>231</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18">
         <v>1</v>
       </c>
       <c r="G18">
         <v>33691121</v>
       </c>
       <c r="H18" t="s">
@@ -16058,138 +16148,138 @@
         <v>108826</v>
       </c>
       <c r="P18">
         <v>10</v>
       </c>
       <c r="Q18">
         <v>34</v>
       </c>
       <c r="R18" t="s">
         <v>237</v>
       </c>
       <c r="S18"/>
       <c r="T18" t="s">
         <v>238</v>
       </c>
       <c r="U18" t="s">
         <v>239</v>
       </c>
       <c r="V18" t="s">
         <v>240</v>
       </c>
       <c r="W18" t="s">
         <v>241</v>
       </c>
       <c r="X18" t="s">
-        <v>2714</v>
+        <v>2744</v>
       </c>
       <c r="Y18" t="s">
-        <v>2715</v>
+        <v>2745</v>
       </c>
       <c r="Z18" t="s">
-        <v>2716</v>
+        <v>2746</v>
       </c>
       <c r="AA18" t="s">
-        <v>2717</v>
+        <v>2747</v>
       </c>
       <c r="AB18" t="s">
-        <v>2718</v>
+        <v>2748</v>
       </c>
       <c r="AC18" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AD18" t="s">
-        <v>2719</v>
+        <v>2749</v>
       </c>
       <c r="AE18" t="s">
-        <v>2720</v>
+        <v>2750</v>
       </c>
       <c r="AF18" t="s">
-        <v>2721</v>
+        <v>2751</v>
       </c>
       <c r="AG18" t="s">
-        <v>2722</v>
+        <v>2752</v>
       </c>
       <c r="AH18" t="s">
-        <v>2723</v>
+        <v>2753</v>
       </c>
       <c r="AI18" t="s">
-        <v>2724</v>
+        <v>2754</v>
       </c>
       <c r="AJ18" t="s">
-        <v>2725</v>
+        <v>2755</v>
       </c>
       <c r="AK18" t="s">
-        <v>2726</v>
+        <v>2756</v>
       </c>
       <c r="AL18" t="s">
-        <v>2727</v>
+        <v>2757</v>
       </c>
       <c r="AM18" t="s">
-        <v>2728</v>
+        <v>2758</v>
       </c>
       <c r="AN18" t="s">
-        <v>2729</v>
+        <v>2759</v>
       </c>
       <c r="AO18" t="s">
-        <v>2730</v>
+        <v>2760</v>
       </c>
       <c r="AP18" t="s">
-        <v>2731</v>
+        <v>2761</v>
       </c>
       <c r="AQ18" t="s">
-        <v>2732</v>
+        <v>2762</v>
       </c>
       <c r="AR18" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AS18" t="s">
-        <v>2478</v>
+        <v>2508</v>
       </c>
       <c r="AT18" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="AU18" t="s">
-        <v>2733</v>
+        <v>2763</v>
       </c>
       <c r="AV18" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="AW18" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="AX18" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="AY18" t="s">
-        <v>2736</v>
+        <v>2766</v>
       </c>
       <c r="AZ18" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="BA18" t="s">
-        <v>2738</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="19" spans="1:122">
       <c r="A19" t="s">
         <v>242</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19">
         <v>33804598</v>
       </c>
       <c r="H19" t="s">
@@ -16215,111 +16305,111 @@
         <v>3164</v>
       </c>
       <c r="P19">
         <v>6</v>
       </c>
       <c r="Q19">
         <v>22</v>
       </c>
       <c r="R19" t="s">
         <v>248</v>
       </c>
       <c r="S19"/>
       <c r="T19" t="s">
         <v>249</v>
       </c>
       <c r="U19" t="s">
         <v>250</v>
       </c>
       <c r="V19" t="s">
         <v>50</v>
       </c>
       <c r="W19" t="s">
         <v>251</v>
       </c>
       <c r="X19" t="s">
-        <v>2739</v>
+        <v>2769</v>
       </c>
       <c r="Y19" t="s">
-        <v>2740</v>
+        <v>2770</v>
       </c>
       <c r="Z19" t="s">
-        <v>2741</v>
+        <v>2771</v>
       </c>
       <c r="AA19" t="s">
-        <v>2742</v>
+        <v>2772</v>
       </c>
       <c r="AB19" t="s">
-        <v>2743</v>
+        <v>2773</v>
       </c>
       <c r="AC19" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AD19" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="AE19" t="s">
-        <v>2745</v>
+        <v>2775</v>
       </c>
       <c r="AF19" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AG19" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AH19" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AI19" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AJ19" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AK19" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AL19" t="s">
-        <v>2613</v>
+        <v>2643</v>
       </c>
       <c r="AM19" t="s">
-        <v>2746</v>
+        <v>2776</v>
       </c>
       <c r="AN19" t="s">
-        <v>2614</v>
+        <v>2644</v>
       </c>
       <c r="AO19" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="AP19" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="AQ19" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AR19" t="s">
-        <v>2747</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="20" spans="1:122">
       <c r="A20" t="s">
         <v>252</v>
       </c>
       <c r="B20" t="s">
         <v>253</v>
       </c>
       <c r="C20" t="s">
         <v>254</v>
       </c>
       <c r="D20" t="s">
         <v>67</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="F20">
         <v>1</v>
       </c>
       <c r="G20">
         <v>33757118</v>
       </c>
       <c r="H20" t="s">
@@ -16339,87 +16429,87 @@
       </c>
       <c r="M20" t="s">
         <v>223</v>
       </c>
       <c r="N20" t="s">
         <v>257</v>
       </c>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20" t="s">
         <v>258</v>
       </c>
       <c r="U20" t="s">
         <v>259</v>
       </c>
       <c r="V20" t="s">
         <v>166</v>
       </c>
       <c r="W20" t="s">
         <v>260</v>
       </c>
       <c r="X20" t="s">
-        <v>2748</v>
+        <v>2778</v>
       </c>
       <c r="Y20" t="s">
-        <v>2749</v>
+        <v>2779</v>
       </c>
       <c r="Z20" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA20" t="s">
-        <v>2750</v>
+        <v>2780</v>
       </c>
       <c r="AB20" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AC20" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AD20" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AE20" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AF20" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AG20" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AH20" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AI20" t="s">
-        <v>2751</v>
+        <v>2781</v>
       </c>
       <c r="AJ20" t="s">
-        <v>2752</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="21" spans="1:122">
       <c r="A21" t="s">
         <v>261</v>
       </c>
       <c r="B21" t="s">
         <v>262</v>
       </c>
       <c r="C21" t="s">
         <v>263</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21">
         <v>33581218</v>
       </c>
       <c r="H21" t="s">
@@ -16447,81 +16537,81 @@
         <v>118988</v>
       </c>
       <c r="P21">
         <v>6</v>
       </c>
       <c r="Q21">
         <v>1868</v>
       </c>
       <c r="R21" t="s">
         <v>270</v>
       </c>
       <c r="S21"/>
       <c r="T21" t="s">
         <v>271</v>
       </c>
       <c r="U21" t="s">
         <v>272</v>
       </c>
       <c r="V21" t="s">
         <v>273</v>
       </c>
       <c r="W21" t="s">
         <v>274</v>
       </c>
       <c r="X21" t="s">
-        <v>2753</v>
+        <v>2783</v>
       </c>
       <c r="Y21" t="s">
-        <v>2754</v>
+        <v>2784</v>
       </c>
       <c r="Z21" t="s">
-        <v>2755</v>
+        <v>2785</v>
       </c>
       <c r="AA21" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB21" t="s">
-        <v>2756</v>
+        <v>2786</v>
       </c>
       <c r="AC21" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AD21" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AE21" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AF21" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AG21" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
       <c r="AH21" t="s">
-        <v>2757</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="22" spans="1:122">
       <c r="A22" t="s">
         <v>275</v>
       </c>
       <c r="B22" t="s">
         <v>276</v>
       </c>
       <c r="C22" t="s">
         <v>277</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="G22">
         <v>33645550</v>
       </c>
       <c r="H22" t="s">
@@ -16547,96 +16637,96 @@
       </c>
       <c r="O22"/>
       <c r="P22">
         <v>5</v>
       </c>
       <c r="Q22">
         <v>131</v>
       </c>
       <c r="R22" t="s">
         <v>284</v>
       </c>
       <c r="S22"/>
       <c r="T22" t="s">
         <v>285</v>
       </c>
       <c r="U22" t="s">
         <v>286</v>
       </c>
       <c r="V22" t="s">
         <v>287</v>
       </c>
       <c r="W22" t="s">
         <v>288</v>
       </c>
       <c r="X22" t="s">
-        <v>2758</v>
+        <v>2788</v>
       </c>
       <c r="Y22" t="s">
-        <v>2759</v>
+        <v>2789</v>
       </c>
       <c r="Z22" t="s">
-        <v>2760</v>
+        <v>2790</v>
       </c>
       <c r="AA22" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB22" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AC22" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AD22" t="s">
-        <v>2761</v>
+        <v>2791</v>
       </c>
       <c r="AE22" t="s">
-        <v>2762</v>
+        <v>2792</v>
       </c>
       <c r="AF22" t="s">
-        <v>2763</v>
+        <v>2793</v>
       </c>
       <c r="AG22" t="s">
-        <v>2764</v>
+        <v>2794</v>
       </c>
       <c r="AH22" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AI22" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AJ22" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AK22" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AL22" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AM22" t="s">
-        <v>2558</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="23" spans="1:122">
       <c r="A23" t="s">
         <v>289</v>
       </c>
       <c r="B23" t="s">
         <v>290</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23">
         <v>32937123</v>
       </c>
       <c r="H23" t="s">
@@ -16664,114 +16754,114 @@
         <v>108132</v>
       </c>
       <c r="P23">
         <v>11</v>
       </c>
       <c r="Q23">
         <v>32</v>
       </c>
       <c r="R23" t="s">
         <v>237</v>
       </c>
       <c r="S23"/>
       <c r="T23" t="s">
         <v>294</v>
       </c>
       <c r="U23" t="s">
         <v>295</v>
       </c>
       <c r="V23" t="s">
         <v>36</v>
       </c>
       <c r="W23" t="s">
         <v>296</v>
       </c>
       <c r="X23" t="s">
-        <v>2765</v>
+        <v>2795</v>
       </c>
       <c r="Y23" t="s">
-        <v>2766</v>
+        <v>2796</v>
       </c>
       <c r="Z23" t="s">
+        <v>2797</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>2798</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>2799</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>2800</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>2420</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>2801</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>2802</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>2408</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>2423</v>
+      </c>
+      <c r="AI23" t="s">
+        <v>2413</v>
+      </c>
+      <c r="AJ23" t="s">
+        <v>2411</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>2743</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>2412</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>2751</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>2428</v>
+      </c>
+      <c r="AO23" t="s">
+        <v>2508</v>
+      </c>
+      <c r="AP23" t="s">
         <v>2767</v>
       </c>
-      <c r="AA23" t="s">
+      <c r="AQ23" t="s">
         <v>2768</v>
       </c>
-      <c r="AB23" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="AR23" t="s">
-        <v>2481</v>
+        <v>2511</v>
       </c>
       <c r="AS23" t="s">
-        <v>2773</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="24" spans="1:122">
       <c r="A24" t="s">
         <v>297</v>
       </c>
       <c r="B24" t="s">
         <v>298</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="F24">
         <v>1</v>
       </c>
       <c r="G24">
         <v>32078678</v>
       </c>
       <c r="H24" t="s">
@@ -16797,153 +16887,153 @@
       </c>
       <c r="O24"/>
       <c r="P24">
         <v>5</v>
       </c>
       <c r="Q24">
         <v>217</v>
       </c>
       <c r="R24" t="s">
         <v>305</v>
       </c>
       <c r="S24"/>
       <c r="T24" t="s">
         <v>306</v>
       </c>
       <c r="U24" t="s">
         <v>307</v>
       </c>
       <c r="V24" t="s">
         <v>36</v>
       </c>
       <c r="W24" t="s">
         <v>308</v>
       </c>
       <c r="X24" t="s">
-        <v>2774</v>
+        <v>2804</v>
       </c>
       <c r="Y24" t="s">
-        <v>2775</v>
+        <v>2805</v>
       </c>
       <c r="Z24" t="s">
-        <v>2776</v>
+        <v>2806</v>
       </c>
       <c r="AA24" t="s">
-        <v>2777</v>
+        <v>2807</v>
       </c>
       <c r="AB24" t="s">
-        <v>2778</v>
+        <v>2808</v>
       </c>
       <c r="AC24" t="s">
-        <v>2779</v>
+        <v>2809</v>
       </c>
       <c r="AD24" t="s">
-        <v>2780</v>
+        <v>2810</v>
       </c>
       <c r="AE24" t="s">
-        <v>2781</v>
+        <v>2811</v>
       </c>
       <c r="AF24" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AG24" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AH24" t="s">
-        <v>2771</v>
+        <v>2801</v>
       </c>
       <c r="AI24" t="s">
-        <v>2782</v>
+        <v>2812</v>
       </c>
       <c r="AJ24" t="s">
-        <v>2683</v>
+        <v>2713</v>
       </c>
       <c r="AK24" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="AL24" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AM24" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AN24" t="s">
-        <v>2783</v>
+        <v>2813</v>
       </c>
       <c r="AO24" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AP24" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AQ24" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AR24" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AS24" t="s">
-        <v>2553</v>
+        <v>2583</v>
       </c>
       <c r="AT24" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AU24" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AV24" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AW24" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="AX24" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="AY24" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="AZ24" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="BA24" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="BB24" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="BC24" t="s">
-        <v>2738</v>
+        <v>2768</v>
       </c>
       <c r="BD24" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
       <c r="BE24" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="BF24" t="s">
-        <v>2785</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="25" spans="1:122">
       <c r="A25" t="s">
         <v>309</v>
       </c>
       <c r="B25" t="s">
         <v>310</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25" t="s">
         <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="F25">
         <v>1</v>
       </c>
       <c r="G25">
         <v>33619376</v>
       </c>
       <c r="H25" t="s">
@@ -16969,126 +17059,126 @@
         <v>316</v>
       </c>
       <c r="P25">
         <v>2</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25" t="s">
         <v>317</v>
       </c>
       <c r="S25"/>
       <c r="T25" t="s">
         <v>318</v>
       </c>
       <c r="U25" t="s">
         <v>319</v>
       </c>
       <c r="V25" t="s">
         <v>36</v>
       </c>
       <c r="W25" t="s">
         <v>320</v>
       </c>
       <c r="X25" t="s">
-        <v>2786</v>
+        <v>2816</v>
       </c>
       <c r="Y25" t="s">
-        <v>2787</v>
+        <v>2817</v>
       </c>
       <c r="Z25" t="s">
-        <v>2788</v>
+        <v>2818</v>
       </c>
       <c r="AA25" t="s">
-        <v>2789</v>
+        <v>2819</v>
       </c>
       <c r="AB25" t="s">
-        <v>2790</v>
+        <v>2820</v>
       </c>
       <c r="AC25" t="s">
-        <v>2791</v>
+        <v>2821</v>
       </c>
       <c r="AD25" t="s">
-        <v>2792</v>
+        <v>2822</v>
       </c>
       <c r="AE25" t="s">
-        <v>2793</v>
+        <v>2823</v>
       </c>
       <c r="AF25" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AG25" t="s">
-        <v>2794</v>
+        <v>2824</v>
       </c>
       <c r="AH25" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="AI25" t="s">
-        <v>2795</v>
+        <v>2825</v>
       </c>
       <c r="AJ25" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AK25" t="s">
-        <v>2796</v>
+        <v>2826</v>
       </c>
       <c r="AL25" t="s">
-        <v>2797</v>
+        <v>2827</v>
       </c>
       <c r="AM25" t="s">
-        <v>2798</v>
+        <v>2828</v>
       </c>
       <c r="AN25" t="s">
-        <v>2799</v>
+        <v>2829</v>
       </c>
       <c r="AO25" t="s">
-        <v>2800</v>
+        <v>2830</v>
       </c>
       <c r="AP25" t="s">
-        <v>2609</v>
+        <v>2639</v>
       </c>
       <c r="AQ25" t="s">
-        <v>2801</v>
+        <v>2831</v>
       </c>
       <c r="AR25" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AS25" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AT25" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AU25" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AV25" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AW25" t="s">
-        <v>2802</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="26" spans="1:122">
       <c r="A26" t="s">
         <v>321</v>
       </c>
       <c r="B26" t="s">
         <v>322</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26">
         <v>33606969</v>
       </c>
       <c r="H26" t="s">
@@ -17116,87 +17206,87 @@
         <v>329</v>
       </c>
       <c r="P26">
         <v>7</v>
       </c>
       <c r="Q26">
         <v>109</v>
       </c>
       <c r="R26" t="s">
         <v>325</v>
       </c>
       <c r="S26"/>
       <c r="T26" t="s">
         <v>330</v>
       </c>
       <c r="U26" t="s">
         <v>331</v>
       </c>
       <c r="V26" t="s">
         <v>36</v>
       </c>
       <c r="W26" t="s">
         <v>332</v>
       </c>
       <c r="X26" t="s">
-        <v>2803</v>
+        <v>2833</v>
       </c>
       <c r="Y26" t="s">
-        <v>2804</v>
+        <v>2834</v>
       </c>
       <c r="Z26" t="s">
-        <v>2805</v>
+        <v>2835</v>
       </c>
       <c r="AA26" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB26" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="AC26" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AD26" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AE26" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AF26" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AG26" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AH26" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AI26" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AJ26" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="27" spans="1:122">
       <c r="A27" t="s">
         <v>333</v>
       </c>
       <c r="B27" t="s">
         <v>134</v>
       </c>
       <c r="C27" t="s">
         <v>277</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27">
         <v>33357244</v>
       </c>
       <c r="H27" t="s">
@@ -17224,132 +17314,132 @@
         <v>224</v>
       </c>
       <c r="P27">
         <v>1</v>
       </c>
       <c r="Q27">
         <v>8</v>
       </c>
       <c r="R27" t="s">
         <v>339</v>
       </c>
       <c r="S27"/>
       <c r="T27" t="s">
         <v>340</v>
       </c>
       <c r="U27" t="s">
         <v>341</v>
       </c>
       <c r="V27" t="s">
         <v>342</v>
       </c>
       <c r="W27" t="s">
         <v>343</v>
       </c>
       <c r="X27" t="s">
-        <v>2806</v>
+        <v>2836</v>
       </c>
       <c r="Y27" t="s">
-        <v>2807</v>
+        <v>2837</v>
       </c>
       <c r="Z27" t="s">
-        <v>2808</v>
+        <v>2838</v>
       </c>
       <c r="AA27" t="s">
-        <v>2809</v>
+        <v>2839</v>
       </c>
       <c r="AB27" t="s">
-        <v>2810</v>
+        <v>2840</v>
       </c>
       <c r="AC27" t="s">
-        <v>2811</v>
+        <v>2841</v>
       </c>
       <c r="AD27" t="s">
-        <v>2812</v>
+        <v>2842</v>
       </c>
       <c r="AE27" t="s">
-        <v>2813</v>
+        <v>2843</v>
       </c>
       <c r="AF27" t="s">
-        <v>2814</v>
+        <v>2844</v>
       </c>
       <c r="AG27" t="s">
-        <v>2815</v>
+        <v>2845</v>
       </c>
       <c r="AH27" t="s">
-        <v>2816</v>
+        <v>2846</v>
       </c>
       <c r="AI27" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AJ27" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AK27" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="AL27" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AM27" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AN27" t="s">
-        <v>2817</v>
+        <v>2847</v>
       </c>
       <c r="AO27" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AP27" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AQ27" t="s">
-        <v>2818</v>
+        <v>2848</v>
       </c>
       <c r="AR27" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AS27" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AT27" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AU27" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AV27" t="s">
-        <v>2558</v>
+        <v>2588</v>
       </c>
       <c r="AW27" t="s">
-        <v>2819</v>
+        <v>2849</v>
       </c>
       <c r="AX27" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="AY27" t="s">
-        <v>2821</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="28" spans="1:122">
       <c r="A28" t="s">
         <v>344</v>
       </c>
       <c r="B28" t="s">
         <v>134</v>
       </c>
       <c r="C28" t="s">
         <v>277</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>345</v>
       </c>
       <c r="F28">
         <v>1</v>
       </c>
       <c r="G28">
         <v>32702337</v>
       </c>
       <c r="H28" t="s">
@@ -17377,102 +17467,102 @@
         <v>352</v>
       </c>
       <c r="P28">
         <v>8</v>
       </c>
       <c r="Q28">
         <v>19</v>
       </c>
       <c r="R28" t="s">
         <v>353</v>
       </c>
       <c r="S28"/>
       <c r="T28" t="s">
         <v>354</v>
       </c>
       <c r="U28" t="s">
         <v>355</v>
       </c>
       <c r="V28" t="s">
         <v>356</v>
       </c>
       <c r="W28" t="s">
         <v>357</v>
       </c>
       <c r="X28" t="s">
-        <v>2657</v>
+        <v>2687</v>
       </c>
       <c r="Y28" t="s">
-        <v>2658</v>
+        <v>2688</v>
       </c>
       <c r="Z28" t="s">
-        <v>2822</v>
+        <v>2852</v>
       </c>
       <c r="AA28" t="s">
-        <v>2659</v>
+        <v>2689</v>
       </c>
       <c r="AB28" t="s">
-        <v>2660</v>
+        <v>2690</v>
       </c>
       <c r="AC28" t="s">
-        <v>2661</v>
+        <v>2691</v>
       </c>
       <c r="AD28" t="s">
-        <v>2662</v>
+        <v>2692</v>
       </c>
       <c r="AE28" t="s">
-        <v>2663</v>
+        <v>2693</v>
       </c>
       <c r="AF28" t="s">
-        <v>2664</v>
+        <v>2694</v>
       </c>
       <c r="AG28" t="s">
-        <v>2665</v>
+        <v>2695</v>
       </c>
       <c r="AH28" t="s">
-        <v>2667</v>
+        <v>2697</v>
       </c>
       <c r="AI28" t="s">
-        <v>2668</v>
+        <v>2698</v>
       </c>
       <c r="AJ28" t="s">
-        <v>2823</v>
+        <v>2853</v>
       </c>
       <c r="AK28" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AL28" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AM28" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AN28" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AO28" t="s">
-        <v>2824</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="29" spans="1:122">
       <c r="A29" t="s">
         <v>358</v>
       </c>
       <c r="B29" t="s">
         <v>359</v>
       </c>
       <c r="C29" t="s">
         <v>277</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29">
         <v>32577755</v>
       </c>
       <c r="H29" t="s">
@@ -17500,93 +17590,93 @@
         <v>363</v>
       </c>
       <c r="P29">
         <v>7</v>
       </c>
       <c r="Q29">
         <v>143</v>
       </c>
       <c r="R29" t="s">
         <v>221</v>
       </c>
       <c r="S29"/>
       <c r="T29" t="s">
         <v>364</v>
       </c>
       <c r="U29" t="s">
         <v>365</v>
       </c>
       <c r="V29" t="s">
         <v>366</v>
       </c>
       <c r="W29" t="s">
         <v>367</v>
       </c>
       <c r="X29" t="s">
-        <v>2825</v>
+        <v>2855</v>
       </c>
       <c r="Y29" t="s">
-        <v>2826</v>
+        <v>2856</v>
       </c>
       <c r="Z29" t="s">
-        <v>2827</v>
+        <v>2857</v>
       </c>
       <c r="AA29" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB29" t="s">
-        <v>2828</v>
+        <v>2858</v>
       </c>
       <c r="AC29" t="s">
-        <v>2829</v>
+        <v>2859</v>
       </c>
       <c r="AD29" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AE29" t="s">
-        <v>2750</v>
+        <v>2780</v>
       </c>
       <c r="AF29" t="s">
-        <v>2830</v>
+        <v>2860</v>
       </c>
       <c r="AG29" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AH29" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AI29" t="s">
-        <v>2831</v>
+        <v>2861</v>
       </c>
       <c r="AJ29" t="s">
-        <v>2480</v>
+        <v>2510</v>
       </c>
       <c r="AK29" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="AL29" t="s">
-        <v>2832</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="30" spans="1:122">
       <c r="A30" t="s">
         <v>368</v>
       </c>
       <c r="B30" t="s">
         <v>369</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30">
         <v>32419025</v>
       </c>
       <c r="H30" t="s">
@@ -17614,87 +17704,87 @@
         <v>373</v>
       </c>
       <c r="P30">
         <v>5</v>
       </c>
       <c r="Q30">
         <v>143</v>
       </c>
       <c r="R30" t="s">
         <v>221</v>
       </c>
       <c r="S30"/>
       <c r="T30" t="s">
         <v>374</v>
       </c>
       <c r="U30" t="s">
         <v>375</v>
       </c>
       <c r="V30" t="s">
         <v>376</v>
       </c>
       <c r="W30" t="s">
         <v>377</v>
       </c>
       <c r="X30" t="s">
-        <v>2833</v>
+        <v>2863</v>
       </c>
       <c r="Y30" t="s">
-        <v>2834</v>
+        <v>2864</v>
       </c>
       <c r="Z30" t="s">
-        <v>2835</v>
+        <v>2865</v>
       </c>
       <c r="AA30" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB30" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AC30" t="s">
-        <v>2836</v>
+        <v>2866</v>
       </c>
       <c r="AD30" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AE30" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AF30" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AG30" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AH30" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AI30" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
       <c r="AJ30" t="s">
-        <v>2837</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="31" spans="1:122">
       <c r="A31" t="s">
         <v>378</v>
       </c>
       <c r="B31" t="s">
         <v>39</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31">
         <v>33564132</v>
       </c>
       <c r="H31" t="s">
@@ -17716,135 +17806,135 @@
         <v>45</v>
       </c>
       <c r="N31" t="s">
         <v>381</v>
       </c>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31" t="s">
         <v>47</v>
       </c>
       <c r="S31"/>
       <c r="T31" t="s">
         <v>382</v>
       </c>
       <c r="U31" t="s">
         <v>250</v>
       </c>
       <c r="V31" t="s">
         <v>50</v>
       </c>
       <c r="W31" t="s">
         <v>383</v>
       </c>
       <c r="X31" t="s">
-        <v>2838</v>
+        <v>2868</v>
       </c>
       <c r="Y31" t="s">
-        <v>2839</v>
+        <v>2869</v>
       </c>
       <c r="Z31" t="s">
-        <v>2840</v>
+        <v>2870</v>
       </c>
       <c r="AA31" t="s">
-        <v>2841</v>
+        <v>2871</v>
       </c>
       <c r="AB31" t="s">
-        <v>2842</v>
+        <v>2872</v>
       </c>
       <c r="AC31" t="s">
-        <v>2843</v>
+        <v>2873</v>
       </c>
       <c r="AD31" t="s">
-        <v>2743</v>
+        <v>2773</v>
       </c>
       <c r="AE31" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AF31" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AG31" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AH31" t="s">
-        <v>2844</v>
+        <v>2874</v>
       </c>
       <c r="AI31" t="s">
-        <v>2845</v>
+        <v>2875</v>
       </c>
       <c r="AJ31" t="s">
-        <v>2846</v>
+        <v>2876</v>
       </c>
       <c r="AK31" t="s">
-        <v>2602</v>
+        <v>2632</v>
       </c>
       <c r="AL31" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="AM31" t="s">
-        <v>2847</v>
+        <v>2877</v>
       </c>
       <c r="AN31" t="s">
-        <v>2848</v>
+        <v>2878</v>
       </c>
       <c r="AO31" t="s">
-        <v>2849</v>
+        <v>2879</v>
       </c>
       <c r="AP31" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AQ31" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AR31" t="s">
-        <v>2679</v>
+        <v>2709</v>
       </c>
       <c r="AS31" t="s">
-        <v>2613</v>
+        <v>2643</v>
       </c>
       <c r="AT31" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="AU31" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AV31" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="AW31" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
       <c r="AX31" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AY31" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AZ31" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="32" spans="1:122">
       <c r="A32" t="s">
         <v>384</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
       <c r="C32" t="s">
         <v>96</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32">
         <v>33128105</v>
       </c>
       <c r="H32" t="s">
@@ -17872,96 +17962,96 @@
         <v>391</v>
       </c>
       <c r="P32">
         <v>6</v>
       </c>
       <c r="Q32">
         <v>78</v>
       </c>
       <c r="R32" t="s">
         <v>392</v>
       </c>
       <c r="S32"/>
       <c r="T32" t="s">
         <v>393</v>
       </c>
       <c r="U32" t="s">
         <v>394</v>
       </c>
       <c r="V32" t="s">
         <v>105</v>
       </c>
       <c r="W32" t="s">
         <v>395</v>
       </c>
       <c r="X32" t="s">
-        <v>2850</v>
+        <v>2880</v>
       </c>
       <c r="Y32" t="s">
-        <v>2851</v>
+        <v>2881</v>
       </c>
       <c r="Z32" t="s">
-        <v>2852</v>
+        <v>2882</v>
       </c>
       <c r="AA32" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB32" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AC32" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AD32" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AE32" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AF32" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AG32" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AH32" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AI32" t="s">
-        <v>2853</v>
+        <v>2883</v>
       </c>
       <c r="AJ32" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AK32" t="s">
-        <v>2854</v>
+        <v>2884</v>
       </c>
       <c r="AL32" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AM32" t="s">
-        <v>2855</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="33" spans="1:122">
       <c r="A33" t="s">
         <v>396</v>
       </c>
       <c r="B33" t="s">
         <v>192</v>
       </c>
       <c r="C33" t="s">
         <v>193</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>397</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33">
         <v>33377119</v>
       </c>
       <c r="H33" t="s">
@@ -17987,90 +18077,90 @@
         <v>100232</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
         <v>1</v>
       </c>
       <c r="R33" t="s">
         <v>403</v>
       </c>
       <c r="S33"/>
       <c r="T33" t="s">
         <v>199</v>
       </c>
       <c r="U33" t="s">
         <v>200</v>
       </c>
       <c r="V33" t="s">
         <v>201</v>
       </c>
       <c r="W33" t="s">
         <v>404</v>
       </c>
       <c r="X33" t="s">
-        <v>2856</v>
+        <v>2886</v>
       </c>
       <c r="Y33" t="s">
-        <v>2857</v>
+        <v>2887</v>
       </c>
       <c r="Z33" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AA33" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AB33" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AC33" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AD33" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AE33" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AF33" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AG33" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AH33" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AI33" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
       <c r="AJ33" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="AK33" t="s">
-        <v>2858</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="34" spans="1:122">
       <c r="A34" t="s">
         <v>405</v>
       </c>
       <c r="B34" t="s">
         <v>406</v>
       </c>
       <c r="C34" t="s">
         <v>407</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>34019380</v>
       </c>
       <c r="H34" t="s">
@@ -18092,114 +18182,114 @@
         <v>412</v>
       </c>
       <c r="N34" t="s">
         <v>413</v>
       </c>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34" t="s">
         <v>410</v>
       </c>
       <c r="S34"/>
       <c r="T34" t="s">
         <v>414</v>
       </c>
       <c r="U34" t="s">
         <v>415</v>
       </c>
       <c r="V34" t="s">
         <v>416</v>
       </c>
       <c r="W34" t="s">
         <v>417</v>
       </c>
       <c r="X34" t="s">
-        <v>2859</v>
+        <v>2889</v>
       </c>
       <c r="Y34" t="s">
-        <v>2860</v>
+        <v>2890</v>
       </c>
       <c r="Z34" t="s">
-        <v>2861</v>
+        <v>2891</v>
       </c>
       <c r="AA34" t="s">
-        <v>2862</v>
+        <v>2892</v>
       </c>
       <c r="AB34" t="s">
-        <v>2863</v>
+        <v>2893</v>
       </c>
       <c r="AC34" t="s">
-        <v>2864</v>
+        <v>2894</v>
       </c>
       <c r="AD34" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AE34" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AF34" t="s">
-        <v>2866</v>
+        <v>2896</v>
       </c>
       <c r="AG34" t="s">
-        <v>2867</v>
+        <v>2897</v>
       </c>
       <c r="AH34" t="s">
-        <v>2868</v>
+        <v>2898</v>
       </c>
       <c r="AI34" t="s">
-        <v>2869</v>
+        <v>2899</v>
       </c>
       <c r="AJ34" t="s">
-        <v>2870</v>
+        <v>2900</v>
       </c>
       <c r="AK34" t="s">
-        <v>2871</v>
+        <v>2901</v>
       </c>
       <c r="AL34" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AM34" t="s">
-        <v>2872</v>
+        <v>2902</v>
       </c>
       <c r="AN34" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AO34" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AP34" t="s">
-        <v>2873</v>
+        <v>2903</v>
       </c>
       <c r="AQ34" t="s">
-        <v>2874</v>
+        <v>2904</v>
       </c>
       <c r="AR34" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="AS34" t="s">
-        <v>2875</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="35" spans="1:122">
       <c r="A35" t="s">
         <v>418</v>
       </c>
       <c r="B35" t="s">
         <v>204</v>
       </c>
       <c r="C35" t="s">
         <v>205</v>
       </c>
       <c r="D35" t="s">
         <v>67</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="F35">
         <v>1</v>
       </c>
       <c r="G35">
         <v>34037669</v>
       </c>
       <c r="H35" t="s">
@@ -18225,138 +18315,138 @@
       </c>
       <c r="O35"/>
       <c r="P35">
         <v>8</v>
       </c>
       <c r="Q35">
         <v>218</v>
       </c>
       <c r="R35" t="s">
         <v>305</v>
       </c>
       <c r="S35"/>
       <c r="T35" t="s">
         <v>422</v>
       </c>
       <c r="U35" t="s">
         <v>423</v>
       </c>
       <c r="V35" t="s">
         <v>214</v>
       </c>
       <c r="W35" t="s">
         <v>424</v>
       </c>
       <c r="X35" t="s">
-        <v>2876</v>
+        <v>2906</v>
       </c>
       <c r="Y35" t="s">
-        <v>2877</v>
+        <v>2907</v>
       </c>
       <c r="Z35" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA35" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB35" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
       <c r="AC35" t="s">
-        <v>2878</v>
+        <v>2908</v>
       </c>
       <c r="AD35" t="s">
-        <v>2704</v>
+        <v>2734</v>
       </c>
       <c r="AE35" t="s">
-        <v>2879</v>
+        <v>2909</v>
       </c>
       <c r="AF35" t="s">
-        <v>2880</v>
+        <v>2910</v>
       </c>
       <c r="AG35" t="s">
-        <v>2493</v>
+        <v>2523</v>
       </c>
       <c r="AH35" t="s">
-        <v>2881</v>
+        <v>2911</v>
       </c>
       <c r="AI35" t="s">
-        <v>2882</v>
+        <v>2912</v>
       </c>
       <c r="AJ35" t="s">
-        <v>2883</v>
+        <v>2913</v>
       </c>
       <c r="AK35" t="s">
-        <v>2884</v>
+        <v>2914</v>
       </c>
       <c r="AL35" t="s">
-        <v>2885</v>
+        <v>2915</v>
       </c>
       <c r="AM35" t="s">
-        <v>2886</v>
+        <v>2916</v>
       </c>
       <c r="AN35" t="s">
-        <v>2490</v>
+        <v>2520</v>
       </c>
       <c r="AO35" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AP35" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AQ35" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AR35" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AS35" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AT35" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AU35" t="s">
-        <v>2887</v>
+        <v>2917</v>
       </c>
       <c r="AV35" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AW35" t="s">
-        <v>2888</v>
+        <v>2918</v>
       </c>
       <c r="AX35" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="AY35" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AZ35" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
       <c r="BA35" t="s">
-        <v>2889</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="36" spans="1:122">
       <c r="A36" t="s">
         <v>425</v>
       </c>
       <c r="B36" t="s">
         <v>426</v>
       </c>
       <c r="C36" t="s">
         <v>427</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>397</v>
       </c>
       <c r="F36">
         <v>1</v>
       </c>
       <c r="G36">
         <v>34159323</v>
       </c>
       <c r="H36" t="s">
@@ -18382,87 +18472,87 @@
         <v>100590</v>
       </c>
       <c r="P36">
         <v>2</v>
       </c>
       <c r="Q36">
         <v>2</v>
       </c>
       <c r="R36" t="s">
         <v>403</v>
       </c>
       <c r="S36"/>
       <c r="T36" t="s">
         <v>431</v>
       </c>
       <c r="U36" t="s">
         <v>432</v>
       </c>
       <c r="V36" t="s">
         <v>433</v>
       </c>
       <c r="W36" t="s">
         <v>434</v>
       </c>
       <c r="X36" t="s">
-        <v>2890</v>
+        <v>2920</v>
       </c>
       <c r="Y36" t="s">
-        <v>2891</v>
+        <v>2921</v>
       </c>
       <c r="Z36" t="s">
-        <v>2804</v>
+        <v>2834</v>
       </c>
       <c r="AA36" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB36" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AC36" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AD36" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AE36" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AF36" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AG36" t="s">
-        <v>2584</v>
+        <v>2614</v>
       </c>
       <c r="AH36" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AI36" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="AJ36" t="s">
-        <v>2892</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="37" spans="1:122">
       <c r="A37" t="s">
         <v>435</v>
       </c>
       <c r="B37" t="s">
         <v>436</v>
       </c>
       <c r="C37" t="s">
         <v>437</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37">
         <v>34137074</v>
       </c>
       <c r="H37" t="s">
@@ -18484,108 +18574,108 @@
         <v>442</v>
       </c>
       <c r="N37" t="s">
         <v>443</v>
       </c>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37" t="s">
         <v>440</v>
       </c>
       <c r="S37"/>
       <c r="T37" t="s">
         <v>444</v>
       </c>
       <c r="U37" t="s">
         <v>445</v>
       </c>
       <c r="V37" t="s">
         <v>287</v>
       </c>
       <c r="W37" t="s">
         <v>446</v>
       </c>
       <c r="X37" t="s">
-        <v>2893</v>
+        <v>2923</v>
       </c>
       <c r="Y37" t="s">
-        <v>2894</v>
+        <v>2924</v>
       </c>
       <c r="Z37" t="s">
-        <v>2895</v>
+        <v>2925</v>
       </c>
       <c r="AA37" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB37" t="s">
-        <v>2896</v>
+        <v>2926</v>
       </c>
       <c r="AC37" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AD37" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="AE37" t="s">
-        <v>2897</v>
+        <v>2927</v>
       </c>
       <c r="AF37" t="s">
-        <v>2750</v>
+        <v>2780</v>
       </c>
       <c r="AG37" t="s">
-        <v>2898</v>
+        <v>2928</v>
       </c>
       <c r="AH37" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AI37" t="s">
-        <v>2899</v>
+        <v>2929</v>
       </c>
       <c r="AJ37" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AK37" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AL37" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="AM37" t="s">
-        <v>2900</v>
+        <v>2930</v>
       </c>
       <c r="AN37" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AO37" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AP37" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="AQ37" t="s">
-        <v>2819</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="38" spans="1:122">
       <c r="A38" t="s">
         <v>447</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>345</v>
       </c>
       <c r="F38">
         <v>2</v>
       </c>
       <c r="G38">
         <v>34389362</v>
       </c>
       <c r="H38" t="s">
@@ -18611,63 +18701,63 @@
       </c>
       <c r="O38">
         <v>113839</v>
       </c>
       <c r="P38"/>
       <c r="Q38">
         <v>345</v>
       </c>
       <c r="R38" t="s">
         <v>454</v>
       </c>
       <c r="S38"/>
       <c r="T38" t="s">
         <v>455</v>
       </c>
       <c r="U38" t="s">
         <v>456</v>
       </c>
       <c r="V38" t="s">
         <v>105</v>
       </c>
       <c r="W38" t="s">
         <v>457</v>
       </c>
       <c r="X38" t="s">
-        <v>2901</v>
+        <v>2931</v>
       </c>
       <c r="Y38" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="Z38" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AA38" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AB38" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="39" spans="1:122">
       <c r="A39" t="s">
         <v>458</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>40</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="F39">
         <v>1</v>
       </c>
       <c r="G39">
         <v>34331009</v>
       </c>
       <c r="H39" t="s">
@@ -18689,87 +18779,87 @@
         <v>45</v>
       </c>
       <c r="N39" t="s">
         <v>461</v>
       </c>
       <c r="O39"/>
       <c r="P39"/>
       <c r="Q39"/>
       <c r="R39" t="s">
         <v>47</v>
       </c>
       <c r="S39"/>
       <c r="T39" t="s">
         <v>462</v>
       </c>
       <c r="U39" t="s">
         <v>463</v>
       </c>
       <c r="V39" t="s">
         <v>50</v>
       </c>
       <c r="W39" t="s">
         <v>464</v>
       </c>
       <c r="X39" t="s">
-        <v>2902</v>
+        <v>2932</v>
       </c>
       <c r="Y39" t="s">
-        <v>2903</v>
+        <v>2933</v>
       </c>
       <c r="Z39" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AA39" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AB39" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AC39" t="s">
-        <v>2904</v>
+        <v>2934</v>
       </c>
       <c r="AD39" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="AE39" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AF39" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="AG39" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AH39" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AI39" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AJ39" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="40" spans="1:122">
       <c r="A40" t="s">
         <v>465</v>
       </c>
       <c r="B40" t="s">
         <v>39</v>
       </c>
       <c r="C40" t="s">
         <v>40</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="F40">
         <v>1</v>
       </c>
       <c r="G40">
         <v>34433021</v>
       </c>
       <c r="H40" t="s">
@@ -18797,120 +18887,120 @@
         <v>109548</v>
       </c>
       <c r="P40">
         <v>8</v>
       </c>
       <c r="Q40">
         <v>36</v>
       </c>
       <c r="R40" t="s">
         <v>237</v>
       </c>
       <c r="S40"/>
       <c r="T40" t="s">
         <v>469</v>
       </c>
       <c r="U40" t="s">
         <v>470</v>
       </c>
       <c r="V40" t="s">
         <v>50</v>
       </c>
       <c r="W40" t="s">
         <v>471</v>
       </c>
       <c r="X40" t="s">
-        <v>2905</v>
+        <v>2935</v>
       </c>
       <c r="Y40" t="s">
-        <v>2906</v>
+        <v>2936</v>
       </c>
       <c r="Z40" t="s">
-        <v>2907</v>
+        <v>2937</v>
       </c>
       <c r="AA40" t="s">
-        <v>2743</v>
+        <v>2773</v>
       </c>
       <c r="AB40" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AC40" t="s">
-        <v>2846</v>
+        <v>2876</v>
       </c>
       <c r="AD40" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="AE40" t="s">
-        <v>2908</v>
+        <v>2938</v>
       </c>
       <c r="AF40" t="s">
-        <v>2847</v>
+        <v>2877</v>
       </c>
       <c r="AG40" t="s">
-        <v>2909</v>
+        <v>2939</v>
       </c>
       <c r="AH40" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AI40" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AJ40" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AK40" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AL40" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AM40" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AN40" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AO40" t="s">
-        <v>2479</v>
+        <v>2509</v>
       </c>
       <c r="AP40" t="s">
-        <v>2614</v>
+        <v>2644</v>
       </c>
       <c r="AQ40" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AR40" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="AS40" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="AT40" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="AU40" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="41" spans="1:122">
       <c r="A41" t="s">
         <v>472</v>
       </c>
       <c r="B41" t="s">
         <v>322</v>
       </c>
       <c r="C41" t="s">
         <v>66</v>
       </c>
       <c r="D41" t="s">
         <v>67</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
       <c r="F41">
         <v>1</v>
       </c>
       <c r="G41">
         <v>34424266</v>
       </c>
       <c r="H41" t="s">
@@ -18936,90 +19026,90 @@
       </c>
       <c r="O41"/>
       <c r="P41">
         <v>10</v>
       </c>
       <c r="Q41">
         <v>218</v>
       </c>
       <c r="R41" t="s">
         <v>305</v>
       </c>
       <c r="S41"/>
       <c r="T41" t="s">
         <v>476</v>
       </c>
       <c r="U41" t="s">
         <v>477</v>
       </c>
       <c r="V41" t="s">
         <v>36</v>
       </c>
       <c r="W41" t="s">
         <v>478</v>
       </c>
       <c r="X41" t="s">
-        <v>2911</v>
+        <v>2941</v>
       </c>
       <c r="Y41" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="Z41" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="AA41" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AB41" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AC41" t="s">
-        <v>2912</v>
+        <v>2942</v>
       </c>
       <c r="AD41" t="s">
-        <v>2913</v>
+        <v>2943</v>
       </c>
       <c r="AE41" t="s">
-        <v>2794</v>
+        <v>2824</v>
       </c>
       <c r="AF41" t="s">
-        <v>2914</v>
+        <v>2944</v>
       </c>
       <c r="AG41" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AH41" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AI41" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AJ41" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AK41" t="s">
-        <v>2915</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="42" spans="1:122">
       <c r="A42" t="s">
         <v>479</v>
       </c>
       <c r="B42" t="s">
         <v>480</v>
       </c>
       <c r="C42" t="s">
         <v>481</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="F42">
         <v>1</v>
       </c>
       <c r="G42">
         <v>34534440</v>
       </c>
       <c r="H42" t="s">
@@ -19041,156 +19131,156 @@
         <v>486</v>
       </c>
       <c r="N42" t="s">
         <v>487</v>
       </c>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42" t="s">
         <v>488</v>
       </c>
       <c r="S42"/>
       <c r="T42" t="s">
         <v>489</v>
       </c>
       <c r="U42" t="s">
         <v>490</v>
       </c>
       <c r="V42" t="s">
         <v>491</v>
       </c>
       <c r="W42" t="s">
         <v>492</v>
       </c>
       <c r="X42" t="s">
-        <v>2916</v>
+        <v>2946</v>
       </c>
       <c r="Y42" t="s">
-        <v>2917</v>
+        <v>2947</v>
       </c>
       <c r="Z42" t="s">
-        <v>2918</v>
+        <v>2948</v>
       </c>
       <c r="AA42" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AB42" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AC42" t="s">
-        <v>2648</v>
+        <v>2678</v>
       </c>
       <c r="AD42" t="s">
-        <v>2919</v>
+        <v>2949</v>
       </c>
       <c r="AE42" t="s">
-        <v>2920</v>
+        <v>2950</v>
       </c>
       <c r="AF42" t="s">
-        <v>2921</v>
+        <v>2951</v>
       </c>
       <c r="AG42" t="s">
-        <v>2922</v>
+        <v>2952</v>
       </c>
       <c r="AH42" t="s">
-        <v>2923</v>
+        <v>2953</v>
       </c>
       <c r="AI42" t="s">
-        <v>2924</v>
+        <v>2954</v>
       </c>
       <c r="AJ42" t="s">
-        <v>2925</v>
+        <v>2955</v>
       </c>
       <c r="AK42" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AL42" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AM42" t="s">
-        <v>2478</v>
+        <v>2508</v>
       </c>
       <c r="AN42" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AO42" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AP42" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AQ42" t="s">
-        <v>2926</v>
+        <v>2956</v>
       </c>
       <c r="AR42" t="s">
-        <v>2927</v>
+        <v>2957</v>
       </c>
       <c r="AS42" t="s">
-        <v>2928</v>
+        <v>2958</v>
       </c>
       <c r="AT42" t="s">
-        <v>2929</v>
+        <v>2959</v>
       </c>
       <c r="AU42" t="s">
-        <v>2930</v>
+        <v>2960</v>
       </c>
       <c r="AV42" t="s">
-        <v>2931</v>
+        <v>2961</v>
       </c>
       <c r="AW42" t="s">
-        <v>2932</v>
+        <v>2962</v>
       </c>
       <c r="AX42" t="s">
-        <v>2933</v>
+        <v>2963</v>
       </c>
       <c r="AY42" t="s">
-        <v>2934</v>
+        <v>2964</v>
       </c>
       <c r="AZ42" t="s">
-        <v>2935</v>
+        <v>2965</v>
       </c>
       <c r="BA42" t="s">
-        <v>2936</v>
+        <v>2966</v>
       </c>
       <c r="BB42" t="s">
-        <v>2937</v>
+        <v>2967</v>
       </c>
       <c r="BC42" t="s">
-        <v>2938</v>
+        <v>2968</v>
       </c>
       <c r="BD42" t="s">
-        <v>2939</v>
+        <v>2969</v>
       </c>
       <c r="BE42" t="s">
-        <v>2940</v>
+        <v>2970</v>
       </c>
       <c r="BF42" t="s">
-        <v>2941</v>
+        <v>2971</v>
       </c>
       <c r="BG42" t="s">
-        <v>2942</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="43" spans="1:122">
       <c r="A43" t="s">
         <v>493</v>
       </c>
       <c r="B43" t="s">
         <v>217</v>
       </c>
       <c r="C43" t="s">
         <v>218</v>
       </c>
       <c r="D43" t="s">
         <v>67</v>
       </c>
       <c r="E43" t="s">
         <v>345</v>
       </c>
       <c r="F43">
         <v>2</v>
       </c>
       <c r="G43">
         <v>34545250</v>
       </c>
       <c r="H43" t="s">
@@ -19216,84 +19306,84 @@
       </c>
       <c r="O43" t="s">
         <v>500</v>
       </c>
       <c r="P43"/>
       <c r="Q43">
         <v>22</v>
       </c>
       <c r="R43" t="s">
         <v>501</v>
       </c>
       <c r="S43"/>
       <c r="T43" t="s">
         <v>502</v>
       </c>
       <c r="U43" t="s">
         <v>503</v>
       </c>
       <c r="V43" t="s">
         <v>504</v>
       </c>
       <c r="W43" t="s">
         <v>505</v>
       </c>
       <c r="X43" t="s">
-        <v>2943</v>
+        <v>2973</v>
       </c>
       <c r="Y43" t="s">
-        <v>2944</v>
+        <v>2974</v>
       </c>
       <c r="Z43" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA43" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB43" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AC43" t="s">
-        <v>2945</v>
+        <v>2975</v>
       </c>
       <c r="AD43" t="s">
-        <v>2946</v>
+        <v>2976</v>
       </c>
       <c r="AE43" t="s">
-        <v>2947</v>
+        <v>2977</v>
       </c>
       <c r="AF43" t="s">
-        <v>2948</v>
+        <v>2978</v>
       </c>
       <c r="AG43" t="s">
-        <v>2949</v>
+        <v>2979</v>
       </c>
       <c r="AH43" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AI43" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="44" spans="1:122">
       <c r="A44" t="s">
         <v>506</v>
       </c>
       <c r="B44" t="s">
         <v>507</v>
       </c>
       <c r="C44" t="s">
         <v>40</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>345</v>
       </c>
       <c r="F44">
         <v>2</v>
       </c>
       <c r="G44">
         <v>34565332</v>
       </c>
       <c r="H44" t="s">
@@ -19319,93 +19409,93 @@
       </c>
       <c r="O44"/>
       <c r="P44">
         <v>1</v>
       </c>
       <c r="Q44">
         <v>27</v>
       </c>
       <c r="R44" t="s">
         <v>514</v>
       </c>
       <c r="S44"/>
       <c r="T44" t="s">
         <v>515</v>
       </c>
       <c r="U44" t="s">
         <v>516</v>
       </c>
       <c r="V44" t="s">
         <v>50</v>
       </c>
       <c r="W44" t="s">
         <v>517</v>
       </c>
       <c r="X44" t="s">
-        <v>2950</v>
+        <v>2980</v>
       </c>
       <c r="Y44" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="Z44" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AA44" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="AB44" t="s">
-        <v>2952</v>
+        <v>2982</v>
       </c>
       <c r="AC44" t="s">
-        <v>2953</v>
+        <v>2983</v>
       </c>
       <c r="AD44" t="s">
-        <v>2954</v>
+        <v>2984</v>
       </c>
       <c r="AE44" t="s">
-        <v>2955</v>
+        <v>2985</v>
       </c>
       <c r="AF44" t="s">
-        <v>2956</v>
+        <v>2986</v>
       </c>
       <c r="AG44" t="s">
-        <v>2957</v>
+        <v>2987</v>
       </c>
       <c r="AH44" t="s">
-        <v>2848</v>
+        <v>2878</v>
       </c>
       <c r="AI44" t="s">
-        <v>2958</v>
+        <v>2988</v>
       </c>
       <c r="AJ44" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AK44" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="AL44" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="45" spans="1:122">
       <c r="A45" t="s">
         <v>518</v>
       </c>
       <c r="B45" t="s">
         <v>519</v>
       </c>
       <c r="C45" t="s">
         <v>122</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="F45">
         <v>1</v>
       </c>
       <c r="G45">
         <v>34706241</v>
       </c>
       <c r="H45" t="s">
@@ -19433,165 +19523,165 @@
         <v>109898</v>
       </c>
       <c r="P45">
         <v>4</v>
       </c>
       <c r="Q45">
         <v>37</v>
       </c>
       <c r="R45" t="s">
         <v>237</v>
       </c>
       <c r="S45"/>
       <c r="T45" t="s">
         <v>523</v>
       </c>
       <c r="U45" t="s">
         <v>35</v>
       </c>
       <c r="V45" t="s">
         <v>36</v>
       </c>
       <c r="W45" t="s">
         <v>524</v>
       </c>
       <c r="X45" t="s">
-        <v>2959</v>
+        <v>2989</v>
       </c>
       <c r="Y45" t="s">
-        <v>2793</v>
+        <v>2823</v>
       </c>
       <c r="Z45" t="s">
-        <v>2960</v>
+        <v>2990</v>
       </c>
       <c r="AA45" t="s">
-        <v>2961</v>
+        <v>2991</v>
       </c>
       <c r="AB45" t="s">
-        <v>2962</v>
+        <v>2992</v>
       </c>
       <c r="AC45" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AD45" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="AE45" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AF45" t="s">
-        <v>2963</v>
+        <v>2993</v>
       </c>
       <c r="AG45" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AH45" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AI45" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
       <c r="AJ45" t="s">
-        <v>2964</v>
+        <v>2994</v>
       </c>
       <c r="AK45" t="s">
-        <v>2965</v>
+        <v>2995</v>
       </c>
       <c r="AL45" t="s">
-        <v>2966</v>
+        <v>2996</v>
       </c>
       <c r="AM45" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AN45" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AO45" t="s">
-        <v>2478</v>
+        <v>2508</v>
       </c>
       <c r="AP45" t="s">
-        <v>2452</v>
+        <v>2482</v>
       </c>
       <c r="AQ45" t="s">
-        <v>2453</v>
+        <v>2483</v>
       </c>
       <c r="AR45" t="s">
-        <v>2967</v>
+        <v>2997</v>
       </c>
       <c r="AS45" t="s">
-        <v>2687</v>
+        <v>2717</v>
       </c>
       <c r="AT45" t="s">
-        <v>2968</v>
+        <v>2998</v>
       </c>
       <c r="AU45" t="s">
-        <v>2969</v>
+        <v>2999</v>
       </c>
       <c r="AV45" t="s">
-        <v>2553</v>
+        <v>2583</v>
       </c>
       <c r="AW45" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AX45" t="s">
-        <v>2479</v>
+        <v>2509</v>
       </c>
       <c r="AY45" t="s">
-        <v>2413</v>
+        <v>2443</v>
       </c>
       <c r="AZ45" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="BA45" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="BB45" t="s">
-        <v>2970</v>
+        <v>3000</v>
       </c>
       <c r="BC45" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="BD45" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="BE45" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="BF45" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="BG45" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="BH45" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="BI45" t="s">
-        <v>2481</v>
+        <v>2511</v>
       </c>
       <c r="BJ45" t="s">
-        <v>2972</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="46" spans="1:122">
       <c r="A46" t="s">
         <v>525</v>
       </c>
       <c r="B46" t="s">
         <v>369</v>
       </c>
       <c r="C46" t="s">
         <v>40</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="F46">
         <v>1</v>
       </c>
       <c r="G46">
         <v>34713444</v>
       </c>
       <c r="H46" t="s">
@@ -19619,126 +19709,126 @@
         <v>532</v>
       </c>
       <c r="P46">
         <v>6</v>
       </c>
       <c r="Q46">
         <v>239</v>
       </c>
       <c r="R46" t="s">
         <v>533</v>
       </c>
       <c r="S46"/>
       <c r="T46" t="s">
         <v>534</v>
       </c>
       <c r="U46" t="s">
         <v>376</v>
       </c>
       <c r="V46" t="s">
         <v>535</v>
       </c>
       <c r="W46" t="s">
         <v>536</v>
       </c>
       <c r="X46" t="s">
-        <v>2973</v>
+        <v>3003</v>
       </c>
       <c r="Y46" t="s">
-        <v>2974</v>
+        <v>3004</v>
       </c>
       <c r="Z46" t="s">
-        <v>2975</v>
+        <v>3005</v>
       </c>
       <c r="AA46" t="s">
-        <v>2976</v>
+        <v>3006</v>
       </c>
       <c r="AB46" t="s">
-        <v>2977</v>
+        <v>3007</v>
       </c>
       <c r="AC46" t="s">
-        <v>2978</v>
+        <v>3008</v>
       </c>
       <c r="AD46" t="s">
-        <v>2979</v>
+        <v>3009</v>
       </c>
       <c r="AE46" t="s">
-        <v>2980</v>
+        <v>3010</v>
       </c>
       <c r="AF46" t="s">
-        <v>2981</v>
+        <v>3011</v>
       </c>
       <c r="AG46" t="s">
-        <v>2982</v>
+        <v>3012</v>
       </c>
       <c r="AH46" t="s">
-        <v>2983</v>
+        <v>3013</v>
       </c>
       <c r="AI46" t="s">
-        <v>2984</v>
+        <v>3014</v>
       </c>
       <c r="AJ46" t="s">
-        <v>2985</v>
+        <v>3015</v>
       </c>
       <c r="AK46" t="s">
-        <v>2986</v>
+        <v>3016</v>
       </c>
       <c r="AL46" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AM46" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AN46" t="s">
-        <v>2987</v>
+        <v>3017</v>
       </c>
       <c r="AO46" t="s">
-        <v>2836</v>
+        <v>2866</v>
       </c>
       <c r="AP46" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="AQ46" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AR46" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AS46" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AT46" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
       <c r="AU46" t="s">
-        <v>2415</v>
+        <v>2445</v>
       </c>
       <c r="AV46" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AW46" t="s">
-        <v>2989</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="47" spans="1:122">
       <c r="A47" t="s">
         <v>537</v>
       </c>
       <c r="B47" t="s">
         <v>217</v>
       </c>
       <c r="C47" t="s">
         <v>218</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="F47">
         <v>1</v>
       </c>
       <c r="G47">
         <v>34259579</v>
       </c>
       <c r="H47" t="s">
@@ -19760,78 +19850,78 @@
       <c r="N47" t="s">
         <v>542</v>
       </c>
       <c r="O47">
         <v>135245852110288</v>
       </c>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47" t="s">
         <v>543</v>
       </c>
       <c r="S47"/>
       <c r="T47" t="s">
         <v>544</v>
       </c>
       <c r="U47" t="s">
         <v>545</v>
       </c>
       <c r="V47" t="s">
         <v>546</v>
       </c>
       <c r="W47" t="s">
         <v>547</v>
       </c>
       <c r="X47" t="s">
-        <v>2990</v>
+        <v>3020</v>
       </c>
       <c r="Y47" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="Z47" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="AA47" t="s">
-        <v>2992</v>
+        <v>3022</v>
       </c>
       <c r="AB47" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AC47" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AD47" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AE47" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AF47" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AG47" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="48" spans="1:122">
       <c r="A48" t="s">
         <v>548</v>
       </c>
       <c r="B48" t="s">
         <v>549</v>
       </c>
       <c r="C48" t="s">
         <v>437</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
         <v>1</v>
       </c>
       <c r="G48">
         <v>34764281</v>
       </c>
       <c r="H48" t="s">
@@ -19857,231 +19947,231 @@
       </c>
       <c r="O48"/>
       <c r="P48">
         <v>1</v>
       </c>
       <c r="Q48">
         <v>12</v>
       </c>
       <c r="R48" t="s">
         <v>115</v>
       </c>
       <c r="S48"/>
       <c r="T48" t="s">
         <v>553</v>
       </c>
       <c r="U48" t="s">
         <v>554</v>
       </c>
       <c r="V48" t="s">
         <v>555</v>
       </c>
       <c r="W48" t="s">
         <v>556</v>
       </c>
       <c r="X48" t="s">
-        <v>2993</v>
+        <v>3023</v>
       </c>
       <c r="Y48" t="s">
-        <v>2994</v>
+        <v>3024</v>
       </c>
       <c r="Z48" t="s">
-        <v>2995</v>
+        <v>3025</v>
       </c>
       <c r="AA48" t="s">
-        <v>2996</v>
+        <v>3026</v>
       </c>
       <c r="AB48" t="s">
-        <v>2997</v>
+        <v>3027</v>
       </c>
       <c r="AC48" t="s">
-        <v>2998</v>
+        <v>3028</v>
       </c>
       <c r="AD48" t="s">
-        <v>2999</v>
+        <v>3029</v>
       </c>
       <c r="AE48" t="s">
-        <v>3000</v>
+        <v>3030</v>
       </c>
       <c r="AF48" t="s">
-        <v>3001</v>
+        <v>3031</v>
       </c>
       <c r="AG48" t="s">
-        <v>3002</v>
+        <v>3032</v>
       </c>
       <c r="AH48" t="s">
-        <v>3003</v>
+        <v>3033</v>
       </c>
       <c r="AI48" t="s">
-        <v>3004</v>
+        <v>3034</v>
       </c>
       <c r="AJ48" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AK48" t="s">
-        <v>3005</v>
+        <v>3035</v>
       </c>
       <c r="AL48" t="s">
-        <v>3006</v>
+        <v>3036</v>
       </c>
       <c r="AM48" t="s">
-        <v>3007</v>
+        <v>3037</v>
       </c>
       <c r="AN48" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AO48" t="s">
-        <v>3008</v>
+        <v>3038</v>
       </c>
       <c r="AP48" t="s">
-        <v>3009</v>
+        <v>3039</v>
       </c>
       <c r="AQ48" t="s">
-        <v>2609</v>
+        <v>2639</v>
       </c>
       <c r="AR48" t="s">
-        <v>3010</v>
+        <v>3040</v>
       </c>
       <c r="AS48" t="s">
-        <v>3011</v>
+        <v>3041</v>
       </c>
       <c r="AT48" t="s">
-        <v>3012</v>
+        <v>3042</v>
       </c>
       <c r="AU48" t="s">
-        <v>3013</v>
+        <v>3043</v>
       </c>
       <c r="AV48" t="s">
-        <v>3014</v>
+        <v>3044</v>
       </c>
       <c r="AW48" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AX48" t="s">
-        <v>2898</v>
+        <v>2928</v>
       </c>
       <c r="AY48" t="s">
-        <v>3015</v>
+        <v>3045</v>
       </c>
       <c r="AZ48" t="s">
-        <v>3016</v>
+        <v>3046</v>
       </c>
       <c r="BA48" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BB48" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BC48" t="s">
-        <v>2818</v>
+        <v>2848</v>
       </c>
       <c r="BD48" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="BE48" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="BF48" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="BG48" t="s">
-        <v>3018</v>
+        <v>3048</v>
       </c>
       <c r="BH48" t="s">
-        <v>3019</v>
+        <v>3049</v>
       </c>
       <c r="BI48" t="s">
-        <v>3020</v>
+        <v>3050</v>
       </c>
       <c r="BJ48" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BK48" t="s">
-        <v>3021</v>
+        <v>3051</v>
       </c>
       <c r="BL48" t="s">
-        <v>2652</v>
+        <v>2682</v>
       </c>
       <c r="BM48" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="BN48" t="s">
-        <v>2874</v>
+        <v>2904</v>
       </c>
       <c r="BO48" t="s">
-        <v>3022</v>
+        <v>3052</v>
       </c>
       <c r="BP48" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="BQ48" t="s">
-        <v>3023</v>
+        <v>3053</v>
       </c>
       <c r="BR48" t="s">
-        <v>3024</v>
+        <v>3054</v>
       </c>
       <c r="BS48" t="s">
-        <v>3025</v>
+        <v>3055</v>
       </c>
       <c r="BT48" t="s">
-        <v>3026</v>
+        <v>3056</v>
       </c>
       <c r="BU48" t="s">
-        <v>3027</v>
+        <v>3057</v>
       </c>
       <c r="BV48" t="s">
-        <v>3028</v>
+        <v>3058</v>
       </c>
       <c r="BW48" t="s">
-        <v>3029</v>
+        <v>3059</v>
       </c>
       <c r="BX48" t="s">
-        <v>3030</v>
+        <v>3060</v>
       </c>
       <c r="BY48" t="s">
-        <v>3031</v>
+        <v>3061</v>
       </c>
       <c r="BZ48" t="s">
-        <v>3032</v>
+        <v>3062</v>
       </c>
       <c r="CA48" t="s">
-        <v>3033</v>
+        <v>3063</v>
       </c>
       <c r="CB48" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="CC48" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
       <c r="CD48" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="CE48" t="s">
-        <v>2559</v>
+        <v>2589</v>
       </c>
       <c r="CF48" t="s">
-        <v>3034</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="49" spans="1:122">
       <c r="A49" t="s">
         <v>557</v>
       </c>
       <c r="B49" t="s">
         <v>217</v>
       </c>
       <c r="C49" t="s">
         <v>218</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>345</v>
       </c>
       <c r="F49">
         <v>2</v>
       </c>
       <c r="G49">
         <v>34325116</v>
       </c>
       <c r="H49" t="s">
@@ -20107,69 +20197,69 @@
       </c>
       <c r="O49">
         <v>155654</v>
       </c>
       <c r="P49"/>
       <c r="Q49">
         <v>146</v>
       </c>
       <c r="R49" t="s">
         <v>560</v>
       </c>
       <c r="S49"/>
       <c r="T49" t="s">
         <v>564</v>
       </c>
       <c r="U49" t="s">
         <v>227</v>
       </c>
       <c r="V49" t="s">
         <v>565</v>
       </c>
       <c r="W49" t="s">
         <v>566</v>
       </c>
       <c r="X49" t="s">
-        <v>3035</v>
+        <v>3065</v>
       </c>
       <c r="Y49" t="s">
-        <v>3036</v>
+        <v>3066</v>
       </c>
       <c r="Z49" t="s">
-        <v>3037</v>
+        <v>3067</v>
       </c>
       <c r="AA49" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB49" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AC49" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AD49" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="50" spans="1:122">
       <c r="A50" t="s">
         <v>567</v>
       </c>
       <c r="B50" t="s">
         <v>134</v>
       </c>
       <c r="C50" t="s">
         <v>66</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="F50">
         <v>1</v>
       </c>
       <c r="G50">
         <v>33078290</v>
       </c>
       <c r="H50" t="s">
@@ -20197,87 +20287,87 @@
         <v>571</v>
       </c>
       <c r="P50">
         <v>1</v>
       </c>
       <c r="Q50">
         <v>141</v>
       </c>
       <c r="R50" t="s">
         <v>89</v>
       </c>
       <c r="S50"/>
       <c r="T50" t="s">
         <v>572</v>
       </c>
       <c r="U50" t="s">
         <v>573</v>
       </c>
       <c r="V50" t="s">
         <v>287</v>
       </c>
       <c r="W50" t="s">
         <v>574</v>
       </c>
       <c r="X50" t="s">
-        <v>3038</v>
+        <v>3068</v>
       </c>
       <c r="Y50" t="s">
-        <v>3039</v>
+        <v>3069</v>
       </c>
       <c r="Z50" t="s">
-        <v>3040</v>
+        <v>3070</v>
       </c>
       <c r="AA50" t="s">
-        <v>3041</v>
+        <v>3071</v>
       </c>
       <c r="AB50" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AC50" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AD50" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AE50" t="s">
-        <v>3042</v>
+        <v>3072</v>
       </c>
       <c r="AF50" t="s">
-        <v>3043</v>
+        <v>3073</v>
       </c>
       <c r="AG50" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AH50" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AI50" t="s">
-        <v>3044</v>
+        <v>3074</v>
       </c>
       <c r="AJ50" t="s">
-        <v>3045</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="51" spans="1:122">
       <c r="A51" t="s">
         <v>575</v>
       </c>
       <c r="B51" t="s">
         <v>406</v>
       </c>
       <c r="C51" t="s">
         <v>407</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="F51">
         <v>1</v>
       </c>
       <c r="G51">
         <v>34818548</v>
       </c>
       <c r="H51" t="s">
@@ -20305,108 +20395,108 @@
         <v>110000</v>
       </c>
       <c r="P51">
         <v>8</v>
       </c>
       <c r="Q51">
         <v>37</v>
       </c>
       <c r="R51" t="s">
         <v>237</v>
       </c>
       <c r="S51"/>
       <c r="T51" t="s">
         <v>579</v>
       </c>
       <c r="U51" t="s">
         <v>580</v>
       </c>
       <c r="V51" t="s">
         <v>416</v>
       </c>
       <c r="W51" t="s">
         <v>581</v>
       </c>
       <c r="X51" t="s">
-        <v>3046</v>
+        <v>3076</v>
       </c>
       <c r="Y51" t="s">
-        <v>3047</v>
+        <v>3077</v>
       </c>
       <c r="Z51" t="s">
-        <v>3048</v>
+        <v>3078</v>
       </c>
       <c r="AA51" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB51" t="s">
-        <v>3049</v>
+        <v>3079</v>
       </c>
       <c r="AC51" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AD51" t="s">
-        <v>3050</v>
+        <v>3080</v>
       </c>
       <c r="AE51" t="s">
-        <v>3051</v>
+        <v>3081</v>
       </c>
       <c r="AF51" t="s">
-        <v>3052</v>
+        <v>3082</v>
       </c>
       <c r="AG51" t="s">
-        <v>3053</v>
+        <v>3083</v>
       </c>
       <c r="AH51" t="s">
-        <v>3054</v>
+        <v>3084</v>
       </c>
       <c r="AI51" t="s">
-        <v>3055</v>
+        <v>3085</v>
       </c>
       <c r="AJ51" t="s">
-        <v>3056</v>
+        <v>3086</v>
       </c>
       <c r="AK51" t="s">
-        <v>3057</v>
+        <v>3087</v>
       </c>
       <c r="AL51" t="s">
-        <v>3058</v>
+        <v>3088</v>
       </c>
       <c r="AM51" t="s">
-        <v>3059</v>
+        <v>3089</v>
       </c>
       <c r="AN51" t="s">
-        <v>3060</v>
+        <v>3090</v>
       </c>
       <c r="AO51" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="AP51" t="s">
-        <v>2874</v>
+        <v>2904</v>
       </c>
       <c r="AQ51" t="s">
-        <v>3061</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="52" spans="1:122">
       <c r="A52" t="s">
         <v>582</v>
       </c>
       <c r="B52" t="s">
         <v>204</v>
       </c>
       <c r="C52" t="s">
         <v>205</v>
       </c>
       <c r="D52" t="s">
         <v>67</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="F52">
         <v>1</v>
       </c>
       <c r="G52">
         <v>34807742</v>
       </c>
       <c r="H52" t="s">
@@ -20432,51 +20522,51 @@
       </c>
       <c r="O52"/>
       <c r="P52">
         <v>12</v>
       </c>
       <c r="Q52">
         <v>52</v>
       </c>
       <c r="R52" t="s">
         <v>585</v>
       </c>
       <c r="S52"/>
       <c r="T52" t="s">
         <v>589</v>
       </c>
       <c r="U52" t="s">
         <v>590</v>
       </c>
       <c r="V52" t="s">
         <v>591</v>
       </c>
       <c r="W52" t="s">
         <v>592</v>
       </c>
       <c r="X52" t="s">
-        <v>3062</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="53" spans="1:122">
       <c r="A53" t="s">
         <v>593</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>66</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="F53">
         <v>1</v>
       </c>
       <c r="G53">
         <v>34819378</v>
       </c>
       <c r="H53" t="s">
@@ -20502,126 +20592,126 @@
         <v>599</v>
       </c>
       <c r="P53">
         <v>48</v>
       </c>
       <c r="Q53">
         <v>118</v>
       </c>
       <c r="R53" t="s">
         <v>600</v>
       </c>
       <c r="S53"/>
       <c r="T53" t="s">
         <v>601</v>
       </c>
       <c r="U53" t="s">
         <v>602</v>
       </c>
       <c r="V53" t="s">
         <v>603</v>
       </c>
       <c r="W53" t="s">
         <v>604</v>
       </c>
       <c r="X53" t="s">
-        <v>3063</v>
+        <v>3093</v>
       </c>
       <c r="Y53" t="s">
-        <v>3064</v>
+        <v>3094</v>
       </c>
       <c r="Z53" t="s">
-        <v>3065</v>
+        <v>3095</v>
       </c>
       <c r="AA53" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB53" t="s">
-        <v>3066</v>
+        <v>3096</v>
       </c>
       <c r="AC53" t="s">
-        <v>3067</v>
+        <v>3097</v>
       </c>
       <c r="AD53" t="s">
-        <v>2535</v>
+        <v>2565</v>
       </c>
       <c r="AE53" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AF53" t="s">
-        <v>3068</v>
+        <v>3098</v>
       </c>
       <c r="AG53" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AH53" t="s">
-        <v>3069</v>
+        <v>3099</v>
       </c>
       <c r="AI53" t="s">
-        <v>3070</v>
+        <v>3100</v>
       </c>
       <c r="AJ53" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="AK53" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AL53" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AM53" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AN53" t="s">
-        <v>3071</v>
+        <v>3101</v>
       </c>
       <c r="AO53" t="s">
-        <v>2613</v>
+        <v>2643</v>
       </c>
       <c r="AP53" t="s">
-        <v>3072</v>
+        <v>3102</v>
       </c>
       <c r="AQ53" t="s">
-        <v>3073</v>
+        <v>3103</v>
       </c>
       <c r="AR53" t="s">
-        <v>2614</v>
+        <v>2644</v>
       </c>
       <c r="AS53" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="AT53" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="AU53" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="AV53" t="s">
-        <v>3074</v>
+        <v>3104</v>
       </c>
       <c r="AW53" t="s">
-        <v>3075</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="54" spans="1:122">
       <c r="A54" t="s">
         <v>605</v>
       </c>
       <c r="B54" t="s">
         <v>204</v>
       </c>
       <c r="C54" t="s">
         <v>205</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>397</v>
       </c>
       <c r="F54">
         <v>1</v>
       </c>
       <c r="G54">
         <v>34927092</v>
       </c>
       <c r="H54" t="s">
@@ -20647,57 +20737,57 @@
         <v>100983</v>
       </c>
       <c r="P54">
         <v>4</v>
       </c>
       <c r="Q54">
         <v>2</v>
       </c>
       <c r="R54" t="s">
         <v>403</v>
       </c>
       <c r="S54"/>
       <c r="T54" t="s">
         <v>609</v>
       </c>
       <c r="U54" t="s">
         <v>610</v>
       </c>
       <c r="V54" t="s">
         <v>213</v>
       </c>
       <c r="W54" t="s">
         <v>611</v>
       </c>
       <c r="X54" t="s">
-        <v>3076</v>
+        <v>3106</v>
       </c>
       <c r="Y54" t="s">
-        <v>3077</v>
+        <v>3107</v>
       </c>
       <c r="Z54" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="55" spans="1:122">
       <c r="A55" t="s">
         <v>612</v>
       </c>
       <c r="B55" t="s">
         <v>39</v>
       </c>
       <c r="C55" t="s">
         <v>40</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="F55">
         <v>1</v>
       </c>
       <c r="G55">
         <v>34866134</v>
       </c>
       <c r="H55" t="s">
@@ -20719,81 +20809,81 @@
         <v>45</v>
       </c>
       <c r="N55" t="s">
         <v>615</v>
       </c>
       <c r="O55"/>
       <c r="P55"/>
       <c r="Q55"/>
       <c r="R55" t="s">
         <v>616</v>
       </c>
       <c r="S55"/>
       <c r="T55" t="s">
         <v>617</v>
       </c>
       <c r="U55" t="s">
         <v>618</v>
       </c>
       <c r="V55" t="s">
         <v>50</v>
       </c>
       <c r="W55" t="s">
         <v>619</v>
       </c>
       <c r="X55" t="s">
-        <v>3078</v>
+        <v>3108</v>
       </c>
       <c r="Y55" t="s">
-        <v>3079</v>
+        <v>3109</v>
       </c>
       <c r="Z55" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA55" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB55" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AC55" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AD55" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AE55" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="AF55" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AG55" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AH55" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="56" spans="1:122">
       <c r="A56" t="s">
         <v>620</v>
       </c>
       <c r="B56" t="s">
         <v>230</v>
       </c>
       <c r="C56" t="s">
         <v>231</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
         <v>1</v>
       </c>
       <c r="G56">
         <v>34933920</v>
       </c>
       <c r="H56" t="s">
@@ -20819,183 +20909,183 @@
         <v>626</v>
       </c>
       <c r="P56">
         <v>3</v>
       </c>
       <c r="Q56">
         <v>5</v>
       </c>
       <c r="R56" t="s">
         <v>627</v>
       </c>
       <c r="S56"/>
       <c r="T56" t="s">
         <v>628</v>
       </c>
       <c r="U56" t="s">
         <v>629</v>
       </c>
       <c r="V56" t="s">
         <v>630</v>
       </c>
       <c r="W56" t="s">
         <v>631</v>
       </c>
       <c r="X56" t="s">
-        <v>3080</v>
+        <v>3110</v>
       </c>
       <c r="Y56" t="s">
-        <v>3081</v>
+        <v>3111</v>
       </c>
       <c r="Z56" t="s">
-        <v>3082</v>
+        <v>3112</v>
       </c>
       <c r="AA56" t="s">
-        <v>3083</v>
+        <v>3113</v>
       </c>
       <c r="AB56" t="s">
-        <v>3084</v>
+        <v>3114</v>
       </c>
       <c r="AC56" t="s">
-        <v>3085</v>
+        <v>3115</v>
       </c>
       <c r="AD56" t="s">
-        <v>3086</v>
+        <v>3116</v>
       </c>
       <c r="AE56" t="s">
-        <v>3087</v>
+        <v>3117</v>
       </c>
       <c r="AF56" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AG56" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AH56" t="s">
-        <v>3088</v>
+        <v>3118</v>
       </c>
       <c r="AI56" t="s">
-        <v>3089</v>
+        <v>3119</v>
       </c>
       <c r="AJ56" t="s">
-        <v>3090</v>
+        <v>3120</v>
       </c>
       <c r="AK56" t="s">
-        <v>2772</v>
+        <v>2802</v>
       </c>
       <c r="AL56" t="s">
-        <v>2719</v>
+        <v>2749</v>
       </c>
       <c r="AM56" t="s">
-        <v>3091</v>
+        <v>3121</v>
       </c>
       <c r="AN56" t="s">
-        <v>3092</v>
+        <v>3122</v>
       </c>
       <c r="AO56" t="s">
-        <v>3093</v>
+        <v>3123</v>
       </c>
       <c r="AP56" t="s">
-        <v>3094</v>
+        <v>3124</v>
       </c>
       <c r="AQ56" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AR56" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AS56" t="s">
-        <v>3095</v>
+        <v>3125</v>
       </c>
       <c r="AT56" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AU56" t="s">
-        <v>3019</v>
+        <v>3049</v>
       </c>
       <c r="AV56" t="s">
-        <v>3096</v>
+        <v>3126</v>
       </c>
       <c r="AW56" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AX56" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AY56" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AZ56" t="s">
-        <v>2517</v>
+        <v>2547</v>
       </c>
       <c r="BA56" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="BB56" t="s">
-        <v>3097</v>
+        <v>3127</v>
       </c>
       <c r="BC56" t="s">
-        <v>2733</v>
+        <v>2763</v>
       </c>
       <c r="BD56" t="s">
-        <v>2872</v>
+        <v>2902</v>
       </c>
       <c r="BE56" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="BF56" t="s">
-        <v>3098</v>
+        <v>3128</v>
       </c>
       <c r="BG56" t="s">
-        <v>2553</v>
+        <v>2583</v>
       </c>
       <c r="BH56" t="s">
-        <v>3099</v>
+        <v>3129</v>
       </c>
       <c r="BI56" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="BJ56" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="BK56" t="s">
-        <v>2736</v>
+        <v>2766</v>
       </c>
       <c r="BL56" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="BM56" t="s">
-        <v>2874</v>
+        <v>2904</v>
       </c>
       <c r="BN56" t="s">
-        <v>2738</v>
+        <v>2768</v>
       </c>
       <c r="BO56" t="s">
-        <v>3100</v>
+        <v>3130</v>
       </c>
       <c r="BP56" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="57" spans="1:122">
       <c r="A57" t="s">
         <v>632</v>
       </c>
       <c r="B57" t="s">
         <v>290</v>
       </c>
       <c r="C57" t="s">
         <v>66</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>397</v>
       </c>
       <c r="F57">
         <v>1</v>
       </c>
       <c r="G57">
         <v>35141565</v>
       </c>
       <c r="H57" t="s">
@@ -21021,69 +21111,69 @@
         <v>101141</v>
       </c>
       <c r="P57">
         <v>1</v>
       </c>
       <c r="Q57">
         <v>3</v>
       </c>
       <c r="R57" t="s">
         <v>403</v>
       </c>
       <c r="S57"/>
       <c r="T57" t="s">
         <v>636</v>
       </c>
       <c r="U57" t="s">
         <v>319</v>
       </c>
       <c r="V57" t="s">
         <v>36</v>
       </c>
       <c r="W57" t="s">
         <v>637</v>
       </c>
       <c r="X57" t="s">
-        <v>3101</v>
+        <v>3131</v>
       </c>
       <c r="Y57" t="s">
-        <v>3102</v>
+        <v>3132</v>
       </c>
       <c r="Z57" t="s">
-        <v>3103</v>
+        <v>3133</v>
       </c>
       <c r="AA57" t="s">
-        <v>3104</v>
+        <v>3134</v>
       </c>
       <c r="AB57" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AC57" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AD57" t="s">
-        <v>3105</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="58" spans="1:122">
       <c r="A58" t="s">
         <v>638</v>
       </c>
       <c r="B58" t="s">
         <v>262</v>
       </c>
       <c r="C58" t="s">
         <v>639</v>
       </c>
       <c r="D58" t="s">
         <v>67</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="F58">
         <v>1</v>
       </c>
       <c r="G58">
         <v>35197636</v>
       </c>
       <c r="H58" t="s">
@@ -21105,195 +21195,195 @@
         <v>644</v>
       </c>
       <c r="N58" t="s">
         <v>645</v>
       </c>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
       <c r="R58" t="s">
         <v>642</v>
       </c>
       <c r="S58"/>
       <c r="T58" t="s">
         <v>646</v>
       </c>
       <c r="U58" t="s">
         <v>647</v>
       </c>
       <c r="V58" t="s">
         <v>648</v>
       </c>
       <c r="W58" t="s">
         <v>649</v>
       </c>
       <c r="X58" t="s">
-        <v>3106</v>
+        <v>3136</v>
       </c>
       <c r="Y58" t="s">
-        <v>3107</v>
+        <v>3137</v>
       </c>
       <c r="Z58" t="s">
-        <v>3108</v>
+        <v>3138</v>
       </c>
       <c r="AA58" t="s">
-        <v>3109</v>
+        <v>3139</v>
       </c>
       <c r="AB58" t="s">
-        <v>3110</v>
+        <v>3140</v>
       </c>
       <c r="AC58" t="s">
-        <v>3111</v>
+        <v>3141</v>
       </c>
       <c r="AD58" t="s">
-        <v>3112</v>
+        <v>3142</v>
       </c>
       <c r="AE58" t="s">
-        <v>3113</v>
+        <v>3143</v>
       </c>
       <c r="AF58" t="s">
-        <v>3114</v>
+        <v>3144</v>
       </c>
       <c r="AG58" t="s">
-        <v>3115</v>
+        <v>3145</v>
       </c>
       <c r="AH58" t="s">
-        <v>3116</v>
+        <v>3146</v>
       </c>
       <c r="AI58" t="s">
-        <v>3117</v>
+        <v>3147</v>
       </c>
       <c r="AJ58" t="s">
-        <v>3118</v>
+        <v>3148</v>
       </c>
       <c r="AK58" t="s">
-        <v>3119</v>
+        <v>3149</v>
       </c>
       <c r="AL58" t="s">
-        <v>3120</v>
+        <v>3150</v>
       </c>
       <c r="AM58" t="s">
-        <v>3121</v>
+        <v>3151</v>
       </c>
       <c r="AN58" t="s">
-        <v>3122</v>
+        <v>3152</v>
       </c>
       <c r="AO58" t="s">
-        <v>3123</v>
+        <v>3153</v>
       </c>
       <c r="AP58" t="s">
-        <v>3124</v>
+        <v>3154</v>
       </c>
       <c r="AQ58" t="s">
-        <v>3125</v>
+        <v>3155</v>
       </c>
       <c r="AR58" t="s">
-        <v>3126</v>
+        <v>3156</v>
       </c>
       <c r="AS58" t="s">
-        <v>3127</v>
+        <v>3157</v>
       </c>
       <c r="AT58" t="s">
-        <v>3128</v>
+        <v>3158</v>
       </c>
       <c r="AU58" t="s">
-        <v>3129</v>
+        <v>3159</v>
       </c>
       <c r="AV58" t="s">
-        <v>3130</v>
+        <v>3160</v>
       </c>
       <c r="AW58" t="s">
-        <v>3131</v>
+        <v>3161</v>
       </c>
       <c r="AX58" t="s">
-        <v>3132</v>
+        <v>3162</v>
       </c>
       <c r="AY58" t="s">
-        <v>2756</v>
+        <v>2786</v>
       </c>
       <c r="AZ58" t="s">
-        <v>3133</v>
+        <v>3163</v>
       </c>
       <c r="BA58" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BB58" t="s">
-        <v>2395</v>
+        <v>2425</v>
       </c>
       <c r="BC58" t="s">
-        <v>3134</v>
+        <v>3164</v>
       </c>
       <c r="BD58" t="s">
-        <v>3135</v>
+        <v>3165</v>
       </c>
       <c r="BE58" t="s">
-        <v>2584</v>
+        <v>2614</v>
       </c>
       <c r="BF58" t="s">
-        <v>3136</v>
+        <v>3166</v>
       </c>
       <c r="BG58" t="s">
-        <v>2413</v>
+        <v>2443</v>
       </c>
       <c r="BH58" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="BI58" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="BJ58" t="s">
-        <v>2477</v>
+        <v>2507</v>
       </c>
       <c r="BK58" t="s">
-        <v>3137</v>
+        <v>3167</v>
       </c>
       <c r="BL58" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="BM58" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="BN58" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BO58" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
       <c r="BP58" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="BQ58" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="BR58" t="s">
-        <v>2481</v>
+        <v>2511</v>
       </c>
       <c r="BS58" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="BT58" t="s">
-        <v>3138</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="59" spans="1:122">
       <c r="A59" t="s">
         <v>650</v>
       </c>
       <c r="B59" t="s">
         <v>651</v>
       </c>
       <c r="C59" t="s">
         <v>652</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="F59">
         <v>1</v>
       </c>
       <c r="G59">
         <v>35202467</v>
       </c>
       <c r="H59" t="s">
@@ -21315,111 +21405,111 @@
         <v>223</v>
       </c>
       <c r="N59" t="s">
         <v>655</v>
       </c>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
       <c r="R59" t="s">
         <v>221</v>
       </c>
       <c r="S59"/>
       <c r="T59" t="s">
         <v>656</v>
       </c>
       <c r="U59" t="s">
         <v>657</v>
       </c>
       <c r="V59" t="s">
         <v>118</v>
       </c>
       <c r="W59" t="s">
         <v>658</v>
       </c>
       <c r="X59" t="s">
-        <v>3139</v>
+        <v>3169</v>
       </c>
       <c r="Y59" t="s">
-        <v>3140</v>
+        <v>3170</v>
       </c>
       <c r="Z59" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA59" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB59" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AC59" t="s">
-        <v>2512</v>
+        <v>2542</v>
       </c>
       <c r="AD59" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AE59" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="AF59" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AG59" t="s">
-        <v>3141</v>
+        <v>3171</v>
       </c>
       <c r="AH59" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AI59" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AJ59" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AK59" t="s">
-        <v>3142</v>
+        <v>3172</v>
       </c>
       <c r="AL59" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="AM59" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AN59" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AO59" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AP59" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="AQ59" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="AR59" t="s">
-        <v>3143</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="60" spans="1:122">
       <c r="A60" t="s">
         <v>659</v>
       </c>
       <c r="B60" t="s">
         <v>39</v>
       </c>
       <c r="C60" t="s">
         <v>40</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>182</v>
       </c>
       <c r="F60">
         <v>2</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>660</v>
       </c>
@@ -21437,90 +21527,90 @@
       </c>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>662</v>
       </c>
       <c r="O60"/>
       <c r="P60"/>
       <c r="Q60"/>
       <c r="R60" t="s">
         <v>185</v>
       </c>
       <c r="S60"/>
       <c r="T60" t="s">
         <v>663</v>
       </c>
       <c r="U60" t="s">
         <v>664</v>
       </c>
       <c r="V60" t="s">
         <v>665</v>
       </c>
       <c r="W60" t="s">
         <v>666</v>
       </c>
       <c r="X60" t="s">
-        <v>3144</v>
+        <v>3174</v>
       </c>
       <c r="Y60" t="s">
-        <v>3145</v>
+        <v>3175</v>
       </c>
       <c r="Z60" t="s">
-        <v>3146</v>
+        <v>3176</v>
       </c>
       <c r="AA60" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB60" t="s">
-        <v>3147</v>
+        <v>3177</v>
       </c>
       <c r="AC60" t="s">
-        <v>3148</v>
+        <v>3178</v>
       </c>
       <c r="AD60" t="s">
-        <v>3149</v>
+        <v>3179</v>
       </c>
       <c r="AE60" t="s">
-        <v>2606</v>
+        <v>2636</v>
       </c>
       <c r="AF60" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AG60" t="s">
-        <v>3150</v>
+        <v>3180</v>
       </c>
       <c r="AH60" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AI60" t="s">
-        <v>3151</v>
+        <v>3181</v>
       </c>
       <c r="AJ60" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AK60" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="61" spans="1:122">
       <c r="A61" t="s">
         <v>667</v>
       </c>
       <c r="B61" t="s">
         <v>668</v>
       </c>
       <c r="C61" t="s">
         <v>54</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
         <v>1</v>
       </c>
       <c r="G61">
         <v>35159329</v>
       </c>
       <c r="H61" t="s">
@@ -21548,114 +21638,114 @@
         <v>520</v>
       </c>
       <c r="P61">
         <v>3</v>
       </c>
       <c r="Q61">
         <v>11</v>
       </c>
       <c r="R61" t="s">
         <v>57</v>
       </c>
       <c r="S61"/>
       <c r="T61" t="s">
         <v>672</v>
       </c>
       <c r="U61" t="s">
         <v>673</v>
       </c>
       <c r="V61" t="s">
         <v>62</v>
       </c>
       <c r="W61" t="s">
         <v>674</v>
       </c>
       <c r="X61" t="s">
-        <v>3153</v>
+        <v>3183</v>
       </c>
       <c r="Y61" t="s">
-        <v>3154</v>
+        <v>3184</v>
       </c>
       <c r="Z61" t="s">
-        <v>3155</v>
+        <v>3185</v>
       </c>
       <c r="AA61" t="s">
-        <v>3156</v>
+        <v>3186</v>
       </c>
       <c r="AB61" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AC61" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AD61" t="s">
-        <v>3157</v>
+        <v>3187</v>
       </c>
       <c r="AE61" t="s">
-        <v>3158</v>
+        <v>3188</v>
       </c>
       <c r="AF61" t="s">
-        <v>3159</v>
+        <v>3189</v>
       </c>
       <c r="AG61" t="s">
-        <v>3160</v>
+        <v>3190</v>
       </c>
       <c r="AH61" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="AI61" t="s">
-        <v>2409</v>
+        <v>2439</v>
       </c>
       <c r="AJ61" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AK61" t="s">
-        <v>2479</v>
+        <v>2509</v>
       </c>
       <c r="AL61" t="s">
-        <v>2413</v>
+        <v>2443</v>
       </c>
       <c r="AM61" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="AN61" t="s">
-        <v>2653</v>
+        <v>2683</v>
       </c>
       <c r="AO61" t="s">
-        <v>2415</v>
+        <v>2445</v>
       </c>
       <c r="AP61" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AQ61" t="s">
-        <v>2480</v>
+        <v>2510</v>
       </c>
       <c r="AR61" t="s">
-        <v>3162</v>
+        <v>3192</v>
       </c>
       <c r="AS61" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="62" spans="1:122">
       <c r="A62" t="s">
         <v>675</v>
       </c>
       <c r="B62" t="s">
         <v>217</v>
       </c>
       <c r="C62" t="s">
         <v>218</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62">
         <v>1</v>
       </c>
       <c r="G62">
         <v>35301260</v>
       </c>
       <c r="H62" t="s">
@@ -21683,78 +21773,78 @@
         <v>681</v>
       </c>
       <c r="P62">
         <v>3</v>
       </c>
       <c r="Q62">
         <v>9</v>
       </c>
       <c r="R62" t="s">
         <v>682</v>
       </c>
       <c r="S62"/>
       <c r="T62" t="s">
         <v>683</v>
       </c>
       <c r="U62" t="s">
         <v>545</v>
       </c>
       <c r="V62" t="s">
         <v>546</v>
       </c>
       <c r="W62" t="s">
         <v>684</v>
       </c>
       <c r="X62" t="s">
-        <v>3163</v>
+        <v>3193</v>
       </c>
       <c r="Y62" t="s">
-        <v>3164</v>
+        <v>3194</v>
       </c>
       <c r="Z62" t="s">
-        <v>3165</v>
+        <v>3195</v>
       </c>
       <c r="AA62" t="s">
-        <v>3166</v>
+        <v>3196</v>
       </c>
       <c r="AB62" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="AC62" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AD62" t="s">
-        <v>2992</v>
+        <v>3022</v>
       </c>
       <c r="AE62" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AF62" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AG62" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="63" spans="1:122">
       <c r="A63" t="s">
         <v>685</v>
       </c>
       <c r="B63" t="s">
         <v>686</v>
       </c>
       <c r="C63" t="s">
         <v>407</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="F63">
         <v>1</v>
       </c>
       <c r="G63">
         <v>35384294</v>
       </c>
       <c r="H63" t="s">
@@ -21778,99 +21868,99 @@
       <c r="N63" t="s">
         <v>692</v>
       </c>
       <c r="O63">
         <v>2200302</v>
       </c>
       <c r="P63"/>
       <c r="Q63"/>
       <c r="R63" t="s">
         <v>689</v>
       </c>
       <c r="S63"/>
       <c r="T63" t="s">
         <v>693</v>
       </c>
       <c r="U63" t="s">
         <v>694</v>
       </c>
       <c r="V63" t="s">
         <v>695</v>
       </c>
       <c r="W63" t="s">
         <v>696</v>
       </c>
       <c r="X63" t="s">
-        <v>3167</v>
+        <v>3197</v>
       </c>
       <c r="Y63" t="s">
-        <v>3168</v>
+        <v>3198</v>
       </c>
       <c r="Z63" t="s">
-        <v>3169</v>
+        <v>3199</v>
       </c>
       <c r="AA63" t="s">
-        <v>3170</v>
+        <v>3200</v>
       </c>
       <c r="AB63" t="s">
-        <v>3171</v>
+        <v>3201</v>
       </c>
       <c r="AC63" t="s">
-        <v>3172</v>
+        <v>3202</v>
       </c>
       <c r="AD63" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AE63" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AF63" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AG63" t="s">
-        <v>3173</v>
+        <v>3203</v>
       </c>
       <c r="AH63" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AI63" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AJ63" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
       <c r="AK63" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AL63" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AM63" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AN63" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="64" spans="1:122">
       <c r="A64" t="s">
         <v>697</v>
       </c>
       <c r="B64" t="s">
         <v>134</v>
       </c>
       <c r="C64" t="s">
         <v>66</v>
       </c>
       <c r="D64" t="s">
         <v>67</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="F64">
         <v>1</v>
       </c>
       <c r="G64">
         <v>35417190</v>
       </c>
       <c r="H64" t="s">
@@ -21896,120 +21986,120 @@
       </c>
       <c r="O64"/>
       <c r="P64">
         <v>640</v>
       </c>
       <c r="Q64">
         <v>14</v>
       </c>
       <c r="R64" t="s">
         <v>704</v>
       </c>
       <c r="S64"/>
       <c r="T64" t="s">
         <v>705</v>
       </c>
       <c r="U64" t="s">
         <v>706</v>
       </c>
       <c r="V64" t="s">
         <v>707</v>
       </c>
       <c r="W64" t="s">
         <v>708</v>
       </c>
       <c r="X64" t="s">
-        <v>3174</v>
+        <v>3204</v>
       </c>
       <c r="Y64" t="s">
-        <v>3175</v>
+        <v>3205</v>
       </c>
       <c r="Z64" t="s">
-        <v>3176</v>
+        <v>3206</v>
       </c>
       <c r="AA64" t="s">
-        <v>3177</v>
+        <v>3207</v>
       </c>
       <c r="AB64" t="s">
-        <v>3178</v>
+        <v>3208</v>
       </c>
       <c r="AC64" t="s">
-        <v>3179</v>
+        <v>3209</v>
       </c>
       <c r="AD64" t="s">
-        <v>3180</v>
+        <v>3210</v>
       </c>
       <c r="AE64" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AF64" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AG64" t="s">
-        <v>3181</v>
+        <v>3211</v>
       </c>
       <c r="AH64" t="s">
-        <v>3182</v>
+        <v>3212</v>
       </c>
       <c r="AI64" t="s">
-        <v>2647</v>
+        <v>2677</v>
       </c>
       <c r="AJ64" t="s">
-        <v>3183</v>
+        <v>3213</v>
       </c>
       <c r="AK64" t="s">
-        <v>3184</v>
+        <v>3214</v>
       </c>
       <c r="AL64" t="s">
-        <v>3185</v>
+        <v>3215</v>
       </c>
       <c r="AM64" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AN64" t="s">
-        <v>3186</v>
+        <v>3216</v>
       </c>
       <c r="AO64" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AP64" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AQ64" t="s">
-        <v>3187</v>
+        <v>3217</v>
       </c>
       <c r="AR64" t="s">
-        <v>3188</v>
+        <v>3218</v>
       </c>
       <c r="AS64" t="s">
-        <v>2479</v>
+        <v>2509</v>
       </c>
       <c r="AT64" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AU64" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="65" spans="1:122">
       <c r="A65" t="s">
         <v>709</v>
       </c>
       <c r="B65" t="s">
         <v>507</v>
       </c>
       <c r="C65" t="s">
         <v>40</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>345</v>
       </c>
       <c r="F65">
         <v>2</v>
       </c>
       <c r="G65">
         <v>35414656</v>
       </c>
       <c r="H65" t="s">
@@ -22031,81 +22121,81 @@
         <v>45</v>
       </c>
       <c r="N65" t="s">
         <v>712</v>
       </c>
       <c r="O65"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65" t="s">
         <v>616</v>
       </c>
       <c r="S65"/>
       <c r="T65" t="s">
         <v>713</v>
       </c>
       <c r="U65" t="s">
         <v>50</v>
       </c>
       <c r="V65" t="s">
         <v>250</v>
       </c>
       <c r="W65" t="s">
         <v>714</v>
       </c>
       <c r="X65" t="s">
-        <v>3189</v>
+        <v>3219</v>
       </c>
       <c r="Y65" t="s">
-        <v>3190</v>
+        <v>3220</v>
       </c>
       <c r="Z65" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA65" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB65" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AC65" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="AD65" t="s">
-        <v>2846</v>
+        <v>2876</v>
       </c>
       <c r="AE65" t="s">
-        <v>2904</v>
+        <v>2934</v>
       </c>
       <c r="AF65" t="s">
-        <v>2847</v>
+        <v>2877</v>
       </c>
       <c r="AG65" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AH65" t="s">
-        <v>3191</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="66" spans="1:122">
       <c r="A66" t="s">
         <v>715</v>
       </c>
       <c r="B66" t="s">
         <v>716</v>
       </c>
       <c r="C66" t="s">
         <v>717</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
         <v>1</v>
       </c>
       <c r="G66">
         <v>35398994</v>
       </c>
       <c r="H66" t="s">
@@ -22127,102 +22217,102 @@
       <c r="N66" t="s">
         <v>722</v>
       </c>
       <c r="O66">
         <v>2104979</v>
       </c>
       <c r="P66"/>
       <c r="Q66"/>
       <c r="R66" t="s">
         <v>723</v>
       </c>
       <c r="S66"/>
       <c r="T66" t="s">
         <v>724</v>
       </c>
       <c r="U66" t="s">
         <v>725</v>
       </c>
       <c r="V66" t="s">
         <v>726</v>
       </c>
       <c r="W66" t="s">
         <v>727</v>
       </c>
       <c r="X66" t="s">
-        <v>3192</v>
+        <v>3222</v>
       </c>
       <c r="Y66" t="s">
-        <v>3193</v>
+        <v>3223</v>
       </c>
       <c r="Z66" t="s">
-        <v>3194</v>
+        <v>3224</v>
       </c>
       <c r="AA66" t="s">
-        <v>3195</v>
+        <v>3225</v>
       </c>
       <c r="AB66" t="s">
-        <v>3196</v>
+        <v>3226</v>
       </c>
       <c r="AC66" t="s">
-        <v>3197</v>
+        <v>3227</v>
       </c>
       <c r="AD66" t="s">
-        <v>3198</v>
+        <v>3228</v>
       </c>
       <c r="AE66" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AF66" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AG66" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="AH66" t="s">
-        <v>3199</v>
+        <v>3229</v>
       </c>
       <c r="AI66" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AJ66" t="s">
-        <v>2872</v>
+        <v>2902</v>
       </c>
       <c r="AK66" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="AL66" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AM66" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AN66" t="s">
-        <v>3020</v>
+        <v>3050</v>
       </c>
       <c r="AO66" t="s">
-        <v>3200</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="67" spans="1:122">
       <c r="A67" t="s">
         <v>728</v>
       </c>
       <c r="B67" t="s">
         <v>729</v>
       </c>
       <c r="C67" t="s">
         <v>730</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="F67">
         <v>1</v>
       </c>
       <c r="G67">
         <v>35393953</v>
       </c>
       <c r="H67" t="s">
@@ -22246,111 +22336,111 @@
       </c>
       <c r="O67"/>
       <c r="P67">
         <v>7</v>
       </c>
       <c r="Q67">
         <v>7</v>
       </c>
       <c r="R67" t="s">
         <v>733</v>
       </c>
       <c r="S67"/>
       <c r="T67" t="s">
         <v>736</v>
       </c>
       <c r="U67" t="s">
         <v>737</v>
       </c>
       <c r="V67" t="s">
         <v>738</v>
       </c>
       <c r="W67" t="s">
         <v>739</v>
       </c>
       <c r="X67" t="s">
-        <v>3201</v>
+        <v>3231</v>
       </c>
       <c r="Y67" t="s">
-        <v>3202</v>
+        <v>3232</v>
       </c>
       <c r="Z67" t="s">
-        <v>3203</v>
+        <v>3233</v>
       </c>
       <c r="AA67" t="s">
-        <v>3204</v>
+        <v>3234</v>
       </c>
       <c r="AB67" t="s">
-        <v>3205</v>
+        <v>3235</v>
       </c>
       <c r="AC67" t="s">
-        <v>3206</v>
+        <v>3236</v>
       </c>
       <c r="AD67" t="s">
-        <v>2598</v>
+        <v>2628</v>
       </c>
       <c r="AE67" t="s">
-        <v>3207</v>
+        <v>3237</v>
       </c>
       <c r="AF67" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AG67" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AH67" t="s">
-        <v>3208</v>
+        <v>3238</v>
       </c>
       <c r="AI67" t="s">
-        <v>3209</v>
+        <v>3239</v>
       </c>
       <c r="AJ67" t="s">
-        <v>3210</v>
+        <v>3240</v>
       </c>
       <c r="AK67" t="s">
-        <v>3211</v>
+        <v>3241</v>
       </c>
       <c r="AL67" t="s">
-        <v>3212</v>
+        <v>3242</v>
       </c>
       <c r="AM67" t="s">
-        <v>3213</v>
+        <v>3243</v>
       </c>
       <c r="AN67" t="s">
-        <v>3214</v>
+        <v>3244</v>
       </c>
       <c r="AO67" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AP67" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AQ67" t="s">
-        <v>3215</v>
+        <v>3245</v>
       </c>
       <c r="AR67" t="s">
-        <v>3216</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="68" spans="1:122">
       <c r="A68" t="s">
         <v>740</v>
       </c>
       <c r="B68" t="s">
         <v>95</v>
       </c>
       <c r="C68" t="s">
         <v>96</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="F68">
         <v>1</v>
       </c>
       <c r="G68">
         <v>35551446</v>
       </c>
       <c r="H68" t="s">
@@ -22376,138 +22466,138 @@
       </c>
       <c r="O68"/>
       <c r="P68">
         <v>1</v>
       </c>
       <c r="Q68">
         <v>13</v>
       </c>
       <c r="R68" t="s">
         <v>115</v>
       </c>
       <c r="S68"/>
       <c r="T68" t="s">
         <v>744</v>
       </c>
       <c r="U68" t="s">
         <v>745</v>
       </c>
       <c r="V68" t="s">
         <v>105</v>
       </c>
       <c r="W68" t="s">
         <v>746</v>
       </c>
       <c r="X68" t="s">
-        <v>3217</v>
+        <v>3247</v>
       </c>
       <c r="Y68" t="s">
-        <v>3218</v>
+        <v>3248</v>
       </c>
       <c r="Z68" t="s">
-        <v>3219</v>
+        <v>3249</v>
       </c>
       <c r="AA68" t="s">
-        <v>3220</v>
+        <v>3250</v>
       </c>
       <c r="AB68" t="s">
-        <v>3221</v>
+        <v>3251</v>
       </c>
       <c r="AC68" t="s">
-        <v>3222</v>
+        <v>3252</v>
       </c>
       <c r="AD68" t="s">
-        <v>3223</v>
+        <v>3253</v>
       </c>
       <c r="AE68" t="s">
-        <v>3224</v>
+        <v>3254</v>
       </c>
       <c r="AF68" t="s">
-        <v>3225</v>
+        <v>3255</v>
       </c>
       <c r="AG68" t="s">
-        <v>3226</v>
+        <v>3256</v>
       </c>
       <c r="AH68" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AI68" t="s">
-        <v>3227</v>
+        <v>3257</v>
       </c>
       <c r="AJ68" t="s">
-        <v>3228</v>
+        <v>3258</v>
       </c>
       <c r="AK68" t="s">
-        <v>3229</v>
+        <v>3259</v>
       </c>
       <c r="AL68" t="s">
-        <v>2649</v>
+        <v>2679</v>
       </c>
       <c r="AM68" t="s">
-        <v>3230</v>
+        <v>3260</v>
       </c>
       <c r="AN68" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AO68" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AP68" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AQ68" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AR68" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AS68" t="s">
-        <v>3231</v>
+        <v>3261</v>
       </c>
       <c r="AT68" t="s">
-        <v>2653</v>
+        <v>2683</v>
       </c>
       <c r="AU68" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="AV68" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="AW68" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="AX68" t="s">
-        <v>2854</v>
+        <v>2884</v>
       </c>
       <c r="AY68" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="AZ68" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="BA68" t="s">
-        <v>3232</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="69" spans="1:122">
       <c r="A69" t="s">
         <v>747</v>
       </c>
       <c r="B69" t="s">
         <v>217</v>
       </c>
       <c r="C69" t="s">
         <v>218</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69">
         <v>2</v>
       </c>
       <c r="G69">
         <v>35618830</v>
       </c>
       <c r="H69" t="s">
@@ -22529,66 +22619,66 @@
         <v>498</v>
       </c>
       <c r="N69" t="s">
         <v>750</v>
       </c>
       <c r="O69"/>
       <c r="P69"/>
       <c r="Q69"/>
       <c r="R69" t="s">
         <v>501</v>
       </c>
       <c r="S69"/>
       <c r="T69" t="s">
         <v>227</v>
       </c>
       <c r="U69" t="s">
         <v>227</v>
       </c>
       <c r="V69" t="s">
         <v>227</v>
       </c>
       <c r="W69" t="s">
         <v>751</v>
       </c>
       <c r="X69" t="s">
-        <v>3233</v>
+        <v>3263</v>
       </c>
       <c r="Y69" t="s">
-        <v>3234</v>
+        <v>3264</v>
       </c>
       <c r="Z69" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA69" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AB69" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AC69" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="70" spans="1:122">
       <c r="A70" t="s">
         <v>752</v>
       </c>
       <c r="B70" t="s">
         <v>217</v>
       </c>
       <c r="C70" t="s">
         <v>218</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="F70">
         <v>1</v>
       </c>
       <c r="G70">
         <v>35705536</v>
       </c>
       <c r="H70" t="s">
@@ -22614,186 +22704,186 @@
       </c>
       <c r="O70"/>
       <c r="P70">
         <v>1</v>
       </c>
       <c r="Q70">
         <v>13</v>
       </c>
       <c r="R70" t="s">
         <v>115</v>
       </c>
       <c r="S70"/>
       <c r="T70" t="s">
         <v>756</v>
       </c>
       <c r="U70" t="s">
         <v>757</v>
       </c>
       <c r="V70" t="s">
         <v>758</v>
       </c>
       <c r="W70" t="s">
         <v>759</v>
       </c>
       <c r="X70" t="s">
-        <v>3235</v>
+        <v>3265</v>
       </c>
       <c r="Y70" t="s">
-        <v>3236</v>
+        <v>3266</v>
       </c>
       <c r="Z70" t="s">
-        <v>3237</v>
+        <v>3267</v>
       </c>
       <c r="AA70" t="s">
-        <v>3238</v>
+        <v>3268</v>
       </c>
       <c r="AB70" t="s">
-        <v>3239</v>
+        <v>3269</v>
       </c>
       <c r="AC70" t="s">
-        <v>3240</v>
+        <v>3270</v>
       </c>
       <c r="AD70" t="s">
-        <v>3241</v>
+        <v>3271</v>
       </c>
       <c r="AE70" t="s">
-        <v>3242</v>
+        <v>3272</v>
       </c>
       <c r="AF70" t="s">
-        <v>3243</v>
+        <v>3273</v>
       </c>
       <c r="AG70" t="s">
-        <v>3244</v>
+        <v>3274</v>
       </c>
       <c r="AH70" t="s">
-        <v>3245</v>
+        <v>3275</v>
       </c>
       <c r="AI70" t="s">
-        <v>3246</v>
+        <v>3276</v>
       </c>
       <c r="AJ70" t="s">
-        <v>3247</v>
+        <v>3277</v>
       </c>
       <c r="AK70" t="s">
-        <v>3248</v>
+        <v>3278</v>
       </c>
       <c r="AL70" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AM70" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AN70" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AO70" t="s">
-        <v>3249</v>
+        <v>3279</v>
       </c>
       <c r="AP70" t="s">
-        <v>3250</v>
+        <v>3280</v>
       </c>
       <c r="AQ70" t="s">
-        <v>2712</v>
+        <v>2742</v>
       </c>
       <c r="AR70" t="s">
-        <v>3251</v>
+        <v>3281</v>
       </c>
       <c r="AS70" t="s">
-        <v>3252</v>
+        <v>3282</v>
       </c>
       <c r="AT70" t="s">
-        <v>3253</v>
+        <v>3283</v>
       </c>
       <c r="AU70" t="s">
-        <v>3254</v>
+        <v>3284</v>
       </c>
       <c r="AV70" t="s">
-        <v>3255</v>
+        <v>3285</v>
       </c>
       <c r="AW70" t="s">
-        <v>3256</v>
+        <v>3286</v>
       </c>
       <c r="AX70" t="s">
-        <v>3257</v>
+        <v>3287</v>
       </c>
       <c r="AY70" t="s">
-        <v>3258</v>
+        <v>3288</v>
       </c>
       <c r="AZ70" t="s">
-        <v>3259</v>
+        <v>3289</v>
       </c>
       <c r="BA70" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="BB70" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BC70" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="BD70" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="BE70" t="s">
-        <v>3260</v>
+        <v>3290</v>
       </c>
       <c r="BF70" t="s">
-        <v>2746</v>
+        <v>2776</v>
       </c>
       <c r="BG70" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="BH70" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="BI70" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="BJ70" t="s">
-        <v>3261</v>
+        <v>3291</v>
       </c>
       <c r="BK70" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="BL70" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BM70" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
       <c r="BN70" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="BO70" t="s">
-        <v>3262</v>
+        <v>3292</v>
       </c>
       <c r="BP70" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="BQ70" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="71" spans="1:122">
       <c r="A71" t="s">
         <v>760</v>
       </c>
       <c r="B71" t="s">
         <v>761</v>
       </c>
       <c r="C71" t="s">
         <v>639</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="F71">
         <v>1</v>
       </c>
       <c r="G71">
         <v>35773544</v>
       </c>
       <c r="H71" t="s">
@@ -22815,231 +22905,231 @@
         <v>139</v>
       </c>
       <c r="N71" t="s">
         <v>764</v>
       </c>
       <c r="O71"/>
       <c r="P71"/>
       <c r="Q71"/>
       <c r="R71" t="s">
         <v>142</v>
       </c>
       <c r="S71"/>
       <c r="T71" t="s">
         <v>765</v>
       </c>
       <c r="U71" t="s">
         <v>766</v>
       </c>
       <c r="V71" t="s">
         <v>648</v>
       </c>
       <c r="W71" t="s">
         <v>767</v>
       </c>
       <c r="X71" t="s">
-        <v>3263</v>
+        <v>3293</v>
       </c>
       <c r="Y71" t="s">
-        <v>3264</v>
+        <v>3294</v>
       </c>
       <c r="Z71" t="s">
-        <v>3265</v>
+        <v>3295</v>
       </c>
       <c r="AA71" t="s">
-        <v>3266</v>
+        <v>3296</v>
       </c>
       <c r="AB71" t="s">
-        <v>3267</v>
+        <v>3297</v>
       </c>
       <c r="AC71" t="s">
-        <v>3268</v>
+        <v>3298</v>
       </c>
       <c r="AD71" t="s">
-        <v>3269</v>
+        <v>3299</v>
       </c>
       <c r="AE71" t="s">
-        <v>3270</v>
+        <v>3300</v>
       </c>
       <c r="AF71" t="s">
-        <v>3271</v>
+        <v>3301</v>
       </c>
       <c r="AG71" t="s">
-        <v>3272</v>
+        <v>3302</v>
       </c>
       <c r="AH71" t="s">
-        <v>3273</v>
+        <v>3303</v>
       </c>
       <c r="AI71" t="s">
-        <v>3274</v>
+        <v>3304</v>
       </c>
       <c r="AJ71" t="s">
-        <v>3275</v>
+        <v>3305</v>
       </c>
       <c r="AK71" t="s">
-        <v>3276</v>
+        <v>3306</v>
       </c>
       <c r="AL71" t="s">
-        <v>3277</v>
+        <v>3307</v>
       </c>
       <c r="AM71" t="s">
-        <v>3278</v>
+        <v>3308</v>
       </c>
       <c r="AN71" t="s">
-        <v>3279</v>
+        <v>3309</v>
       </c>
       <c r="AO71" t="s">
-        <v>3280</v>
+        <v>3310</v>
       </c>
       <c r="AP71" t="s">
-        <v>3281</v>
+        <v>3311</v>
       </c>
       <c r="AQ71" t="s">
-        <v>3282</v>
+        <v>3312</v>
       </c>
       <c r="AR71" t="s">
-        <v>3283</v>
+        <v>3313</v>
       </c>
       <c r="AS71" t="s">
-        <v>3284</v>
+        <v>3314</v>
       </c>
       <c r="AT71" t="s">
-        <v>3285</v>
+        <v>3315</v>
       </c>
       <c r="AU71" t="s">
-        <v>3286</v>
+        <v>3316</v>
       </c>
       <c r="AV71" t="s">
-        <v>3287</v>
+        <v>3317</v>
       </c>
       <c r="AW71" t="s">
-        <v>3288</v>
+        <v>3318</v>
       </c>
       <c r="AX71" t="s">
-        <v>3289</v>
+        <v>3319</v>
       </c>
       <c r="AY71" t="s">
-        <v>3290</v>
+        <v>3320</v>
       </c>
       <c r="AZ71" t="s">
-        <v>3291</v>
+        <v>3321</v>
       </c>
       <c r="BA71" t="s">
-        <v>3292</v>
+        <v>3322</v>
       </c>
       <c r="BB71" t="s">
-        <v>3293</v>
+        <v>3323</v>
       </c>
       <c r="BC71" t="s">
-        <v>3294</v>
+        <v>3324</v>
       </c>
       <c r="BD71" t="s">
-        <v>3295</v>
+        <v>3325</v>
       </c>
       <c r="BE71" t="s">
-        <v>3296</v>
+        <v>3326</v>
       </c>
       <c r="BF71" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="BG71" t="s">
-        <v>3297</v>
+        <v>3327</v>
       </c>
       <c r="BH71" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="BI71" t="s">
-        <v>2756</v>
+        <v>2786</v>
       </c>
       <c r="BJ71" t="s">
-        <v>3298</v>
+        <v>3328</v>
       </c>
       <c r="BK71" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BL71" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="BM71" t="s">
-        <v>3299</v>
+        <v>3329</v>
       </c>
       <c r="BN71" t="s">
-        <v>2887</v>
+        <v>2917</v>
       </c>
       <c r="BO71" t="s">
-        <v>3020</v>
+        <v>3050</v>
       </c>
       <c r="BP71" t="s">
-        <v>2618</v>
+        <v>2648</v>
       </c>
       <c r="BQ71" t="s">
-        <v>2584</v>
+        <v>2614</v>
       </c>
       <c r="BR71" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
       <c r="BS71" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="BT71" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BU71" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="BV71" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="BW71" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="BX71" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BY71" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="BZ71" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="CA71" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="CB71" t="s">
-        <v>2888</v>
+        <v>2918</v>
       </c>
       <c r="CC71" t="s">
-        <v>2559</v>
+        <v>2589</v>
       </c>
       <c r="CD71" t="s">
-        <v>3300</v>
+        <v>3330</v>
       </c>
       <c r="CE71" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="CF71" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="72" spans="1:122">
       <c r="A72" t="s">
         <v>768</v>
       </c>
       <c r="B72" t="s">
         <v>80</v>
       </c>
       <c r="C72" t="s">
         <v>652</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="F72">
         <v>1</v>
       </c>
       <c r="G72">
         <v>35821382</v>
       </c>
       <c r="H72" t="s">
@@ -23061,90 +23151,90 @@
         <v>772</v>
       </c>
       <c r="N72" t="s">
         <v>773</v>
       </c>
       <c r="O72"/>
       <c r="P72"/>
       <c r="Q72"/>
       <c r="R72" t="s">
         <v>771</v>
       </c>
       <c r="S72"/>
       <c r="T72" t="s">
         <v>774</v>
       </c>
       <c r="U72" t="s">
         <v>775</v>
       </c>
       <c r="V72" t="s">
         <v>657</v>
       </c>
       <c r="W72" t="s">
         <v>776</v>
       </c>
       <c r="X72" t="s">
-        <v>3301</v>
+        <v>3331</v>
       </c>
       <c r="Y72" t="s">
-        <v>3302</v>
+        <v>3332</v>
       </c>
       <c r="Z72" t="s">
-        <v>3303</v>
+        <v>3333</v>
       </c>
       <c r="AA72" t="s">
-        <v>3304</v>
+        <v>3334</v>
       </c>
       <c r="AB72" t="s">
-        <v>3305</v>
+        <v>3335</v>
       </c>
       <c r="AC72" t="s">
-        <v>3306</v>
+        <v>3336</v>
       </c>
       <c r="AD72" t="s">
-        <v>3307</v>
+        <v>3337</v>
       </c>
       <c r="AE72" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="AF72" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AG72" t="s">
-        <v>3308</v>
+        <v>3338</v>
       </c>
       <c r="AH72" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AI72" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AJ72" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="AK72" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="73" spans="1:122">
       <c r="A73" t="s">
         <v>777</v>
       </c>
       <c r="B73" t="s">
         <v>217</v>
       </c>
       <c r="C73" t="s">
         <v>218</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="F73">
         <v>1</v>
       </c>
       <c r="G73">
         <v>35819408</v>
       </c>
       <c r="H73" t="s">
@@ -23170,141 +23260,141 @@
       </c>
       <c r="O73"/>
       <c r="P73">
         <v>8</v>
       </c>
       <c r="Q73">
         <v>219</v>
       </c>
       <c r="R73" t="s">
         <v>305</v>
       </c>
       <c r="S73"/>
       <c r="T73" t="s">
         <v>781</v>
       </c>
       <c r="U73" t="s">
         <v>782</v>
       </c>
       <c r="V73" t="s">
         <v>227</v>
       </c>
       <c r="W73" t="s">
         <v>783</v>
       </c>
       <c r="X73" t="s">
-        <v>3309</v>
+        <v>3339</v>
       </c>
       <c r="Y73" t="s">
-        <v>3310</v>
+        <v>3340</v>
       </c>
       <c r="Z73" t="s">
-        <v>3311</v>
+        <v>3341</v>
       </c>
       <c r="AA73" t="s">
-        <v>3312</v>
+        <v>3342</v>
       </c>
       <c r="AB73" t="s">
-        <v>3313</v>
+        <v>3343</v>
       </c>
       <c r="AC73" t="s">
-        <v>3314</v>
+        <v>3344</v>
       </c>
       <c r="AD73" t="s">
-        <v>3315</v>
+        <v>3345</v>
       </c>
       <c r="AE73" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AF73" t="s">
-        <v>2712</v>
+        <v>2742</v>
       </c>
       <c r="AG73" t="s">
-        <v>3316</v>
+        <v>3346</v>
       </c>
       <c r="AH73" t="s">
-        <v>3317</v>
+        <v>3347</v>
       </c>
       <c r="AI73" t="s">
-        <v>3318</v>
+        <v>3348</v>
       </c>
       <c r="AJ73" t="s">
-        <v>3319</v>
+        <v>3349</v>
       </c>
       <c r="AK73" t="s">
-        <v>3320</v>
+        <v>3350</v>
       </c>
       <c r="AL73" t="s">
-        <v>3321</v>
+        <v>3351</v>
       </c>
       <c r="AM73" t="s">
-        <v>3322</v>
+        <v>3352</v>
       </c>
       <c r="AN73" t="s">
-        <v>3323</v>
+        <v>3353</v>
       </c>
       <c r="AO73" t="s">
-        <v>3324</v>
+        <v>3354</v>
       </c>
       <c r="AP73" t="s">
-        <v>3325</v>
+        <v>3355</v>
       </c>
       <c r="AQ73" t="s">
-        <v>3326</v>
+        <v>3356</v>
       </c>
       <c r="AR73" t="s">
-        <v>3327</v>
+        <v>3357</v>
       </c>
       <c r="AS73" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AT73" t="s">
-        <v>3020</v>
+        <v>3050</v>
       </c>
       <c r="AU73" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
       <c r="AV73" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="AW73" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="AX73" t="s">
-        <v>3328</v>
+        <v>3358</v>
       </c>
       <c r="AY73" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AZ73" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
       <c r="BA73" t="s">
-        <v>2415</v>
+        <v>2445</v>
       </c>
       <c r="BB73" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="74" spans="1:122">
       <c r="A74" t="s">
         <v>784</v>
       </c>
       <c r="B74" t="s">
         <v>507</v>
       </c>
       <c r="C74" t="s">
         <v>40</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="F74">
         <v>1</v>
       </c>
       <c r="G74">
         <v>35965838</v>
       </c>
       <c r="H74" t="s">
@@ -23328,69 +23418,69 @@
       </c>
       <c r="O74">
         <v>100494</v>
       </c>
       <c r="P74"/>
       <c r="Q74">
         <v>24</v>
       </c>
       <c r="R74" t="s">
         <v>790</v>
       </c>
       <c r="S74"/>
       <c r="T74" t="s">
         <v>791</v>
       </c>
       <c r="U74" t="s">
         <v>792</v>
       </c>
       <c r="V74" t="s">
         <v>50</v>
       </c>
       <c r="W74" t="s">
         <v>793</v>
       </c>
       <c r="X74" t="s">
-        <v>3329</v>
+        <v>3359</v>
       </c>
       <c r="Y74" t="s">
-        <v>3330</v>
+        <v>3360</v>
       </c>
       <c r="Z74" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AA74" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AB74" t="s">
-        <v>2394</v>
+        <v>2424</v>
       </c>
       <c r="AC74" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AD74" t="s">
-        <v>3331</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="75" spans="1:122">
       <c r="A75" t="s">
         <v>794</v>
       </c>
       <c r="B75" t="s">
         <v>406</v>
       </c>
       <c r="C75" t="s">
         <v>407</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="F75">
         <v>1</v>
       </c>
       <c r="G75">
         <v>36050490</v>
       </c>
       <c r="H75" t="s">
@@ -23412,138 +23502,138 @@
         <v>799</v>
       </c>
       <c r="N75" t="s">
         <v>800</v>
       </c>
       <c r="O75"/>
       <c r="P75"/>
       <c r="Q75"/>
       <c r="R75" t="s">
         <v>801</v>
       </c>
       <c r="S75"/>
       <c r="T75" t="s">
         <v>802</v>
       </c>
       <c r="U75" t="s">
         <v>803</v>
       </c>
       <c r="V75" t="s">
         <v>416</v>
       </c>
       <c r="W75" t="s">
         <v>804</v>
       </c>
       <c r="X75" t="s">
-        <v>3332</v>
+        <v>3362</v>
       </c>
       <c r="Y75" t="s">
-        <v>3333</v>
+        <v>3363</v>
       </c>
       <c r="Z75" t="s">
-        <v>3334</v>
+        <v>3364</v>
       </c>
       <c r="AA75" t="s">
-        <v>3335</v>
+        <v>3365</v>
       </c>
       <c r="AB75" t="s">
-        <v>3336</v>
+        <v>3366</v>
       </c>
       <c r="AC75" t="s">
-        <v>3337</v>
+        <v>3367</v>
       </c>
       <c r="AD75" t="s">
-        <v>3338</v>
+        <v>3368</v>
       </c>
       <c r="AE75" t="s">
-        <v>3339</v>
+        <v>3369</v>
       </c>
       <c r="AF75" t="s">
-        <v>3340</v>
+        <v>3370</v>
       </c>
       <c r="AG75" t="s">
-        <v>3049</v>
+        <v>3079</v>
       </c>
       <c r="AH75" t="s">
-        <v>3341</v>
+        <v>3371</v>
       </c>
       <c r="AI75" t="s">
-        <v>3342</v>
+        <v>3372</v>
       </c>
       <c r="AJ75" t="s">
-        <v>2866</v>
+        <v>2896</v>
       </c>
       <c r="AK75" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AL75" t="s">
-        <v>3343</v>
+        <v>3373</v>
       </c>
       <c r="AM75" t="s">
-        <v>3344</v>
+        <v>3374</v>
       </c>
       <c r="AN75" t="s">
-        <v>3345</v>
+        <v>3375</v>
       </c>
       <c r="AO75" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AP75" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AQ75" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AR75" t="s">
-        <v>3346</v>
+        <v>3376</v>
       </c>
       <c r="AS75" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="AT75" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="AU75" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="AV75" t="s">
-        <v>3347</v>
+        <v>3377</v>
       </c>
       <c r="AW75" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
       <c r="AX75" t="s">
-        <v>2872</v>
+        <v>2902</v>
       </c>
       <c r="AY75" t="s">
-        <v>3348</v>
+        <v>3378</v>
       </c>
       <c r="AZ75" t="s">
-        <v>3349</v>
+        <v>3379</v>
       </c>
       <c r="BA75" t="s">
-        <v>3350</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="76" spans="1:122">
       <c r="A76" t="s">
         <v>805</v>
       </c>
       <c r="B76" t="s">
         <v>806</v>
       </c>
       <c r="C76" t="s">
         <v>807</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76">
         <v>1</v>
       </c>
       <c r="G76">
         <v>36112685</v>
       </c>
       <c r="H76" t="s">
@@ -23569,192 +23659,192 @@
       </c>
       <c r="O76"/>
       <c r="P76">
         <v>37</v>
       </c>
       <c r="Q76">
         <v>8</v>
       </c>
       <c r="R76" t="s">
         <v>813</v>
       </c>
       <c r="S76"/>
       <c r="T76" t="s">
         <v>814</v>
       </c>
       <c r="U76" t="s">
         <v>815</v>
       </c>
       <c r="V76" t="s">
         <v>156</v>
       </c>
       <c r="W76" t="s">
         <v>816</v>
       </c>
       <c r="X76" t="s">
-        <v>3351</v>
+        <v>3381</v>
       </c>
       <c r="Y76" t="s">
-        <v>3352</v>
+        <v>3382</v>
       </c>
       <c r="Z76" t="s">
-        <v>3353</v>
+        <v>3383</v>
       </c>
       <c r="AA76" t="s">
-        <v>3354</v>
+        <v>3384</v>
       </c>
       <c r="AB76" t="s">
-        <v>3355</v>
+        <v>3385</v>
       </c>
       <c r="AC76" t="s">
-        <v>3356</v>
+        <v>3386</v>
       </c>
       <c r="AD76" t="s">
-        <v>3357</v>
+        <v>3387</v>
       </c>
       <c r="AE76" t="s">
-        <v>3358</v>
+        <v>3388</v>
       </c>
       <c r="AF76" t="s">
-        <v>2600</v>
+        <v>2630</v>
       </c>
       <c r="AG76" t="s">
-        <v>3359</v>
+        <v>3389</v>
       </c>
       <c r="AH76" t="s">
-        <v>3360</v>
+        <v>3390</v>
       </c>
       <c r="AI76" t="s">
-        <v>2897</v>
+        <v>2927</v>
       </c>
       <c r="AJ76" t="s">
-        <v>3361</v>
+        <v>3391</v>
       </c>
       <c r="AK76" t="s">
-        <v>2604</v>
+        <v>2634</v>
       </c>
       <c r="AL76" t="s">
-        <v>2606</v>
+        <v>2636</v>
       </c>
       <c r="AM76" t="s">
-        <v>3362</v>
+        <v>3392</v>
       </c>
       <c r="AN76" t="s">
-        <v>3148</v>
+        <v>3178</v>
       </c>
       <c r="AO76" t="s">
-        <v>3363</v>
+        <v>3393</v>
       </c>
       <c r="AP76" t="s">
-        <v>3364</v>
+        <v>3394</v>
       </c>
       <c r="AQ76" t="s">
-        <v>3365</v>
+        <v>3395</v>
       </c>
       <c r="AR76" t="s">
-        <v>3366</v>
+        <v>3396</v>
       </c>
       <c r="AS76" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AT76" t="s">
-        <v>3151</v>
+        <v>3181</v>
       </c>
       <c r="AU76" t="s">
-        <v>3150</v>
+        <v>3180</v>
       </c>
       <c r="AV76" t="s">
-        <v>2611</v>
+        <v>2641</v>
       </c>
       <c r="AW76" t="s">
-        <v>3367</v>
+        <v>3397</v>
       </c>
       <c r="AX76" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AY76" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AZ76" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BA76" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="BB76" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BC76" t="s">
-        <v>2479</v>
+        <v>2509</v>
       </c>
       <c r="BD76" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
       <c r="BE76" t="s">
-        <v>2413</v>
+        <v>2443</v>
       </c>
       <c r="BF76" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="BG76" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BH76" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BI76" t="s">
-        <v>2653</v>
+        <v>2683</v>
       </c>
       <c r="BJ76" t="s">
-        <v>3073</v>
+        <v>3103</v>
       </c>
       <c r="BK76" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="BL76" t="s">
-        <v>3368</v>
+        <v>3398</v>
       </c>
       <c r="BM76" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="BN76" t="s">
-        <v>3369</v>
+        <v>3399</v>
       </c>
       <c r="BO76" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="BP76" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="BQ76" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
       <c r="BR76" t="s">
-        <v>3370</v>
+        <v>3400</v>
       </c>
       <c r="BS76" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="77" spans="1:122">
       <c r="A77" t="s">
         <v>817</v>
       </c>
       <c r="B77" t="s">
         <v>507</v>
       </c>
       <c r="C77" t="s">
         <v>40</v>
       </c>
       <c r="D77" t="s">
         <v>67</v>
       </c>
       <c r="E77" t="s">
         <v>818</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
         <v>36170796</v>
       </c>
       <c r="H77" t="s">
@@ -23778,57 +23868,57 @@
       <c r="N77" t="s">
         <v>824</v>
       </c>
       <c r="O77">
         <v>114854</v>
       </c>
       <c r="P77"/>
       <c r="Q77"/>
       <c r="R77" t="s">
         <v>825</v>
       </c>
       <c r="S77"/>
       <c r="T77" t="s">
         <v>50</v>
       </c>
       <c r="U77" t="s">
         <v>50</v>
       </c>
       <c r="V77" t="s">
         <v>50</v>
       </c>
       <c r="W77" t="s">
         <v>826</v>
       </c>
       <c r="X77" t="s">
-        <v>3371</v>
+        <v>3401</v>
       </c>
       <c r="Y77" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="Z77" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="78" spans="1:122">
       <c r="A78" t="s">
         <v>827</v>
       </c>
       <c r="B78" t="s">
         <v>181</v>
       </c>
       <c r="C78" t="s">
         <v>407</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="F78">
         <v>1</v>
       </c>
       <c r="G78">
         <v>36310581</v>
       </c>
       <c r="H78" t="s">
@@ -23850,87 +23940,87 @@
       <c r="N78" t="s">
         <v>830</v>
       </c>
       <c r="O78">
         <v>105323</v>
       </c>
       <c r="P78"/>
       <c r="Q78"/>
       <c r="R78" t="s">
         <v>196</v>
       </c>
       <c r="S78"/>
       <c r="T78" t="s">
         <v>831</v>
       </c>
       <c r="U78" t="s">
         <v>832</v>
       </c>
       <c r="V78" t="s">
         <v>36</v>
       </c>
       <c r="W78" t="s">
         <v>833</v>
       </c>
       <c r="X78" t="s">
-        <v>3372</v>
+        <v>3402</v>
       </c>
       <c r="Y78" t="s">
-        <v>3373</v>
+        <v>3403</v>
       </c>
       <c r="Z78" t="s">
-        <v>3374</v>
+        <v>3404</v>
       </c>
       <c r="AA78" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AB78" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AC78" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AD78" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AE78" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AF78" t="s">
-        <v>3375</v>
+        <v>3405</v>
       </c>
       <c r="AG78" t="s">
-        <v>3376</v>
+        <v>3406</v>
       </c>
       <c r="AH78" t="s">
-        <v>2478</v>
+        <v>2508</v>
       </c>
       <c r="AI78" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AJ78" t="s">
-        <v>2584</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="79" spans="1:122">
       <c r="A79" t="s">
         <v>834</v>
       </c>
       <c r="B79" t="s">
         <v>835</v>
       </c>
       <c r="C79" t="s">
         <v>427</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="F79">
         <v>1</v>
       </c>
       <c r="G79">
         <v>36280798</v>
       </c>
       <c r="H79" t="s">
@@ -23952,207 +24042,207 @@
         <v>139</v>
       </c>
       <c r="N79" t="s">
         <v>838</v>
       </c>
       <c r="O79"/>
       <c r="P79"/>
       <c r="Q79"/>
       <c r="R79" t="s">
         <v>142</v>
       </c>
       <c r="S79"/>
       <c r="T79" t="s">
         <v>839</v>
       </c>
       <c r="U79" t="s">
         <v>840</v>
       </c>
       <c r="V79" t="s">
         <v>36</v>
       </c>
       <c r="W79" t="s">
         <v>841</v>
       </c>
       <c r="X79" t="s">
-        <v>3377</v>
+        <v>3407</v>
       </c>
       <c r="Y79" t="s">
-        <v>3378</v>
+        <v>3408</v>
       </c>
       <c r="Z79" t="s">
-        <v>3379</v>
+        <v>3409</v>
       </c>
       <c r="AA79" t="s">
-        <v>3380</v>
+        <v>3410</v>
       </c>
       <c r="AB79" t="s">
-        <v>3381</v>
+        <v>3411</v>
       </c>
       <c r="AC79" t="s">
-        <v>3382</v>
+        <v>3412</v>
       </c>
       <c r="AD79" t="s">
-        <v>3383</v>
+        <v>3413</v>
       </c>
       <c r="AE79" t="s">
-        <v>3384</v>
+        <v>3414</v>
       </c>
       <c r="AF79" t="s">
-        <v>3385</v>
+        <v>3415</v>
       </c>
       <c r="AG79" t="s">
-        <v>3386</v>
+        <v>3416</v>
       </c>
       <c r="AH79" t="s">
-        <v>3387</v>
+        <v>3417</v>
       </c>
       <c r="AI79" t="s">
-        <v>3388</v>
+        <v>3418</v>
       </c>
       <c r="AJ79" t="s">
-        <v>3389</v>
+        <v>3419</v>
       </c>
       <c r="AK79" t="s">
-        <v>3390</v>
+        <v>3420</v>
       </c>
       <c r="AL79" t="s">
-        <v>3391</v>
+        <v>3421</v>
       </c>
       <c r="AM79" t="s">
-        <v>3392</v>
+        <v>3422</v>
       </c>
       <c r="AN79" t="s">
-        <v>3393</v>
+        <v>3423</v>
       </c>
       <c r="AO79" t="s">
-        <v>3394</v>
+        <v>3424</v>
       </c>
       <c r="AP79" t="s">
-        <v>2804</v>
+        <v>2834</v>
       </c>
       <c r="AQ79" t="s">
-        <v>3395</v>
+        <v>3425</v>
       </c>
       <c r="AR79" t="s">
-        <v>3396</v>
+        <v>3426</v>
       </c>
       <c r="AS79" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="AT79" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AU79" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
       <c r="AV79" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AW79" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AX79" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AY79" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AZ79" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="BA79" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BB79" t="s">
-        <v>3397</v>
+        <v>3427</v>
       </c>
       <c r="BC79" t="s">
-        <v>2652</v>
+        <v>2682</v>
       </c>
       <c r="BD79" t="s">
-        <v>2413</v>
+        <v>2443</v>
       </c>
       <c r="BE79" t="s">
-        <v>2477</v>
+        <v>2507</v>
       </c>
       <c r="BF79" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BG79" t="s">
-        <v>2400</v>
+        <v>2430</v>
       </c>
       <c r="BH79" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="BI79" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="BJ79" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BK79" t="s">
-        <v>2414</v>
+        <v>2444</v>
       </c>
       <c r="BL79" t="s">
-        <v>2415</v>
+        <v>2445</v>
       </c>
       <c r="BM79" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="BN79" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="BO79" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="BP79" t="s">
-        <v>2970</v>
+        <v>3000</v>
       </c>
       <c r="BQ79" t="s">
-        <v>3398</v>
+        <v>3428</v>
       </c>
       <c r="BR79" t="s">
-        <v>3399</v>
+        <v>3429</v>
       </c>
       <c r="BS79" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="BT79" t="s">
-        <v>3215</v>
+        <v>3245</v>
       </c>
       <c r="BU79" t="s">
-        <v>3400</v>
+        <v>3430</v>
       </c>
       <c r="BV79" t="s">
-        <v>3216</v>
+        <v>3246</v>
       </c>
       <c r="BW79" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
       <c r="BX79" t="s">
-        <v>2416</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="80" spans="1:122">
       <c r="A80" t="s">
         <v>842</v>
       </c>
       <c r="B80" t="s">
         <v>290</v>
       </c>
       <c r="C80" t="s">
         <v>66</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>345</v>
       </c>
       <c r="F80">
         <v>1</v>
       </c>
       <c r="G80">
         <v>36228613</v>
       </c>
       <c r="H80" t="s">
@@ -24174,57 +24264,57 @@
         <v>327</v>
       </c>
       <c r="N80" t="s">
         <v>845</v>
       </c>
       <c r="O80"/>
       <c r="P80"/>
       <c r="Q80"/>
       <c r="R80" t="s">
         <v>325</v>
       </c>
       <c r="S80"/>
       <c r="T80" t="s">
         <v>846</v>
       </c>
       <c r="U80" t="s">
         <v>847</v>
       </c>
       <c r="V80" t="s">
         <v>36</v>
       </c>
       <c r="W80" t="s">
         <v>848</v>
       </c>
       <c r="X80" t="s">
-        <v>3401</v>
+        <v>3431</v>
       </c>
       <c r="Y80" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="Z80" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="81" spans="1:122">
       <c r="A81" t="s">
         <v>849</v>
       </c>
       <c r="B81" t="s">
         <v>39</v>
       </c>
       <c r="C81" t="s">
         <v>40</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="F81">
         <v>1</v>
       </c>
       <c r="G81">
         <v>36323361</v>
       </c>
       <c r="H81" t="s">
@@ -24246,78 +24336,78 @@
         <v>854</v>
       </c>
       <c r="N81" t="s">
         <v>855</v>
       </c>
       <c r="O81"/>
       <c r="P81"/>
       <c r="Q81"/>
       <c r="R81" t="s">
         <v>856</v>
       </c>
       <c r="S81"/>
       <c r="T81" t="s">
         <v>857</v>
       </c>
       <c r="U81" t="s">
         <v>858</v>
       </c>
       <c r="V81" t="s">
         <v>50</v>
       </c>
       <c r="W81" t="s">
         <v>859</v>
       </c>
       <c r="X81" t="s">
-        <v>3402</v>
+        <v>3432</v>
       </c>
       <c r="Y81" t="s">
-        <v>2951</v>
+        <v>2981</v>
       </c>
       <c r="Z81" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AA81" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AB81" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AC81" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="AD81" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AE81" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="AF81" t="s">
-        <v>2401</v>
+        <v>2431</v>
       </c>
       <c r="AG81" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="82" spans="1:122">
       <c r="A82" t="s">
         <v>860</v>
       </c>
       <c r="B82" t="s">
         <v>861</v>
       </c>
       <c r="C82" t="s">
         <v>96</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="F82">
         <v>1</v>
       </c>
       <c r="G82">
         <v>35169263</v>
       </c>
       <c r="H82" t="s">
@@ -24341,111 +24431,111 @@
       </c>
       <c r="O82"/>
       <c r="P82">
         <v>1</v>
       </c>
       <c r="Q82">
         <v>5</v>
       </c>
       <c r="R82" t="s">
         <v>867</v>
       </c>
       <c r="S82"/>
       <c r="T82" t="s">
         <v>868</v>
       </c>
       <c r="U82" t="s">
         <v>869</v>
       </c>
       <c r="V82" t="s">
         <v>105</v>
       </c>
       <c r="W82" t="s">
         <v>870</v>
       </c>
       <c r="X82" t="s">
-        <v>3403</v>
+        <v>3433</v>
       </c>
       <c r="Y82" t="s">
-        <v>3404</v>
+        <v>3434</v>
       </c>
       <c r="Z82" t="s">
-        <v>3405</v>
+        <v>3435</v>
       </c>
       <c r="AA82" t="s">
-        <v>3406</v>
+        <v>3436</v>
       </c>
       <c r="AB82" t="s">
-        <v>3407</v>
+        <v>3437</v>
       </c>
       <c r="AC82" t="s">
-        <v>3408</v>
+        <v>3438</v>
       </c>
       <c r="AD82" t="s">
-        <v>3409</v>
+        <v>3439</v>
       </c>
       <c r="AE82" t="s">
-        <v>3410</v>
+        <v>3440</v>
       </c>
       <c r="AF82" t="s">
-        <v>3411</v>
+        <v>3441</v>
       </c>
       <c r="AG82" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AH82" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AI82" t="s">
-        <v>3412</v>
+        <v>3442</v>
       </c>
       <c r="AJ82" t="s">
-        <v>3227</v>
+        <v>3257</v>
       </c>
       <c r="AK82" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AL82" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AM82" t="s">
-        <v>2557</v>
+        <v>2587</v>
       </c>
       <c r="AN82" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AO82" t="s">
-        <v>2910</v>
+        <v>2940</v>
       </c>
       <c r="AP82" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="AQ82" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="AR82" t="s">
-        <v>3413</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="83" spans="1:122">
       <c r="A83" t="s">
         <v>871</v>
       </c>
       <c r="B83" t="s">
         <v>39</v>
       </c>
       <c r="C83" t="s">
         <v>40</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>182</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>872</v>
       </c>
@@ -24463,69 +24553,69 @@
       </c>
       <c r="M83"/>
       <c r="N83" t="s">
         <v>874</v>
       </c>
       <c r="O83"/>
       <c r="P83"/>
       <c r="Q83"/>
       <c r="R83" t="s">
         <v>185</v>
       </c>
       <c r="S83"/>
       <c r="T83" t="s">
         <v>875</v>
       </c>
       <c r="U83" t="s">
         <v>618</v>
       </c>
       <c r="V83" t="s">
         <v>665</v>
       </c>
       <c r="W83" t="s">
         <v>876</v>
       </c>
       <c r="X83" t="s">
-        <v>3414</v>
+        <v>3444</v>
       </c>
       <c r="Y83" t="s">
-        <v>2602</v>
+        <v>2632</v>
       </c>
       <c r="Z83" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AA83" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AB83" t="s">
-        <v>3009</v>
+        <v>3039</v>
       </c>
       <c r="AC83" t="s">
-        <v>3415</v>
+        <v>3445</v>
       </c>
       <c r="AD83" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="84" spans="1:122">
       <c r="A84" t="s">
         <v>877</v>
       </c>
       <c r="B84" t="s">
         <v>53</v>
       </c>
       <c r="C84" t="s">
         <v>54</v>
       </c>
       <c r="D84" t="s">
         <v>67</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="F84">
         <v>1</v>
       </c>
       <c r="G84">
         <v>36424432</v>
       </c>
       <c r="H84" t="s">
@@ -24547,180 +24637,180 @@
         <v>139</v>
       </c>
       <c r="N84" t="s">
         <v>880</v>
       </c>
       <c r="O84"/>
       <c r="P84"/>
       <c r="Q84"/>
       <c r="R84" t="s">
         <v>142</v>
       </c>
       <c r="S84"/>
       <c r="T84" t="s">
         <v>881</v>
       </c>
       <c r="U84" t="s">
         <v>61</v>
       </c>
       <c r="V84" t="s">
         <v>62</v>
       </c>
       <c r="W84" t="s">
         <v>882</v>
       </c>
       <c r="X84" t="s">
-        <v>3416</v>
+        <v>3446</v>
       </c>
       <c r="Y84" t="s">
-        <v>3417</v>
+        <v>3447</v>
       </c>
       <c r="Z84" t="s">
-        <v>3418</v>
+        <v>3448</v>
       </c>
       <c r="AA84" t="s">
-        <v>3419</v>
+        <v>3449</v>
       </c>
       <c r="AB84" t="s">
-        <v>3420</v>
+        <v>3450</v>
       </c>
       <c r="AC84" t="s">
-        <v>3421</v>
+        <v>3451</v>
       </c>
       <c r="AD84" t="s">
-        <v>3422</v>
+        <v>3452</v>
       </c>
       <c r="AE84" t="s">
-        <v>3423</v>
+        <v>3453</v>
       </c>
       <c r="AF84" t="s">
-        <v>3424</v>
+        <v>3454</v>
       </c>
       <c r="AG84" t="s">
-        <v>3425</v>
+        <v>3455</v>
       </c>
       <c r="AH84" t="s">
-        <v>3426</v>
+        <v>3456</v>
       </c>
       <c r="AI84" t="s">
-        <v>3427</v>
+        <v>3457</v>
       </c>
       <c r="AJ84" t="s">
-        <v>3428</v>
+        <v>3458</v>
       </c>
       <c r="AK84" t="s">
-        <v>3429</v>
+        <v>3459</v>
       </c>
       <c r="AL84" t="s">
-        <v>3430</v>
+        <v>3460</v>
       </c>
       <c r="AM84" t="s">
-        <v>3431</v>
+        <v>3461</v>
       </c>
       <c r="AN84" t="s">
-        <v>3432</v>
+        <v>3462</v>
       </c>
       <c r="AO84" t="s">
-        <v>3433</v>
+        <v>3463</v>
       </c>
       <c r="AP84" t="s">
-        <v>3434</v>
+        <v>3464</v>
       </c>
       <c r="AQ84" t="s">
-        <v>3435</v>
+        <v>3465</v>
       </c>
       <c r="AR84" t="s">
-        <v>3436</v>
+        <v>3466</v>
       </c>
       <c r="AS84" t="s">
-        <v>3437</v>
+        <v>3467</v>
       </c>
       <c r="AT84" t="s">
-        <v>3438</v>
+        <v>3468</v>
       </c>
       <c r="AU84" t="s">
-        <v>3439</v>
+        <v>3469</v>
       </c>
       <c r="AV84" t="s">
-        <v>3440</v>
+        <v>3470</v>
       </c>
       <c r="AW84" t="s">
-        <v>3441</v>
+        <v>3471</v>
       </c>
       <c r="AX84" t="s">
-        <v>3442</v>
+        <v>3472</v>
       </c>
       <c r="AY84" t="s">
-        <v>3443</v>
+        <v>3473</v>
       </c>
       <c r="AZ84" t="s">
-        <v>2406</v>
+        <v>2436</v>
       </c>
       <c r="BA84" t="s">
-        <v>3444</v>
+        <v>3474</v>
       </c>
       <c r="BB84" t="s">
-        <v>3157</v>
+        <v>3187</v>
       </c>
       <c r="BC84" t="s">
-        <v>3445</v>
+        <v>3475</v>
       </c>
       <c r="BD84" t="s">
-        <v>3446</v>
+        <v>3476</v>
       </c>
       <c r="BE84" t="s">
-        <v>3447</v>
+        <v>3477</v>
       </c>
       <c r="BF84" t="s">
-        <v>3448</v>
+        <v>3478</v>
       </c>
       <c r="BG84" t="s">
-        <v>3449</v>
+        <v>3479</v>
       </c>
       <c r="BH84" t="s">
-        <v>3230</v>
+        <v>3260</v>
       </c>
       <c r="BI84" t="s">
-        <v>3257</v>
+        <v>3287</v>
       </c>
       <c r="BJ84" t="s">
-        <v>3450</v>
+        <v>3480</v>
       </c>
       <c r="BK84" t="s">
-        <v>2409</v>
+        <v>2439</v>
       </c>
       <c r="BL84" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="BM84" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="BN84" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="BO84" t="s">
-        <v>3451</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="85" spans="1:122">
       <c r="A85" t="s">
         <v>883</v>
       </c>
       <c r="B85" t="s">
         <v>217</v>
       </c>
       <c r="C85" t="s">
         <v>218</v>
       </c>
       <c r="D85" t="s">
         <v>67</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="F85">
         <v>1</v>
       </c>
       <c r="G85">
         <v>36456736</v>
       </c>
       <c r="H85" t="s">
@@ -24742,108 +24832,108 @@
         <v>498</v>
       </c>
       <c r="N85" t="s">
         <v>886</v>
       </c>
       <c r="O85"/>
       <c r="P85"/>
       <c r="Q85"/>
       <c r="R85" t="s">
         <v>501</v>
       </c>
       <c r="S85"/>
       <c r="T85" t="s">
         <v>887</v>
       </c>
       <c r="U85" t="s">
         <v>888</v>
       </c>
       <c r="V85" t="s">
         <v>889</v>
       </c>
       <c r="W85" t="s">
         <v>890</v>
       </c>
       <c r="X85" t="s">
-        <v>3452</v>
+        <v>3482</v>
       </c>
       <c r="Y85" t="s">
-        <v>3453</v>
+        <v>3483</v>
       </c>
       <c r="Z85" t="s">
-        <v>3454</v>
+        <v>3484</v>
       </c>
       <c r="AA85" t="s">
-        <v>3455</v>
+        <v>3485</v>
       </c>
       <c r="AB85" t="s">
-        <v>3456</v>
+        <v>3486</v>
       </c>
       <c r="AC85" t="s">
-        <v>3457</v>
+        <v>3487</v>
       </c>
       <c r="AD85" t="s">
-        <v>3458</v>
+        <v>3488</v>
       </c>
       <c r="AE85" t="s">
-        <v>3459</v>
+        <v>3489</v>
       </c>
       <c r="AF85" t="s">
-        <v>3460</v>
+        <v>3490</v>
       </c>
       <c r="AG85" t="s">
-        <v>3461</v>
+        <v>3491</v>
       </c>
       <c r="AH85" t="s">
-        <v>3462</v>
+        <v>3492</v>
       </c>
       <c r="AI85" t="s">
-        <v>3463</v>
+        <v>3493</v>
       </c>
       <c r="AJ85" t="s">
-        <v>3464</v>
+        <v>3494</v>
       </c>
       <c r="AK85" t="s">
-        <v>3465</v>
+        <v>3495</v>
       </c>
       <c r="AL85" t="s">
-        <v>3466</v>
+        <v>3496</v>
       </c>
       <c r="AM85" t="s">
-        <v>3318</v>
+        <v>3348</v>
       </c>
       <c r="AN85" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AO85" t="s">
-        <v>3467</v>
+        <v>3497</v>
       </c>
       <c r="AP85" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AQ85" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="86" spans="1:122">
       <c r="A86" t="s">
         <v>891</v>
       </c>
       <c r="B86" t="s">
         <v>95</v>
       </c>
       <c r="C86" t="s">
         <v>96</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>345</v>
       </c>
       <c r="F86">
         <v>2</v>
       </c>
       <c r="G86">
         <v>36453402</v>
       </c>
       <c r="H86" t="s">
@@ -24871,57 +24961,57 @@
         <v>1257</v>
       </c>
       <c r="P86">
         <v>6</v>
       </c>
       <c r="Q86">
         <v>18</v>
       </c>
       <c r="R86" t="s">
         <v>898</v>
       </c>
       <c r="S86"/>
       <c r="T86" t="s">
         <v>899</v>
       </c>
       <c r="U86" t="s">
         <v>900</v>
       </c>
       <c r="V86" t="s">
         <v>745</v>
       </c>
       <c r="W86" t="s">
         <v>901</v>
       </c>
       <c r="X86" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="Y86" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="Z86" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="87" spans="1:122">
       <c r="A87" t="s">
         <v>902</v>
       </c>
       <c r="B87" t="s">
         <v>359</v>
       </c>
       <c r="C87" t="s">
         <v>66</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="F87">
         <v>1</v>
       </c>
       <c r="G87">
         <v>36480267</v>
       </c>
       <c r="H87" t="s">
@@ -24945,81 +25035,81 @@
       <c r="N87" t="s">
         <v>908</v>
       </c>
       <c r="O87"/>
       <c r="P87"/>
       <c r="Q87">
         <v>0</v>
       </c>
       <c r="R87" t="s">
         <v>909</v>
       </c>
       <c r="S87"/>
       <c r="T87" t="s">
         <v>910</v>
       </c>
       <c r="U87" t="s">
         <v>911</v>
       </c>
       <c r="V87" t="s">
         <v>912</v>
       </c>
       <c r="W87" t="s">
         <v>913</v>
       </c>
       <c r="X87" t="s">
-        <v>3468</v>
+        <v>3498</v>
       </c>
       <c r="Y87" t="s">
-        <v>3469</v>
+        <v>3499</v>
       </c>
       <c r="Z87" t="s">
-        <v>3470</v>
+        <v>3500</v>
       </c>
       <c r="AA87" t="s">
-        <v>3471</v>
+        <v>3501</v>
       </c>
       <c r="AB87" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AC87" t="s">
-        <v>2750</v>
+        <v>2780</v>
       </c>
       <c r="AD87" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AE87" t="s">
-        <v>3472</v>
+        <v>3502</v>
       </c>
       <c r="AF87" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AG87" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AH87" t="s">
-        <v>3473</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="88" spans="1:122">
       <c r="A88" t="s">
         <v>914</v>
       </c>
       <c r="B88" t="s">
         <v>915</v>
       </c>
       <c r="C88" t="s">
         <v>916</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="F88">
         <v>1</v>
       </c>
       <c r="G88">
         <v>34099917</v>
       </c>
       <c r="H88" t="s">
@@ -25045,78 +25135,78 @@
         <v>920</v>
       </c>
       <c r="P88">
         <v>7</v>
       </c>
       <c r="Q88">
         <v>22</v>
       </c>
       <c r="R88" t="s">
         <v>501</v>
       </c>
       <c r="S88"/>
       <c r="T88" t="s">
         <v>921</v>
       </c>
       <c r="U88" t="s">
         <v>565</v>
       </c>
       <c r="V88" t="s">
         <v>227</v>
       </c>
       <c r="W88" t="s">
         <v>922</v>
       </c>
       <c r="X88" t="s">
-        <v>3474</v>
+        <v>3504</v>
       </c>
       <c r="Y88" t="s">
-        <v>3475</v>
+        <v>3505</v>
       </c>
       <c r="Z88" t="s">
-        <v>3476</v>
+        <v>3506</v>
       </c>
       <c r="AA88" t="s">
-        <v>3477</v>
+        <v>3507</v>
       </c>
       <c r="AB88" t="s">
-        <v>3478</v>
+        <v>3508</v>
       </c>
       <c r="AC88" t="s">
-        <v>3479</v>
+        <v>3509</v>
       </c>
       <c r="AD88" t="s">
-        <v>3480</v>
+        <v>3510</v>
       </c>
       <c r="AE88" t="s">
-        <v>3481</v>
+        <v>3511</v>
       </c>
       <c r="AF88" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AG88" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="89" spans="1:122">
       <c r="A89" t="s">
         <v>923</v>
       </c>
       <c r="B89" t="s">
         <v>406</v>
       </c>
       <c r="C89" t="s">
         <v>407</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="F89">
         <v>1</v>
       </c>
       <c r="G89">
         <v>36156348</v>
       </c>
       <c r="H89" t="s">
@@ -25140,153 +25230,153 @@
       </c>
       <c r="O89"/>
       <c r="P89">
         <v>11</v>
       </c>
       <c r="Q89">
         <v>23</v>
       </c>
       <c r="R89" t="s">
         <v>929</v>
       </c>
       <c r="S89"/>
       <c r="T89" t="s">
         <v>930</v>
       </c>
       <c r="U89" t="s">
         <v>931</v>
       </c>
       <c r="V89" t="s">
         <v>932</v>
       </c>
       <c r="W89" t="s">
         <v>933</v>
       </c>
       <c r="X89" t="s">
-        <v>3482</v>
+        <v>3512</v>
       </c>
       <c r="Y89" t="s">
-        <v>3483</v>
+        <v>3513</v>
       </c>
       <c r="Z89" t="s">
-        <v>3484</v>
+        <v>3514</v>
       </c>
       <c r="AA89" t="s">
-        <v>3485</v>
+        <v>3515</v>
       </c>
       <c r="AB89" t="s">
-        <v>3486</v>
+        <v>3516</v>
       </c>
       <c r="AC89" t="s">
-        <v>3487</v>
+        <v>3517</v>
       </c>
       <c r="AD89" t="s">
-        <v>3488</v>
+        <v>3518</v>
       </c>
       <c r="AE89" t="s">
-        <v>3489</v>
+        <v>3519</v>
       </c>
       <c r="AF89" t="s">
-        <v>3490</v>
+        <v>3520</v>
       </c>
       <c r="AG89" t="s">
-        <v>3491</v>
+        <v>3521</v>
       </c>
       <c r="AH89" t="s">
-        <v>3492</v>
+        <v>3522</v>
       </c>
       <c r="AI89" t="s">
-        <v>3493</v>
+        <v>3523</v>
       </c>
       <c r="AJ89" t="s">
-        <v>3494</v>
+        <v>3524</v>
       </c>
       <c r="AK89" t="s">
-        <v>3495</v>
+        <v>3525</v>
       </c>
       <c r="AL89" t="s">
-        <v>3496</v>
+        <v>3526</v>
       </c>
       <c r="AM89" t="s">
-        <v>3497</v>
+        <v>3527</v>
       </c>
       <c r="AN89" t="s">
-        <v>3498</v>
+        <v>3528</v>
       </c>
       <c r="AO89" t="s">
-        <v>3499</v>
+        <v>3529</v>
       </c>
       <c r="AP89" t="s">
-        <v>3500</v>
+        <v>3530</v>
       </c>
       <c r="AQ89" t="s">
-        <v>3501</v>
+        <v>3531</v>
       </c>
       <c r="AR89" t="s">
-        <v>3502</v>
+        <v>3532</v>
       </c>
       <c r="AS89" t="s">
-        <v>3503</v>
+        <v>3533</v>
       </c>
       <c r="AT89" t="s">
-        <v>2844</v>
+        <v>2874</v>
       </c>
       <c r="AU89" t="s">
-        <v>3011</v>
+        <v>3041</v>
       </c>
       <c r="AV89" t="s">
-        <v>3504</v>
+        <v>3534</v>
       </c>
       <c r="AW89" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AX89" t="s">
-        <v>3505</v>
+        <v>3535</v>
       </c>
       <c r="AY89" t="s">
-        <v>3506</v>
+        <v>3536</v>
       </c>
       <c r="AZ89" t="s">
-        <v>3507</v>
+        <v>3537</v>
       </c>
       <c r="BA89" t="s">
-        <v>3508</v>
+        <v>3538</v>
       </c>
       <c r="BB89" t="s">
-        <v>3509</v>
+        <v>3539</v>
       </c>
       <c r="BC89" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="BD89" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BE89" t="s">
-        <v>3510</v>
+        <v>3540</v>
       </c>
       <c r="BF89" t="s">
-        <v>3511</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="90" spans="1:122">
       <c r="A90" t="s">
         <v>934</v>
       </c>
       <c r="B90" t="s">
         <v>406</v>
       </c>
       <c r="C90" t="s">
         <v>407</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="F90">
         <v>1</v>
       </c>
       <c r="G90">
         <v>36534799</v>
       </c>
       <c r="H90" t="s">
@@ -25310,114 +25400,114 @@
       </c>
       <c r="O90"/>
       <c r="P90">
         <v>52</v>
       </c>
       <c r="Q90">
         <v>119</v>
       </c>
       <c r="R90" t="s">
         <v>600</v>
       </c>
       <c r="S90"/>
       <c r="T90" t="s">
         <v>938</v>
       </c>
       <c r="U90" t="s">
         <v>939</v>
       </c>
       <c r="V90" t="s">
         <v>940</v>
       </c>
       <c r="W90" t="s">
         <v>941</v>
       </c>
       <c r="X90" t="s">
-        <v>3512</v>
+        <v>3542</v>
       </c>
       <c r="Y90" t="s">
-        <v>3513</v>
+        <v>3543</v>
       </c>
       <c r="Z90" t="s">
-        <v>3514</v>
+        <v>3544</v>
       </c>
       <c r="AA90" t="s">
-        <v>3515</v>
+        <v>3545</v>
       </c>
       <c r="AB90" t="s">
-        <v>3516</v>
+        <v>3546</v>
       </c>
       <c r="AC90" t="s">
-        <v>3517</v>
+        <v>3547</v>
       </c>
       <c r="AD90" t="s">
-        <v>3518</v>
+        <v>3548</v>
       </c>
       <c r="AE90" t="s">
-        <v>3519</v>
+        <v>3549</v>
       </c>
       <c r="AF90" t="s">
-        <v>3049</v>
+        <v>3079</v>
       </c>
       <c r="AG90" t="s">
-        <v>3520</v>
+        <v>3550</v>
       </c>
       <c r="AH90" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AI90" t="s">
-        <v>3521</v>
+        <v>3551</v>
       </c>
       <c r="AJ90" t="s">
-        <v>3522</v>
+        <v>3552</v>
       </c>
       <c r="AK90" t="s">
-        <v>3523</v>
+        <v>3553</v>
       </c>
       <c r="AL90" t="s">
-        <v>3524</v>
+        <v>3554</v>
       </c>
       <c r="AM90" t="s">
-        <v>3345</v>
+        <v>3375</v>
       </c>
       <c r="AN90" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AO90" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AP90" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AQ90" t="s">
-        <v>3525</v>
+        <v>3555</v>
       </c>
       <c r="AR90" t="s">
-        <v>3526</v>
+        <v>3556</v>
       </c>
       <c r="AS90" t="s">
-        <v>2872</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="91" spans="1:122">
       <c r="A91" t="s">
         <v>942</v>
       </c>
       <c r="B91" t="s">
         <v>943</v>
       </c>
       <c r="C91" t="s">
         <v>205</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="F91">
         <v>1</v>
       </c>
       <c r="G91">
         <v>36512388</v>
       </c>
       <c r="H91" t="s">
@@ -25439,93 +25529,93 @@
       <c r="N91" t="s">
         <v>948</v>
       </c>
       <c r="O91"/>
       <c r="P91"/>
       <c r="Q91">
         <v>11</v>
       </c>
       <c r="R91" t="s">
         <v>946</v>
       </c>
       <c r="S91"/>
       <c r="T91" t="s">
         <v>949</v>
       </c>
       <c r="U91" t="s">
         <v>950</v>
       </c>
       <c r="V91" t="s">
         <v>214</v>
       </c>
       <c r="W91" t="s">
         <v>951</v>
       </c>
       <c r="X91" t="s">
-        <v>3527</v>
+        <v>3557</v>
       </c>
       <c r="Y91" t="s">
-        <v>3528</v>
+        <v>3558</v>
       </c>
       <c r="Z91" t="s">
-        <v>3529</v>
+        <v>3559</v>
       </c>
       <c r="AA91" t="s">
-        <v>2700</v>
+        <v>2730</v>
       </c>
       <c r="AB91" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AC91" t="s">
-        <v>3530</v>
+        <v>3560</v>
       </c>
       <c r="AD91" t="s">
-        <v>2878</v>
+        <v>2908</v>
       </c>
       <c r="AE91" t="s">
-        <v>3531</v>
+        <v>3561</v>
       </c>
       <c r="AF91" t="s">
-        <v>3532</v>
+        <v>3562</v>
       </c>
       <c r="AG91" t="s">
-        <v>2704</v>
+        <v>2734</v>
       </c>
       <c r="AH91" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AI91" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AJ91" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AK91" t="s">
-        <v>3533</v>
+        <v>3563</v>
       </c>
       <c r="AL91" t="s">
-        <v>3534</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="92" spans="1:122">
       <c r="A92" t="s">
         <v>952</v>
       </c>
       <c r="B92" t="s">
         <v>95</v>
       </c>
       <c r="C92" t="s">
         <v>96</v>
       </c>
       <c r="D92" t="s">
         <v>67</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="F92">
         <v>1</v>
       </c>
       <c r="G92">
         <v>36571760</v>
       </c>
       <c r="H92" t="s">
@@ -25551,87 +25641,87 @@
       </c>
       <c r="O92"/>
       <c r="P92">
         <v>3</v>
       </c>
       <c r="Q92">
         <v>220</v>
       </c>
       <c r="R92" t="s">
         <v>305</v>
       </c>
       <c r="S92"/>
       <c r="T92" t="s">
         <v>956</v>
       </c>
       <c r="U92" t="s">
         <v>456</v>
       </c>
       <c r="V92" t="s">
         <v>105</v>
       </c>
       <c r="W92" t="s">
         <v>957</v>
       </c>
       <c r="X92" t="s">
-        <v>3535</v>
+        <v>3565</v>
       </c>
       <c r="Y92" t="s">
-        <v>3536</v>
+        <v>3566</v>
       </c>
       <c r="Z92" t="s">
-        <v>3227</v>
+        <v>3257</v>
       </c>
       <c r="AA92" t="s">
-        <v>3537</v>
+        <v>3567</v>
       </c>
       <c r="AB92" t="s">
-        <v>3538</v>
+        <v>3568</v>
       </c>
       <c r="AC92" t="s">
-        <v>3539</v>
+        <v>3569</v>
       </c>
       <c r="AD92" t="s">
-        <v>3540</v>
+        <v>3570</v>
       </c>
       <c r="AE92" t="s">
-        <v>3541</v>
+        <v>3571</v>
       </c>
       <c r="AF92" t="s">
-        <v>3542</v>
+        <v>3572</v>
       </c>
       <c r="AG92" t="s">
-        <v>3543</v>
+        <v>3573</v>
       </c>
       <c r="AH92" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AI92" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AJ92" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="93" spans="1:122">
       <c r="A93" t="s">
         <v>958</v>
       </c>
       <c r="B93" t="s">
         <v>230</v>
       </c>
       <c r="C93" t="s">
         <v>231</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="F93">
         <v>1</v>
       </c>
       <c r="G93">
         <v>36584682</v>
       </c>
       <c r="H93" t="s">
@@ -25657,66 +25747,66 @@
       </c>
       <c r="O93">
         <v>100877</v>
       </c>
       <c r="P93"/>
       <c r="Q93">
         <v>0</v>
       </c>
       <c r="R93" t="s">
         <v>964</v>
       </c>
       <c r="S93"/>
       <c r="T93" t="s">
         <v>965</v>
       </c>
       <c r="U93" t="s">
         <v>966</v>
       </c>
       <c r="V93" t="s">
         <v>240</v>
       </c>
       <c r="W93" t="s">
         <v>967</v>
       </c>
       <c r="X93" t="s">
-        <v>3544</v>
+        <v>3574</v>
       </c>
       <c r="Y93" t="s">
-        <v>3545</v>
+        <v>3575</v>
       </c>
       <c r="Z93" t="s">
-        <v>2772</v>
+        <v>2802</v>
       </c>
       <c r="AA93" t="s">
-        <v>2719</v>
+        <v>2749</v>
       </c>
       <c r="AB93" t="s">
-        <v>3546</v>
+        <v>3576</v>
       </c>
       <c r="AC93" t="s">
-        <v>2721</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="94" spans="1:122">
       <c r="A94" t="s">
         <v>968</v>
       </c>
       <c r="B94" t="s">
         <v>861</v>
       </c>
       <c r="C94" t="s">
         <v>96</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="F94">
         <v>1</v>
       </c>
       <c r="G94">
         <v>36601738</v>
       </c>
       <c r="H94" t="s">
@@ -25740,90 +25830,90 @@
       <c r="N94" t="s">
         <v>974</v>
       </c>
       <c r="O94"/>
       <c r="P94"/>
       <c r="Q94">
         <v>0</v>
       </c>
       <c r="R94" t="s">
         <v>975</v>
       </c>
       <c r="S94"/>
       <c r="T94" t="s">
         <v>976</v>
       </c>
       <c r="U94" t="s">
         <v>977</v>
       </c>
       <c r="V94" t="s">
         <v>105</v>
       </c>
       <c r="W94" t="s">
         <v>978</v>
       </c>
       <c r="X94" t="s">
-        <v>3547</v>
+        <v>3577</v>
       </c>
       <c r="Y94" t="s">
-        <v>3548</v>
+        <v>3578</v>
       </c>
       <c r="Z94" t="s">
-        <v>3540</v>
+        <v>3570</v>
       </c>
       <c r="AA94" t="s">
-        <v>3549</v>
+        <v>3579</v>
       </c>
       <c r="AB94" t="s">
-        <v>3550</v>
+        <v>3580</v>
       </c>
       <c r="AC94" t="s">
-        <v>3551</v>
+        <v>3581</v>
       </c>
       <c r="AD94" t="s">
-        <v>3552</v>
+        <v>3582</v>
       </c>
       <c r="AE94" t="s">
-        <v>3553</v>
+        <v>3583</v>
       </c>
       <c r="AF94" t="s">
-        <v>3227</v>
+        <v>3257</v>
       </c>
       <c r="AG94" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AH94" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="AI94" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AJ94" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AK94" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="95" spans="1:122">
       <c r="A95" t="s">
         <v>979</v>
       </c>
       <c r="B95" t="s">
         <v>915</v>
       </c>
       <c r="C95" t="s">
         <v>218</v>
       </c>
       <c r="D95" t="s">
         <v>67</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="F95">
         <v>1</v>
       </c>
       <c r="G95">
         <v>32327756</v>
       </c>
       <c r="H95" t="s">
@@ -25851,147 +25941,147 @@
         <v>983</v>
       </c>
       <c r="P95">
         <v>5</v>
       </c>
       <c r="Q95">
         <v>21</v>
       </c>
       <c r="R95" t="s">
         <v>501</v>
       </c>
       <c r="S95"/>
       <c r="T95" t="s">
         <v>984</v>
       </c>
       <c r="U95" t="s">
         <v>985</v>
       </c>
       <c r="V95" t="s">
         <v>986</v>
       </c>
       <c r="W95" t="s">
         <v>987</v>
       </c>
       <c r="X95" t="s">
-        <v>3554</v>
+        <v>3584</v>
       </c>
       <c r="Y95" t="s">
-        <v>3555</v>
+        <v>3585</v>
       </c>
       <c r="Z95" t="s">
-        <v>3556</v>
+        <v>3586</v>
       </c>
       <c r="AA95" t="s">
-        <v>3557</v>
+        <v>3587</v>
       </c>
       <c r="AB95" t="s">
-        <v>3558</v>
+        <v>3588</v>
       </c>
       <c r="AC95" t="s">
-        <v>3559</v>
+        <v>3589</v>
       </c>
       <c r="AD95" t="s">
-        <v>3560</v>
+        <v>3590</v>
       </c>
       <c r="AE95" t="s">
-        <v>3561</v>
+        <v>3591</v>
       </c>
       <c r="AF95" t="s">
-        <v>3562</v>
+        <v>3592</v>
       </c>
       <c r="AG95" t="s">
-        <v>3563</v>
+        <v>3593</v>
       </c>
       <c r="AH95" t="s">
-        <v>3564</v>
+        <v>3594</v>
       </c>
       <c r="AI95" t="s">
-        <v>3565</v>
+        <v>3595</v>
       </c>
       <c r="AJ95" t="s">
-        <v>3566</v>
+        <v>3596</v>
       </c>
       <c r="AK95" t="s">
-        <v>3567</v>
+        <v>3597</v>
       </c>
       <c r="AL95" t="s">
-        <v>3568</v>
+        <v>3598</v>
       </c>
       <c r="AM95" t="s">
-        <v>3569</v>
+        <v>3599</v>
       </c>
       <c r="AN95" t="s">
-        <v>3570</v>
+        <v>3600</v>
       </c>
       <c r="AO95" t="s">
-        <v>3571</v>
+        <v>3601</v>
       </c>
       <c r="AP95" t="s">
-        <v>3572</v>
+        <v>3602</v>
       </c>
       <c r="AQ95" t="s">
-        <v>3573</v>
+        <v>3603</v>
       </c>
       <c r="AR95" t="s">
-        <v>3574</v>
+        <v>3604</v>
       </c>
       <c r="AS95" t="s">
-        <v>3575</v>
+        <v>3605</v>
       </c>
       <c r="AT95" t="s">
-        <v>3576</v>
+        <v>3606</v>
       </c>
       <c r="AU95" t="s">
-        <v>3577</v>
+        <v>3607</v>
       </c>
       <c r="AV95" t="s">
-        <v>3578</v>
+        <v>3608</v>
       </c>
       <c r="AW95" t="s">
-        <v>3579</v>
+        <v>3609</v>
       </c>
       <c r="AX95" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AY95" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AZ95" t="s">
-        <v>3580</v>
+        <v>3610</v>
       </c>
       <c r="BA95" t="s">
-        <v>3581</v>
+        <v>3611</v>
       </c>
       <c r="BB95" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="BC95" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BD95" t="s">
-        <v>3582</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="96" spans="1:122">
       <c r="A96" t="s">
         <v>988</v>
       </c>
       <c r="B96" t="s">
         <v>108</v>
       </c>
       <c r="C96" t="s">
         <v>193</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>345</v>
       </c>
       <c r="F96">
         <v>1</v>
       </c>
       <c r="G96">
         <v>34720890</v>
       </c>
       <c r="H96" t="s">
@@ -26013,78 +26103,78 @@
       <c r="N96" t="s">
         <v>993</v>
       </c>
       <c r="O96"/>
       <c r="P96"/>
       <c r="Q96">
         <v>15</v>
       </c>
       <c r="R96" t="s">
         <v>994</v>
       </c>
       <c r="S96"/>
       <c r="T96" t="s">
         <v>995</v>
       </c>
       <c r="U96" t="s">
         <v>201</v>
       </c>
       <c r="V96" t="s">
         <v>118</v>
       </c>
       <c r="W96" t="s">
         <v>996</v>
       </c>
       <c r="X96" t="s">
-        <v>3583</v>
+        <v>3613</v>
       </c>
       <c r="Y96" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="Z96" t="s">
-        <v>2512</v>
+        <v>2542</v>
       </c>
       <c r="AA96" t="s">
-        <v>2531</v>
+        <v>2561</v>
       </c>
       <c r="AB96" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AC96" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AD96" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AE96" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AF96" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AG96" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="97" spans="1:122">
       <c r="A97" t="s">
         <v>997</v>
       </c>
       <c r="B97" t="s">
         <v>217</v>
       </c>
       <c r="C97" t="s">
         <v>218</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="F97">
         <v>1</v>
       </c>
       <c r="G97">
         <v>34897380</v>
       </c>
       <c r="H97" t="s">
@@ -26112,99 +26202,99 @@
         <v>1004</v>
       </c>
       <c r="P97">
         <v>14</v>
       </c>
       <c r="Q97">
         <v>118</v>
       </c>
       <c r="R97" t="s">
         <v>1000</v>
       </c>
       <c r="S97"/>
       <c r="T97" t="s">
         <v>1005</v>
       </c>
       <c r="U97" t="s">
         <v>1006</v>
       </c>
       <c r="V97" t="s">
         <v>1007</v>
       </c>
       <c r="W97" t="s">
         <v>1008</v>
       </c>
       <c r="X97" t="s">
-        <v>3584</v>
+        <v>3614</v>
       </c>
       <c r="Y97" t="s">
-        <v>3585</v>
+        <v>3615</v>
       </c>
       <c r="Z97" t="s">
-        <v>3586</v>
+        <v>3616</v>
       </c>
       <c r="AA97" t="s">
-        <v>3587</v>
+        <v>3617</v>
       </c>
       <c r="AB97" t="s">
-        <v>3588</v>
+        <v>3618</v>
       </c>
       <c r="AC97" t="s">
-        <v>3589</v>
+        <v>3619</v>
       </c>
       <c r="AD97" t="s">
-        <v>3590</v>
+        <v>3620</v>
       </c>
       <c r="AE97" t="s">
-        <v>3591</v>
+        <v>3621</v>
       </c>
       <c r="AF97" t="s">
-        <v>3592</v>
+        <v>3622</v>
       </c>
       <c r="AG97" t="s">
-        <v>3593</v>
+        <v>3623</v>
       </c>
       <c r="AH97" t="s">
-        <v>2947</v>
+        <v>2977</v>
       </c>
       <c r="AI97" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AJ97" t="s">
-        <v>3594</v>
+        <v>3624</v>
       </c>
       <c r="AK97" t="s">
-        <v>3595</v>
+        <v>3625</v>
       </c>
       <c r="AL97" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AM97" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AN97" t="s">
-        <v>3596</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="98" spans="1:122">
       <c r="A98" t="s">
         <v>1009</v>
       </c>
       <c r="B98" t="s">
         <v>230</v>
       </c>
       <c r="C98" t="s">
         <v>231</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="F98">
         <v>1</v>
       </c>
       <c r="G98">
         <v>34318608</v>
       </c>
       <c r="H98" t="s">
@@ -26228,117 +26318,117 @@
       </c>
       <c r="O98"/>
       <c r="P98">
         <v>7</v>
       </c>
       <c r="Q98">
         <v>17</v>
       </c>
       <c r="R98" t="s">
         <v>1015</v>
       </c>
       <c r="S98"/>
       <c r="T98" t="s">
         <v>1016</v>
       </c>
       <c r="U98" t="s">
         <v>1017</v>
       </c>
       <c r="V98" t="s">
         <v>240</v>
       </c>
       <c r="W98" t="s">
         <v>1018</v>
       </c>
       <c r="X98" t="s">
-        <v>3597</v>
+        <v>3627</v>
       </c>
       <c r="Y98" t="s">
-        <v>3598</v>
+        <v>3628</v>
       </c>
       <c r="Z98" t="s">
-        <v>3599</v>
+        <v>3629</v>
       </c>
       <c r="AA98" t="s">
-        <v>3600</v>
+        <v>3630</v>
       </c>
       <c r="AB98" t="s">
-        <v>3601</v>
+        <v>3631</v>
       </c>
       <c r="AC98" t="s">
-        <v>3602</v>
+        <v>3632</v>
       </c>
       <c r="AD98" t="s">
-        <v>3603</v>
+        <v>3633</v>
       </c>
       <c r="AE98" t="s">
-        <v>3604</v>
+        <v>3634</v>
       </c>
       <c r="AF98" t="s">
-        <v>3605</v>
+        <v>3635</v>
       </c>
       <c r="AG98" t="s">
-        <v>3090</v>
+        <v>3120</v>
       </c>
       <c r="AH98" t="s">
-        <v>2772</v>
+        <v>2802</v>
       </c>
       <c r="AI98" t="s">
-        <v>2719</v>
+        <v>2749</v>
       </c>
       <c r="AJ98" t="s">
-        <v>3606</v>
+        <v>3636</v>
       </c>
       <c r="AK98" t="s">
-        <v>2721</v>
+        <v>2751</v>
       </c>
       <c r="AL98" t="s">
-        <v>3607</v>
+        <v>3637</v>
       </c>
       <c r="AM98" t="s">
-        <v>2738</v>
+        <v>2768</v>
       </c>
       <c r="AN98" t="s">
-        <v>2737</v>
+        <v>2767</v>
       </c>
       <c r="AO98" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="AP98" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="AQ98" t="s">
-        <v>3608</v>
+        <v>3638</v>
       </c>
       <c r="AR98" t="s">
-        <v>3609</v>
+        <v>3639</v>
       </c>
       <c r="AS98" t="s">
-        <v>3511</v>
+        <v>3541</v>
       </c>
       <c r="AT98" t="s">
-        <v>3610</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="99" spans="1:122">
       <c r="A99" t="s">
         <v>1019</v>
       </c>
       <c r="B99" t="s">
         <v>729</v>
       </c>
       <c r="C99" t="s">
         <v>730</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="F99">
         <v>1</v>
       </c>
       <c r="G99">
         <v>34301821</v>
       </c>
       <c r="H99" t="s">
@@ -26366,72 +26456,72 @@
         <v>1023</v>
       </c>
       <c r="P99">
         <v>5</v>
       </c>
       <c r="Q99">
         <v>8</v>
       </c>
       <c r="R99" t="s">
         <v>682</v>
       </c>
       <c r="S99"/>
       <c r="T99" t="s">
         <v>1024</v>
       </c>
       <c r="U99" t="s">
         <v>1025</v>
       </c>
       <c r="V99" t="s">
         <v>738</v>
       </c>
       <c r="W99" t="s">
         <v>1026</v>
       </c>
       <c r="X99" t="s">
-        <v>3611</v>
+        <v>3641</v>
       </c>
       <c r="Y99" t="s">
-        <v>3209</v>
+        <v>3239</v>
       </c>
       <c r="Z99" t="s">
-        <v>3612</v>
+        <v>3642</v>
       </c>
       <c r="AA99" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="AB99" t="s">
-        <v>3208</v>
+        <v>3238</v>
       </c>
       <c r="AC99" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AD99" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AE99" t="s">
-        <v>3613</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="100" spans="1:122">
       <c r="A100" t="s">
         <v>1027</v>
       </c>
       <c r="B100" t="s">
         <v>729</v>
       </c>
       <c r="C100" t="s">
         <v>730</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>345</v>
       </c>
       <c r="F100">
         <v>1</v>
       </c>
       <c r="G100">
         <v>34445575</v>
       </c>
       <c r="H100" t="s">
@@ -26457,60 +26547,60 @@
         <v>8870</v>
       </c>
       <c r="P100">
         <v>16</v>
       </c>
       <c r="Q100">
         <v>22</v>
       </c>
       <c r="R100" t="s">
         <v>248</v>
       </c>
       <c r="S100"/>
       <c r="T100" t="s">
         <v>1031</v>
       </c>
       <c r="U100" t="s">
         <v>1032</v>
       </c>
       <c r="V100" t="s">
         <v>1033</v>
       </c>
       <c r="W100" t="s">
         <v>1034</v>
       </c>
       <c r="X100" t="s">
-        <v>3614</v>
+        <v>3644</v>
       </c>
       <c r="Y100" t="s">
-        <v>3615</v>
+        <v>3645</v>
       </c>
       <c r="Z100" t="s">
-        <v>3208</v>
+        <v>3238</v>
       </c>
       <c r="AA100" t="s">
-        <v>3613</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="101" spans="1:122">
       <c r="A101" t="s">
         <v>1035</v>
       </c>
       <c r="B101" t="s">
         <v>686</v>
       </c>
       <c r="C101" t="s">
         <v>407</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>1036</v>
       </c>
       <c r="F101">
         <v>1</v>
       </c>
       <c r="G101">
         <v>35657496</v>
       </c>
       <c r="H101" t="s">
@@ -26538,69 +26628,69 @@
         <v>1040</v>
       </c>
       <c r="P101">
         <v>2</v>
       </c>
       <c r="Q101">
         <v>144</v>
       </c>
       <c r="R101" t="s">
         <v>89</v>
       </c>
       <c r="S101"/>
       <c r="T101" t="s">
         <v>1041</v>
       </c>
       <c r="U101" t="s">
         <v>1042</v>
       </c>
       <c r="V101" t="s">
         <v>1043</v>
       </c>
       <c r="W101" t="s">
         <v>1044</v>
       </c>
       <c r="X101" t="s">
-        <v>3616</v>
+        <v>3646</v>
       </c>
       <c r="Y101" t="s">
-        <v>3617</v>
+        <v>3647</v>
       </c>
       <c r="Z101" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AA101" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AB101" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AC101" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AD101" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="102" spans="1:122">
       <c r="A102" t="s">
         <v>1045</v>
       </c>
       <c r="B102" t="s">
         <v>1046</v>
       </c>
       <c r="C102" t="s">
         <v>122</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>345</v>
       </c>
       <c r="F102">
         <v>1</v>
       </c>
       <c r="G102">
         <v>35750551</v>
       </c>
       <c r="H102" t="s">
@@ -26626,72 +26716,72 @@
       </c>
       <c r="O102">
         <v>101630</v>
       </c>
       <c r="P102"/>
       <c r="Q102">
         <v>59</v>
       </c>
       <c r="R102" t="s">
         <v>1053</v>
       </c>
       <c r="S102"/>
       <c r="T102" t="s">
         <v>1054</v>
       </c>
       <c r="U102" t="s">
         <v>131</v>
       </c>
       <c r="V102" t="s">
         <v>36</v>
       </c>
       <c r="W102" t="s">
         <v>1055</v>
       </c>
       <c r="X102" t="s">
-        <v>3618</v>
+        <v>3648</v>
       </c>
       <c r="Y102" t="s">
-        <v>2529</v>
+        <v>2559</v>
       </c>
       <c r="Z102" t="s">
-        <v>2544</v>
+        <v>2574</v>
       </c>
       <c r="AA102" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AB102" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AC102" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AD102" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AE102" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="103" spans="1:122">
       <c r="A103" t="s">
         <v>1056</v>
       </c>
       <c r="B103" t="s">
         <v>716</v>
       </c>
       <c r="C103" t="s">
         <v>717</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="F103">
         <v>1</v>
       </c>
       <c r="G103">
         <v>36106915</v>
       </c>
       <c r="H103" t="s">
@@ -26715,93 +26805,93 @@
       </c>
       <c r="O103"/>
       <c r="P103">
         <v>9</v>
       </c>
       <c r="Q103">
         <v>18</v>
       </c>
       <c r="R103" t="s">
         <v>1015</v>
       </c>
       <c r="S103"/>
       <c r="T103" t="s">
         <v>1060</v>
       </c>
       <c r="U103" t="s">
         <v>1061</v>
       </c>
       <c r="V103" t="s">
         <v>1062</v>
       </c>
       <c r="W103" t="s">
         <v>1063</v>
       </c>
       <c r="X103" t="s">
-        <v>3619</v>
+        <v>3649</v>
       </c>
       <c r="Y103" t="s">
-        <v>3620</v>
+        <v>3650</v>
       </c>
       <c r="Z103" t="s">
-        <v>3621</v>
+        <v>3651</v>
       </c>
       <c r="AA103" t="s">
-        <v>3622</v>
+        <v>3652</v>
       </c>
       <c r="AB103" t="s">
-        <v>3623</v>
+        <v>3653</v>
       </c>
       <c r="AC103" t="s">
-        <v>3624</v>
+        <v>3654</v>
       </c>
       <c r="AD103" t="s">
-        <v>3625</v>
+        <v>3655</v>
       </c>
       <c r="AE103" t="s">
-        <v>3626</v>
+        <v>3656</v>
       </c>
       <c r="AF103" t="s">
-        <v>3627</v>
+        <v>3657</v>
       </c>
       <c r="AG103" t="s">
-        <v>3257</v>
+        <v>3287</v>
       </c>
       <c r="AH103" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="AI103" t="s">
-        <v>3628</v>
+        <v>3658</v>
       </c>
       <c r="AJ103" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AK103" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AL103" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="104" spans="1:122">
       <c r="A104" t="s">
         <v>1064</v>
       </c>
       <c r="B104" t="s">
         <v>716</v>
       </c>
       <c r="C104" t="s">
         <v>717</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="F104">
         <v>1</v>
       </c>
       <c r="G104">
         <v>35687687</v>
       </c>
       <c r="H104" t="s">
@@ -26827,93 +26917,93 @@
       </c>
       <c r="O104"/>
       <c r="P104">
         <v>23</v>
       </c>
       <c r="Q104">
         <v>8</v>
       </c>
       <c r="R104" t="s">
         <v>813</v>
       </c>
       <c r="S104"/>
       <c r="T104" t="s">
         <v>1068</v>
       </c>
       <c r="U104" t="s">
         <v>1069</v>
       </c>
       <c r="V104" t="s">
         <v>1070</v>
       </c>
       <c r="W104" t="s">
         <v>1071</v>
       </c>
       <c r="X104" t="s">
-        <v>3629</v>
+        <v>3659</v>
       </c>
       <c r="Y104" t="s">
-        <v>3630</v>
+        <v>3660</v>
       </c>
       <c r="Z104" t="s">
-        <v>3631</v>
+        <v>3661</v>
       </c>
       <c r="AA104" t="s">
-        <v>3632</v>
+        <v>3662</v>
       </c>
       <c r="AB104" t="s">
-        <v>3633</v>
+        <v>3663</v>
       </c>
       <c r="AC104" t="s">
-        <v>3634</v>
+        <v>3664</v>
       </c>
       <c r="AD104" t="s">
-        <v>3635</v>
+        <v>3665</v>
       </c>
       <c r="AE104" t="s">
-        <v>3636</v>
+        <v>3666</v>
       </c>
       <c r="AF104" t="s">
-        <v>3228</v>
+        <v>3258</v>
       </c>
       <c r="AG104" t="s">
-        <v>3637</v>
+        <v>3667</v>
       </c>
       <c r="AH104" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="AI104" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AJ104" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AK104" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AL104" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="105" spans="1:122">
       <c r="A105" t="s">
         <v>1072</v>
       </c>
       <c r="B105" t="s">
         <v>1073</v>
       </c>
       <c r="C105" t="s">
         <v>481</v>
       </c>
       <c r="D105" t="s">
         <v>67</v>
       </c>
       <c r="E105" t="s">
         <v>345</v>
       </c>
       <c r="F105">
         <v>2</v>
       </c>
       <c r="G105">
         <v>36108104</v>
       </c>
       <c r="H105" t="s">
@@ -26941,60 +27031,60 @@
         <v>1080</v>
       </c>
       <c r="P105">
         <v>1</v>
       </c>
       <c r="Q105">
         <v>8</v>
       </c>
       <c r="R105" t="s">
         <v>1081</v>
       </c>
       <c r="S105"/>
       <c r="T105" t="s">
         <v>1082</v>
       </c>
       <c r="U105" t="s">
         <v>1083</v>
       </c>
       <c r="V105" t="s">
         <v>491</v>
       </c>
       <c r="W105" t="s">
         <v>1084</v>
       </c>
       <c r="X105" t="s">
-        <v>3638</v>
+        <v>3668</v>
       </c>
       <c r="Y105" t="s">
-        <v>2919</v>
+        <v>2949</v>
       </c>
       <c r="Z105" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AA105" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="106" spans="1:122">
       <c r="A106" t="s">
         <v>1085</v>
       </c>
       <c r="B106" t="s">
         <v>217</v>
       </c>
       <c r="C106" t="s">
         <v>218</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="F106">
         <v>1</v>
       </c>
       <c r="G106">
         <v>35536323</v>
       </c>
       <c r="H106" t="s">
@@ -27022,81 +27112,81 @@
         <v>1092</v>
       </c>
       <c r="P106">
         <v>6</v>
       </c>
       <c r="Q106">
         <v>100</v>
       </c>
       <c r="R106" t="s">
         <v>1093</v>
       </c>
       <c r="S106"/>
       <c r="T106" t="s">
         <v>1094</v>
       </c>
       <c r="U106" t="s">
         <v>1095</v>
       </c>
       <c r="V106" t="s">
         <v>227</v>
       </c>
       <c r="W106" t="s">
         <v>1096</v>
       </c>
       <c r="X106" t="s">
-        <v>3639</v>
+        <v>3669</v>
       </c>
       <c r="Y106" t="s">
-        <v>3640</v>
+        <v>3670</v>
       </c>
       <c r="Z106" t="s">
-        <v>3641</v>
+        <v>3671</v>
       </c>
       <c r="AA106" t="s">
-        <v>3642</v>
+        <v>3672</v>
       </c>
       <c r="AB106" t="s">
-        <v>3319</v>
+        <v>3349</v>
       </c>
       <c r="AC106" t="s">
-        <v>3165</v>
+        <v>3195</v>
       </c>
       <c r="AD106" t="s">
-        <v>3643</v>
+        <v>3673</v>
       </c>
       <c r="AE106" t="s">
-        <v>2992</v>
+        <v>3022</v>
       </c>
       <c r="AF106" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AG106" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AH106" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="107" spans="1:122">
       <c r="A107" t="s">
         <v>1097</v>
       </c>
       <c r="B107" t="s">
         <v>217</v>
       </c>
       <c r="C107" t="s">
         <v>218</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="F107">
         <v>1</v>
       </c>
       <c r="G107">
         <v>35969754</v>
       </c>
       <c r="H107" t="s">
@@ -27120,93 +27210,93 @@
       </c>
       <c r="O107"/>
       <c r="P107">
         <v>34</v>
       </c>
       <c r="Q107">
         <v>119</v>
       </c>
       <c r="R107" t="s">
         <v>600</v>
       </c>
       <c r="S107"/>
       <c r="T107" t="s">
         <v>1101</v>
       </c>
       <c r="U107" t="s">
         <v>1102</v>
       </c>
       <c r="V107" t="s">
         <v>227</v>
       </c>
       <c r="W107" t="s">
         <v>1103</v>
       </c>
       <c r="X107" t="s">
-        <v>3644</v>
+        <v>3674</v>
       </c>
       <c r="Y107" t="s">
-        <v>3645</v>
+        <v>3675</v>
       </c>
       <c r="Z107" t="s">
-        <v>3646</v>
+        <v>3676</v>
       </c>
       <c r="AA107" t="s">
-        <v>3647</v>
+        <v>3677</v>
       </c>
       <c r="AB107" t="s">
-        <v>3648</v>
+        <v>3678</v>
       </c>
       <c r="AC107" t="s">
-        <v>3649</v>
+        <v>3679</v>
       </c>
       <c r="AD107" t="s">
-        <v>3165</v>
+        <v>3195</v>
       </c>
       <c r="AE107" t="s">
-        <v>2712</v>
+        <v>2742</v>
       </c>
       <c r="AF107" t="s">
-        <v>3323</v>
+        <v>3353</v>
       </c>
       <c r="AG107" t="s">
-        <v>3650</v>
+        <v>3680</v>
       </c>
       <c r="AH107" t="s">
-        <v>3319</v>
+        <v>3349</v>
       </c>
       <c r="AI107" t="s">
-        <v>2992</v>
+        <v>3022</v>
       </c>
       <c r="AJ107" t="s">
-        <v>2711</v>
+        <v>2741</v>
       </c>
       <c r="AK107" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AL107" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="108" spans="1:122">
       <c r="A108" t="s">
         <v>1104</v>
       </c>
       <c r="B108" t="s">
         <v>1105</v>
       </c>
       <c r="C108" t="s">
         <v>481</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="F108">
         <v>1</v>
       </c>
       <c r="G108">
         <v>35241802</v>
       </c>
       <c r="H108" t="s">
@@ -27234,105 +27324,105 @@
         <v>1109</v>
       </c>
       <c r="P108">
         <v>3</v>
       </c>
       <c r="Q108">
         <v>25</v>
       </c>
       <c r="R108" t="s">
         <v>142</v>
       </c>
       <c r="S108"/>
       <c r="T108" t="s">
         <v>1110</v>
       </c>
       <c r="U108" t="s">
         <v>1111</v>
       </c>
       <c r="V108" t="s">
         <v>1112</v>
       </c>
       <c r="W108" t="s">
         <v>1113</v>
       </c>
       <c r="X108" t="s">
-        <v>3651</v>
+        <v>3681</v>
       </c>
       <c r="Y108" t="s">
-        <v>3652</v>
+        <v>3682</v>
       </c>
       <c r="Z108" t="s">
-        <v>3653</v>
+        <v>3683</v>
       </c>
       <c r="AA108" t="s">
-        <v>3654</v>
+        <v>3684</v>
       </c>
       <c r="AB108" t="s">
-        <v>3655</v>
+        <v>3685</v>
       </c>
       <c r="AC108" t="s">
-        <v>3656</v>
+        <v>3686</v>
       </c>
       <c r="AD108" t="s">
-        <v>3657</v>
+        <v>3687</v>
       </c>
       <c r="AE108" t="s">
-        <v>3658</v>
+        <v>3688</v>
       </c>
       <c r="AF108" t="s">
-        <v>3659</v>
+        <v>3689</v>
       </c>
       <c r="AG108" t="s">
-        <v>3660</v>
+        <v>3690</v>
       </c>
       <c r="AH108" t="s">
-        <v>3661</v>
+        <v>3691</v>
       </c>
       <c r="AI108" t="s">
-        <v>2648</v>
+        <v>2678</v>
       </c>
       <c r="AJ108" t="s">
-        <v>2676</v>
+        <v>2706</v>
       </c>
       <c r="AK108" t="s">
-        <v>3662</v>
+        <v>3692</v>
       </c>
       <c r="AL108" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AM108" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AN108" t="s">
-        <v>3663</v>
+        <v>3693</v>
       </c>
       <c r="AO108" t="s">
-        <v>3664</v>
+        <v>3694</v>
       </c>
       <c r="AP108" t="s">
-        <v>3665</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="109" spans="1:122">
       <c r="A109" t="s">
         <v>1114</v>
       </c>
       <c r="B109" t="s">
         <v>95</v>
       </c>
       <c r="C109" t="s">
         <v>96</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>345</v>
       </c>
       <c r="F109">
         <v>1</v>
       </c>
       <c r="G109">
         <v>34558508</v>
       </c>
       <c r="H109" t="s">
@@ -27358,57 +27448,57 @@
         <v>959</v>
       </c>
       <c r="P109">
         <v>5</v>
       </c>
       <c r="Q109">
         <v>17</v>
       </c>
       <c r="R109" t="s">
         <v>898</v>
       </c>
       <c r="S109"/>
       <c r="T109" t="s">
         <v>1118</v>
       </c>
       <c r="U109" t="s">
         <v>900</v>
       </c>
       <c r="V109" t="s">
         <v>1119</v>
       </c>
       <c r="W109" t="s">
         <v>1120</v>
       </c>
       <c r="X109" t="s">
-        <v>2501</v>
+        <v>2531</v>
       </c>
       <c r="Y109" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="Z109" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="110" spans="1:122">
       <c r="A110" t="s">
         <v>1121</v>
       </c>
       <c r="B110" t="s">
         <v>80</v>
       </c>
       <c r="C110" t="s">
         <v>652</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>397</v>
       </c>
       <c r="F110">
         <v>1</v>
       </c>
       <c r="G110">
         <v>35059654</v>
       </c>
       <c r="H110" t="s">
@@ -27434,69 +27524,69 @@
         <v>101081</v>
       </c>
       <c r="P110">
         <v>1</v>
       </c>
       <c r="Q110">
         <v>3</v>
       </c>
       <c r="R110" t="s">
         <v>400</v>
       </c>
       <c r="S110"/>
       <c r="T110" t="s">
         <v>1125</v>
       </c>
       <c r="U110" t="s">
         <v>177</v>
       </c>
       <c r="V110" t="s">
         <v>178</v>
       </c>
       <c r="W110" t="s">
         <v>1126</v>
       </c>
       <c r="X110" t="s">
-        <v>3666</v>
+        <v>3696</v>
       </c>
       <c r="Y110" t="s">
-        <v>2671</v>
+        <v>2701</v>
       </c>
       <c r="Z110" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AA110" t="s">
-        <v>2492</v>
+        <v>2522</v>
       </c>
       <c r="AB110" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AC110" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AD110" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="111" spans="1:122">
       <c r="A111" t="s">
         <v>1127</v>
       </c>
       <c r="B111" t="s">
         <v>80</v>
       </c>
       <c r="C111" t="s">
         <v>652</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="F111">
         <v>1</v>
       </c>
       <c r="G111">
         <v>34820375</v>
       </c>
       <c r="H111" t="s">
@@ -27518,66 +27608,66 @@
       <c r="N111" t="s">
         <v>1132</v>
       </c>
       <c r="O111"/>
       <c r="P111"/>
       <c r="Q111">
         <v>9</v>
       </c>
       <c r="R111" t="s">
         <v>1133</v>
       </c>
       <c r="S111"/>
       <c r="T111" t="s">
         <v>1134</v>
       </c>
       <c r="U111" t="s">
         <v>1135</v>
       </c>
       <c r="V111" t="s">
         <v>1136</v>
       </c>
       <c r="W111" t="s">
         <v>1137</v>
       </c>
       <c r="X111" t="s">
-        <v>3667</v>
+        <v>3697</v>
       </c>
       <c r="Y111" t="s">
-        <v>3668</v>
+        <v>3698</v>
       </c>
       <c r="Z111" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AA111" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AB111" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AC111" t="s">
-        <v>3669</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="112" spans="1:122">
       <c r="A112" t="s">
         <v>1138</v>
       </c>
       <c r="B112" t="s">
         <v>369</v>
       </c>
       <c r="C112" t="s">
         <v>40</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="F112">
         <v>1</v>
       </c>
       <c r="G112">
         <v>35311646</v>
       </c>
       <c r="H112" t="s">
@@ -27599,186 +27689,186 @@
       <c r="N112" t="s">
         <v>1141</v>
       </c>
       <c r="O112"/>
       <c r="P112"/>
       <c r="Q112">
         <v>11</v>
       </c>
       <c r="R112" t="s">
         <v>946</v>
       </c>
       <c r="S112"/>
       <c r="T112" t="s">
         <v>1142</v>
       </c>
       <c r="U112" t="s">
         <v>1143</v>
       </c>
       <c r="V112" t="s">
         <v>1144</v>
       </c>
       <c r="W112" t="s">
         <v>1145</v>
       </c>
       <c r="X112" t="s">
-        <v>3670</v>
+        <v>3700</v>
       </c>
       <c r="Y112" t="s">
-        <v>3671</v>
+        <v>3701</v>
       </c>
       <c r="Z112" t="s">
-        <v>3672</v>
+        <v>3702</v>
       </c>
       <c r="AA112" t="s">
-        <v>3673</v>
+        <v>3703</v>
       </c>
       <c r="AB112" t="s">
-        <v>3674</v>
+        <v>3704</v>
       </c>
       <c r="AC112" t="s">
-        <v>3675</v>
+        <v>3705</v>
       </c>
       <c r="AD112" t="s">
-        <v>3676</v>
+        <v>3706</v>
       </c>
       <c r="AE112" t="s">
-        <v>3677</v>
+        <v>3707</v>
       </c>
       <c r="AF112" t="s">
-        <v>3678</v>
+        <v>3708</v>
       </c>
       <c r="AG112" t="s">
-        <v>3679</v>
+        <v>3709</v>
       </c>
       <c r="AH112" t="s">
-        <v>3680</v>
+        <v>3710</v>
       </c>
       <c r="AI112" t="s">
-        <v>3681</v>
+        <v>3711</v>
       </c>
       <c r="AJ112" t="s">
-        <v>3682</v>
+        <v>3712</v>
       </c>
       <c r="AK112" t="s">
-        <v>3683</v>
+        <v>3713</v>
       </c>
       <c r="AL112" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AM112" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AN112" t="s">
-        <v>3684</v>
+        <v>3714</v>
       </c>
       <c r="AO112" t="s">
-        <v>3685</v>
+        <v>3715</v>
       </c>
       <c r="AP112" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AQ112" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AR112" t="s">
-        <v>3686</v>
+        <v>3716</v>
       </c>
       <c r="AS112" t="s">
-        <v>3687</v>
+        <v>3717</v>
       </c>
       <c r="AT112" t="s">
-        <v>3688</v>
+        <v>3718</v>
       </c>
       <c r="AU112" t="s">
-        <v>3689</v>
+        <v>3719</v>
       </c>
       <c r="AV112" t="s">
-        <v>3690</v>
+        <v>3720</v>
       </c>
       <c r="AW112" t="s">
-        <v>3691</v>
+        <v>3721</v>
       </c>
       <c r="AX112" t="s">
-        <v>3692</v>
+        <v>3722</v>
       </c>
       <c r="AY112" t="s">
-        <v>3693</v>
+        <v>3723</v>
       </c>
       <c r="AZ112" t="s">
-        <v>3694</v>
+        <v>3724</v>
       </c>
       <c r="BA112" t="s">
-        <v>3695</v>
+        <v>3725</v>
       </c>
       <c r="BB112" t="s">
-        <v>3696</v>
+        <v>3726</v>
       </c>
       <c r="BC112" t="s">
-        <v>3697</v>
+        <v>3727</v>
       </c>
       <c r="BD112" t="s">
-        <v>3698</v>
+        <v>3728</v>
       </c>
       <c r="BE112" t="s">
-        <v>3699</v>
+        <v>3729</v>
       </c>
       <c r="BF112" t="s">
-        <v>3700</v>
+        <v>3730</v>
       </c>
       <c r="BG112" t="s">
-        <v>3701</v>
+        <v>3731</v>
       </c>
       <c r="BH112" t="s">
-        <v>3702</v>
+        <v>3732</v>
       </c>
       <c r="BI112" t="s">
-        <v>3703</v>
+        <v>3733</v>
       </c>
       <c r="BJ112" t="s">
-        <v>3704</v>
+        <v>3734</v>
       </c>
       <c r="BK112" t="s">
-        <v>3705</v>
+        <v>3735</v>
       </c>
       <c r="BL112" t="s">
-        <v>3706</v>
+        <v>3736</v>
       </c>
       <c r="BM112" t="s">
-        <v>3707</v>
+        <v>3737</v>
       </c>
       <c r="BN112" t="s">
-        <v>3708</v>
+        <v>3738</v>
       </c>
       <c r="BO112" t="s">
-        <v>3709</v>
+        <v>3739</v>
       </c>
       <c r="BP112" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BQ112" t="s">
-        <v>3710</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="113" spans="1:122">
       <c r="A113" t="s">
         <v>1146</v>
       </c>
       <c r="B113" t="s">
         <v>39</v>
       </c>
       <c r="C113" t="s">
         <v>40</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="F113">
         <v>1</v>
       </c>
       <c r="G113">
         <v>35246535</v>
       </c>
       <c r="H113" t="s">
@@ -27802,204 +27892,204 @@
       </c>
       <c r="O113"/>
       <c r="P113">
         <v>1</v>
       </c>
       <c r="Q113">
         <v>13</v>
       </c>
       <c r="R113" t="s">
         <v>115</v>
       </c>
       <c r="S113"/>
       <c r="T113" t="s">
         <v>1150</v>
       </c>
       <c r="U113" t="s">
         <v>1151</v>
       </c>
       <c r="V113" t="s">
         <v>1152</v>
       </c>
       <c r="W113" t="s">
         <v>1153</v>
       </c>
       <c r="X113" t="s">
-        <v>3711</v>
+        <v>3741</v>
       </c>
       <c r="Y113" t="s">
-        <v>3712</v>
+        <v>3742</v>
       </c>
       <c r="Z113" t="s">
-        <v>3713</v>
+        <v>3743</v>
       </c>
       <c r="AA113" t="s">
-        <v>3714</v>
+        <v>3744</v>
       </c>
       <c r="AB113" t="s">
-        <v>3715</v>
+        <v>3745</v>
       </c>
       <c r="AC113" t="s">
-        <v>3716</v>
+        <v>3746</v>
       </c>
       <c r="AD113" t="s">
-        <v>3717</v>
+        <v>3747</v>
       </c>
       <c r="AE113" t="s">
-        <v>3718</v>
+        <v>3748</v>
       </c>
       <c r="AF113" t="s">
-        <v>3719</v>
+        <v>3749</v>
       </c>
       <c r="AG113" t="s">
-        <v>3720</v>
+        <v>3750</v>
       </c>
       <c r="AH113" t="s">
-        <v>3721</v>
+        <v>3751</v>
       </c>
       <c r="AI113" t="s">
-        <v>3722</v>
+        <v>3752</v>
       </c>
       <c r="AJ113" t="s">
-        <v>3723</v>
+        <v>3753</v>
       </c>
       <c r="AK113" t="s">
-        <v>3724</v>
+        <v>3754</v>
       </c>
       <c r="AL113" t="s">
-        <v>3725</v>
+        <v>3755</v>
       </c>
       <c r="AM113" t="s">
-        <v>3726</v>
+        <v>3756</v>
       </c>
       <c r="AN113" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AO113" t="s">
-        <v>3727</v>
+        <v>3757</v>
       </c>
       <c r="AP113" t="s">
-        <v>3728</v>
+        <v>3758</v>
       </c>
       <c r="AQ113" t="s">
-        <v>3150</v>
+        <v>3180</v>
       </c>
       <c r="AR113" t="s">
-        <v>3729</v>
+        <v>3759</v>
       </c>
       <c r="AS113" t="s">
-        <v>3730</v>
+        <v>3760</v>
       </c>
       <c r="AT113" t="s">
-        <v>2606</v>
+        <v>2636</v>
       </c>
       <c r="AU113" t="s">
-        <v>2909</v>
+        <v>2939</v>
       </c>
       <c r="AV113" t="s">
-        <v>3009</v>
+        <v>3039</v>
       </c>
       <c r="AW113" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AX113" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AY113" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AZ113" t="s">
-        <v>3731</v>
+        <v>3761</v>
       </c>
       <c r="BA113" t="s">
-        <v>3732</v>
+        <v>3762</v>
       </c>
       <c r="BB113" t="s">
-        <v>3733</v>
+        <v>3763</v>
       </c>
       <c r="BC113" t="s">
-        <v>3734</v>
+        <v>3764</v>
       </c>
       <c r="BD113" t="s">
-        <v>3735</v>
+        <v>3765</v>
       </c>
       <c r="BE113" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="BF113" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="BG113" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BH113" t="s">
-        <v>3736</v>
+        <v>3766</v>
       </c>
       <c r="BI113" t="s">
-        <v>2479</v>
+        <v>2509</v>
       </c>
       <c r="BJ113" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BK113" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BL113" t="s">
-        <v>2399</v>
+        <v>2429</v>
       </c>
       <c r="BM113" t="s">
-        <v>2517</v>
+        <v>2547</v>
       </c>
       <c r="BN113" t="s">
-        <v>3737</v>
+        <v>3767</v>
       </c>
       <c r="BO113" t="s">
-        <v>2655</v>
+        <v>2685</v>
       </c>
       <c r="BP113" t="s">
-        <v>3738</v>
+        <v>3768</v>
       </c>
       <c r="BQ113" t="s">
-        <v>2735</v>
+        <v>2765</v>
       </c>
       <c r="BR113" t="s">
-        <v>3369</v>
+        <v>3399</v>
       </c>
       <c r="BS113" t="s">
-        <v>2734</v>
+        <v>2764</v>
       </c>
       <c r="BT113" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
       <c r="BU113" t="s">
-        <v>2516</v>
+        <v>2546</v>
       </c>
       <c r="BV113" t="s">
-        <v>3710</v>
+        <v>3740</v>
       </c>
       <c r="BW113" t="s">
-        <v>3739</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="114" spans="1:122">
       <c r="A114" t="s">
         <v>1154</v>
       </c>
       <c r="B114" t="s">
         <v>729</v>
       </c>
       <c r="C114" t="s">
         <v>730</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="F114">
         <v>1</v>
       </c>
       <c r="G114">
         <v>35046956</v>
       </c>
       <c r="H114" t="s">
@@ -28021,66 +28111,66 @@
       <c r="N114" t="s">
         <v>1159</v>
       </c>
       <c r="O114"/>
       <c r="P114"/>
       <c r="Q114">
         <v>12</v>
       </c>
       <c r="R114" t="s">
         <v>1160</v>
       </c>
       <c r="S114"/>
       <c r="T114" t="s">
         <v>1161</v>
       </c>
       <c r="U114" t="s">
         <v>737</v>
       </c>
       <c r="V114" t="s">
         <v>738</v>
       </c>
       <c r="W114" t="s">
         <v>1162</v>
       </c>
       <c r="X114" t="s">
-        <v>3740</v>
+        <v>3770</v>
       </c>
       <c r="Y114" t="s">
-        <v>3741</v>
+        <v>3771</v>
       </c>
       <c r="Z114" t="s">
-        <v>3206</v>
+        <v>3236</v>
       </c>
       <c r="AA114" t="s">
-        <v>3742</v>
+        <v>3772</v>
       </c>
       <c r="AB114" t="s">
-        <v>3208</v>
+        <v>3238</v>
       </c>
       <c r="AC114" t="s">
-        <v>3613</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="115" spans="1:122">
       <c r="A115" t="s">
         <v>1163</v>
       </c>
       <c r="B115" t="s">
         <v>716</v>
       </c>
       <c r="C115" t="s">
         <v>717</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="F115">
         <v>1</v>
       </c>
       <c r="G115">
         <v>35036403</v>
       </c>
       <c r="H115" t="s">
@@ -28102,72 +28192,72 @@
       <c r="N115" t="s">
         <v>1166</v>
       </c>
       <c r="O115"/>
       <c r="P115"/>
       <c r="Q115">
         <v>9</v>
       </c>
       <c r="R115" t="s">
         <v>1133</v>
       </c>
       <c r="S115"/>
       <c r="T115" t="s">
         <v>1167</v>
       </c>
       <c r="U115" t="s">
         <v>1168</v>
       </c>
       <c r="V115" t="s">
         <v>1169</v>
       </c>
       <c r="W115" t="s">
         <v>1170</v>
       </c>
       <c r="X115" t="s">
-        <v>3743</v>
+        <v>3773</v>
       </c>
       <c r="Y115" t="s">
-        <v>3744</v>
+        <v>3774</v>
       </c>
       <c r="Z115" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="AA115" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AB115" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AC115" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AD115" t="s">
-        <v>3511</v>
+        <v>3541</v>
       </c>
       <c r="AE115" t="s">
-        <v>3745</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="116" spans="1:122">
       <c r="A116" t="s">
         <v>1171</v>
       </c>
       <c r="B116" t="s">
         <v>716</v>
       </c>
       <c r="C116" t="s">
         <v>717</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>1172</v>
       </c>
       <c r="F116">
         <v>0</v>
       </c>
       <c r="G116">
         <v>34407409</v>
       </c>
       <c r="H116" t="s">
@@ -28193,66 +28283,66 @@
         <v>109571</v>
       </c>
       <c r="P116">
         <v>7</v>
       </c>
       <c r="Q116">
         <v>36</v>
       </c>
       <c r="R116" t="s">
         <v>234</v>
       </c>
       <c r="S116"/>
       <c r="T116" t="s">
         <v>1176</v>
       </c>
       <c r="U116" t="s">
         <v>1177</v>
       </c>
       <c r="V116" t="s">
         <v>1178</v>
       </c>
       <c r="W116" t="s">
         <v>1179</v>
       </c>
       <c r="X116" t="s">
-        <v>3746</v>
+        <v>3776</v>
       </c>
       <c r="Y116" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="Z116" t="s">
-        <v>3747</v>
+        <v>3777</v>
       </c>
       <c r="AA116" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AB116" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AC116" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="117" spans="1:122">
       <c r="A117" t="s">
         <v>1180</v>
       </c>
       <c r="B117" t="s">
         <v>716</v>
       </c>
       <c r="C117" t="s">
         <v>717</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>345</v>
       </c>
       <c r="F117">
         <v>2</v>
       </c>
       <c r="G117">
         <v>33984604</v>
       </c>
       <c r="H117" t="s">
@@ -28276,60 +28366,60 @@
       </c>
       <c r="O117" t="s">
         <v>1186</v>
       </c>
       <c r="P117"/>
       <c r="Q117">
         <v>69</v>
       </c>
       <c r="R117" t="s">
         <v>1183</v>
       </c>
       <c r="S117"/>
       <c r="T117" t="s">
         <v>1187</v>
       </c>
       <c r="U117" t="s">
         <v>1070</v>
       </c>
       <c r="V117" t="s">
         <v>1188</v>
       </c>
       <c r="W117" t="s">
         <v>1189</v>
       </c>
       <c r="X117" t="s">
-        <v>3748</v>
+        <v>3778</v>
       </c>
       <c r="Y117" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="Z117" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AA117" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="118" spans="1:122">
       <c r="A118" t="s">
         <v>1190</v>
       </c>
       <c r="B118" t="s">
         <v>134</v>
       </c>
       <c r="C118" t="s">
         <v>66</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="F118">
         <v>1</v>
       </c>
       <c r="G118">
         <v>34675436</v>
       </c>
       <c r="H118" t="s">
@@ -28357,147 +28447,147 @@
         <v>1194</v>
       </c>
       <c r="P118">
         <v>11</v>
       </c>
       <c r="Q118">
         <v>24</v>
       </c>
       <c r="R118" t="s">
         <v>142</v>
       </c>
       <c r="S118"/>
       <c r="T118" t="s">
         <v>1195</v>
       </c>
       <c r="U118" t="s">
         <v>1196</v>
       </c>
       <c r="V118" t="s">
         <v>1197</v>
       </c>
       <c r="W118" t="s">
         <v>1198</v>
       </c>
       <c r="X118" t="s">
-        <v>3749</v>
+        <v>3779</v>
       </c>
       <c r="Y118" t="s">
-        <v>3750</v>
+        <v>3780</v>
       </c>
       <c r="Z118" t="s">
-        <v>3751</v>
+        <v>3781</v>
       </c>
       <c r="AA118" t="s">
-        <v>3752</v>
+        <v>3782</v>
       </c>
       <c r="AB118" t="s">
-        <v>3753</v>
+        <v>3783</v>
       </c>
       <c r="AC118" t="s">
-        <v>3754</v>
+        <v>3784</v>
       </c>
       <c r="AD118" t="s">
-        <v>3755</v>
+        <v>3785</v>
       </c>
       <c r="AE118" t="s">
-        <v>3756</v>
+        <v>3786</v>
       </c>
       <c r="AF118" t="s">
-        <v>3757</v>
+        <v>3787</v>
       </c>
       <c r="AG118" t="s">
-        <v>3758</v>
+        <v>3788</v>
       </c>
       <c r="AH118" t="s">
-        <v>3759</v>
+        <v>3789</v>
       </c>
       <c r="AI118" t="s">
-        <v>3760</v>
+        <v>3790</v>
       </c>
       <c r="AJ118" t="s">
-        <v>3761</v>
+        <v>3791</v>
       </c>
       <c r="AK118" t="s">
-        <v>3762</v>
+        <v>3792</v>
       </c>
       <c r="AL118" t="s">
-        <v>3763</v>
+        <v>3793</v>
       </c>
       <c r="AM118" t="s">
-        <v>3764</v>
+        <v>3794</v>
       </c>
       <c r="AN118" t="s">
-        <v>3765</v>
+        <v>3795</v>
       </c>
       <c r="AO118" t="s">
-        <v>3766</v>
+        <v>3796</v>
       </c>
       <c r="AP118" t="s">
-        <v>3767</v>
+        <v>3797</v>
       </c>
       <c r="AQ118" t="s">
-        <v>3768</v>
+        <v>3798</v>
       </c>
       <c r="AR118" t="s">
-        <v>3769</v>
+        <v>3799</v>
       </c>
       <c r="AS118" t="s">
-        <v>3770</v>
+        <v>3800</v>
       </c>
       <c r="AT118" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AU118" t="s">
-        <v>3771</v>
+        <v>3801</v>
       </c>
       <c r="AV118" t="s">
-        <v>3772</v>
+        <v>3802</v>
       </c>
       <c r="AW118" t="s">
-        <v>3773</v>
+        <v>3803</v>
       </c>
       <c r="AX118" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AY118" t="s">
-        <v>3774</v>
+        <v>3804</v>
       </c>
       <c r="AZ118" t="s">
-        <v>3775</v>
+        <v>3805</v>
       </c>
       <c r="BA118" t="s">
-        <v>3776</v>
+        <v>3806</v>
       </c>
       <c r="BB118" t="s">
-        <v>3777</v>
+        <v>3807</v>
       </c>
       <c r="BC118" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BD118" t="s">
-        <v>3778</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="119" spans="1:122">
       <c r="A119" t="s">
         <v>1199</v>
       </c>
       <c r="B119" t="s">
         <v>134</v>
       </c>
       <c r="C119" t="s">
         <v>66</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="F119">
         <v>1</v>
       </c>
       <c r="G119">
         <v>34113632</v>
       </c>
       <c r="H119" t="s">
@@ -28519,75 +28609,75 @@
       <c r="N119" t="s">
         <v>1204</v>
       </c>
       <c r="O119"/>
       <c r="P119"/>
       <c r="Q119">
         <v>8</v>
       </c>
       <c r="R119" t="s">
         <v>1205</v>
       </c>
       <c r="S119"/>
       <c r="T119" t="s">
         <v>1206</v>
       </c>
       <c r="U119" t="s">
         <v>1207</v>
       </c>
       <c r="V119" t="s">
         <v>1208</v>
       </c>
       <c r="W119" t="s">
         <v>1209</v>
       </c>
       <c r="X119" t="s">
-        <v>3779</v>
+        <v>3809</v>
       </c>
       <c r="Y119" t="s">
-        <v>3780</v>
+        <v>3810</v>
       </c>
       <c r="Z119" t="s">
-        <v>3781</v>
+        <v>3811</v>
       </c>
       <c r="AA119" t="s">
-        <v>2575</v>
+        <v>2605</v>
       </c>
       <c r="AB119" t="s">
-        <v>3782</v>
+        <v>3812</v>
       </c>
       <c r="AC119" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AD119" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AE119" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AF119" t="s">
-        <v>3783</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="120" spans="1:122">
       <c r="A120" t="s">
         <v>1210</v>
       </c>
       <c r="B120" t="s">
         <v>1211</v>
       </c>
       <c r="C120" t="s">
         <v>277</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="F120">
         <v>1</v>
       </c>
       <c r="G120">
         <v>34072483</v>
       </c>
       <c r="H120" t="s">
@@ -28613,90 +28703,90 @@
         <v>347</v>
       </c>
       <c r="P120">
         <v>6</v>
       </c>
       <c r="Q120">
         <v>11</v>
       </c>
       <c r="R120" t="s">
         <v>1214</v>
       </c>
       <c r="S120"/>
       <c r="T120" t="s">
         <v>1217</v>
       </c>
       <c r="U120" t="s">
         <v>1218</v>
       </c>
       <c r="V120" t="s">
         <v>1219</v>
       </c>
       <c r="W120" t="s">
         <v>1220</v>
       </c>
       <c r="X120" t="s">
-        <v>3784</v>
+        <v>3814</v>
       </c>
       <c r="Y120" t="s">
-        <v>3785</v>
+        <v>3815</v>
       </c>
       <c r="Z120" t="s">
-        <v>3786</v>
+        <v>3816</v>
       </c>
       <c r="AA120" t="s">
-        <v>3787</v>
+        <v>3817</v>
       </c>
       <c r="AB120" t="s">
-        <v>3005</v>
+        <v>3035</v>
       </c>
       <c r="AC120" t="s">
-        <v>2898</v>
+        <v>2928</v>
       </c>
       <c r="AD120" t="s">
-        <v>3788</v>
+        <v>3818</v>
       </c>
       <c r="AE120" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AF120" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AG120" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AH120" t="s">
-        <v>3789</v>
+        <v>3819</v>
       </c>
       <c r="AI120" t="s">
-        <v>3216</v>
+        <v>3246</v>
       </c>
       <c r="AJ120" t="s">
-        <v>3790</v>
+        <v>3820</v>
       </c>
       <c r="AK120" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="121" spans="1:122">
       <c r="A121" t="s">
         <v>1221</v>
       </c>
       <c r="B121" t="s">
         <v>1211</v>
       </c>
       <c r="C121" t="s">
         <v>277</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="F121">
         <v>1</v>
       </c>
       <c r="G121">
         <v>33855724</v>
       </c>
       <c r="H121" t="s">
@@ -28724,96 +28814,96 @@
         <v>1228</v>
       </c>
       <c r="P121">
         <v>5</v>
       </c>
       <c r="Q121">
         <v>44</v>
       </c>
       <c r="R121" t="s">
         <v>1229</v>
       </c>
       <c r="S121"/>
       <c r="T121" t="s">
         <v>1230</v>
       </c>
       <c r="U121" t="s">
         <v>554</v>
       </c>
       <c r="V121" t="s">
         <v>555</v>
       </c>
       <c r="W121" t="s">
         <v>1231</v>
       </c>
       <c r="X121" t="s">
-        <v>3791</v>
+        <v>3821</v>
       </c>
       <c r="Y121" t="s">
-        <v>3792</v>
+        <v>3822</v>
       </c>
       <c r="Z121" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AA121" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="AB121" t="s">
-        <v>2898</v>
+        <v>2928</v>
       </c>
       <c r="AC121" t="s">
-        <v>3005</v>
+        <v>3035</v>
       </c>
       <c r="AD121" t="s">
-        <v>3787</v>
+        <v>3817</v>
       </c>
       <c r="AE121" t="s">
-        <v>3793</v>
+        <v>3823</v>
       </c>
       <c r="AF121" t="s">
-        <v>3794</v>
+        <v>3824</v>
       </c>
       <c r="AG121" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AH121" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AI121" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AJ121" t="s">
-        <v>3789</v>
+        <v>3819</v>
       </c>
       <c r="AK121" t="s">
-        <v>3216</v>
+        <v>3246</v>
       </c>
       <c r="AL121" t="s">
-        <v>3790</v>
+        <v>3820</v>
       </c>
       <c r="AM121" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="122" spans="1:122">
       <c r="A122" t="s">
         <v>1232</v>
       </c>
       <c r="B122" t="s">
         <v>716</v>
       </c>
       <c r="C122" t="s">
         <v>717</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="F122">
         <v>1</v>
       </c>
       <c r="G122">
         <v>34289357</v>
       </c>
       <c r="H122" t="s">
@@ -28841,210 +28931,210 @@
         <v>109409</v>
       </c>
       <c r="P122">
         <v>3</v>
       </c>
       <c r="Q122">
         <v>36</v>
       </c>
       <c r="R122" t="s">
         <v>237</v>
       </c>
       <c r="S122"/>
       <c r="T122" t="s">
         <v>1176</v>
       </c>
       <c r="U122" t="s">
         <v>1177</v>
       </c>
       <c r="V122" t="s">
         <v>1178</v>
       </c>
       <c r="W122" t="s">
         <v>1236</v>
       </c>
       <c r="X122" t="s">
-        <v>3795</v>
+        <v>3825</v>
       </c>
       <c r="Y122" t="s">
-        <v>3796</v>
+        <v>3826</v>
       </c>
       <c r="Z122" t="s">
-        <v>3797</v>
+        <v>3827</v>
       </c>
       <c r="AA122" t="s">
-        <v>3798</v>
+        <v>3828</v>
       </c>
       <c r="AB122" t="s">
-        <v>3799</v>
+        <v>3829</v>
       </c>
       <c r="AC122" t="s">
-        <v>3800</v>
+        <v>3830</v>
       </c>
       <c r="AD122" t="s">
-        <v>3801</v>
+        <v>3831</v>
       </c>
       <c r="AE122" t="s">
-        <v>3802</v>
+        <v>3832</v>
       </c>
       <c r="AF122" t="s">
-        <v>3803</v>
+        <v>3833</v>
       </c>
       <c r="AG122" t="s">
-        <v>3804</v>
+        <v>3834</v>
       </c>
       <c r="AH122" t="s">
-        <v>3805</v>
+        <v>3835</v>
       </c>
       <c r="AI122" t="s">
-        <v>3806</v>
+        <v>3836</v>
       </c>
       <c r="AJ122" t="s">
-        <v>3807</v>
+        <v>3837</v>
       </c>
       <c r="AK122" t="s">
-        <v>3161</v>
+        <v>3191</v>
       </c>
       <c r="AL122" t="s">
-        <v>3808</v>
+        <v>3838</v>
       </c>
       <c r="AM122" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AN122" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AO122" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AP122" t="s">
-        <v>3809</v>
+        <v>3839</v>
       </c>
       <c r="AQ122" t="s">
-        <v>3810</v>
+        <v>3840</v>
       </c>
       <c r="AR122" t="s">
-        <v>3811</v>
+        <v>3841</v>
       </c>
       <c r="AS122" t="s">
-        <v>3812</v>
+        <v>3842</v>
       </c>
       <c r="AT122" t="s">
-        <v>3813</v>
+        <v>3843</v>
       </c>
       <c r="AU122" t="s">
-        <v>3814</v>
+        <v>3844</v>
       </c>
       <c r="AV122" t="s">
-        <v>3815</v>
+        <v>3845</v>
       </c>
       <c r="AW122" t="s">
-        <v>3816</v>
+        <v>3846</v>
       </c>
       <c r="AX122" t="s">
-        <v>3817</v>
+        <v>3847</v>
       </c>
       <c r="AY122" t="s">
-        <v>3818</v>
+        <v>3848</v>
       </c>
       <c r="AZ122" t="s">
-        <v>3819</v>
+        <v>3849</v>
       </c>
       <c r="BA122" t="s">
-        <v>3695</v>
+        <v>3725</v>
       </c>
       <c r="BB122" t="s">
-        <v>3820</v>
+        <v>3850</v>
       </c>
       <c r="BC122" t="s">
-        <v>3821</v>
+        <v>3851</v>
       </c>
       <c r="BD122" t="s">
-        <v>3822</v>
+        <v>3852</v>
       </c>
       <c r="BE122" t="s">
-        <v>3823</v>
+        <v>3853</v>
       </c>
       <c r="BF122" t="s">
-        <v>3824</v>
+        <v>3854</v>
       </c>
       <c r="BG122" t="s">
-        <v>3825</v>
+        <v>3855</v>
       </c>
       <c r="BH122" t="s">
-        <v>3826</v>
+        <v>3856</v>
       </c>
       <c r="BI122" t="s">
-        <v>3827</v>
+        <v>3857</v>
       </c>
       <c r="BJ122" t="s">
-        <v>3828</v>
+        <v>3858</v>
       </c>
       <c r="BK122" t="s">
-        <v>3829</v>
+        <v>3859</v>
       </c>
       <c r="BL122" t="s">
-        <v>3830</v>
+        <v>3860</v>
       </c>
       <c r="BM122" t="s">
-        <v>3831</v>
+        <v>3861</v>
       </c>
       <c r="BN122" t="s">
-        <v>3832</v>
+        <v>3862</v>
       </c>
       <c r="BO122" t="s">
-        <v>3710</v>
+        <v>3740</v>
       </c>
       <c r="BP122" t="s">
-        <v>3833</v>
+        <v>3863</v>
       </c>
       <c r="BQ122" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BR122" t="s">
-        <v>2503</v>
+        <v>2533</v>
       </c>
       <c r="BS122" t="s">
-        <v>2478</v>
+        <v>2508</v>
       </c>
       <c r="BT122" t="s">
-        <v>2654</v>
+        <v>2684</v>
       </c>
       <c r="BU122" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="BV122" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="BW122" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="BX122" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
       <c r="BY122" t="s">
-        <v>3834</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="123" spans="1:122">
       <c r="A123" t="s">
         <v>1237</v>
       </c>
       <c r="B123" t="s">
         <v>406</v>
       </c>
       <c r="C123" t="s">
         <v>407</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>182</v>
       </c>
       <c r="F123">
         <v>0</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>1238</v>
       </c>
@@ -29064,90 +29154,90 @@
       <c r="N123" t="s">
         <v>1239</v>
       </c>
       <c r="O123"/>
       <c r="P123"/>
       <c r="Q123"/>
       <c r="R123" t="s">
         <v>185</v>
       </c>
       <c r="S123" t="s">
         <v>1240</v>
       </c>
       <c r="T123" t="s">
         <v>1241</v>
       </c>
       <c r="U123" t="s">
         <v>939</v>
       </c>
       <c r="V123" t="s">
         <v>940</v>
       </c>
       <c r="W123" t="s">
         <v>1242</v>
       </c>
       <c r="X123" t="s">
-        <v>3835</v>
+        <v>3865</v>
       </c>
       <c r="Y123" t="s">
-        <v>3836</v>
+        <v>3866</v>
       </c>
       <c r="Z123" t="s">
-        <v>3837</v>
+        <v>3867</v>
       </c>
       <c r="AA123" t="s">
-        <v>3519</v>
+        <v>3549</v>
       </c>
       <c r="AB123" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AC123" t="s">
-        <v>3521</v>
+        <v>3551</v>
       </c>
       <c r="AD123" t="s">
-        <v>3518</v>
+        <v>3548</v>
       </c>
       <c r="AE123" t="s">
-        <v>3520</v>
+        <v>3550</v>
       </c>
       <c r="AF123" t="s">
-        <v>3838</v>
+        <v>3868</v>
       </c>
       <c r="AG123" t="s">
-        <v>3839</v>
+        <v>3869</v>
       </c>
       <c r="AH123" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AI123" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AJ123" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AK123" t="s">
-        <v>3840</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="124" spans="1:122">
       <c r="A124" t="s">
         <v>1243</v>
       </c>
       <c r="B124" t="s">
         <v>1244</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>67</v>
       </c>
       <c r="E124" t="s">
         <v>345</v>
       </c>
       <c r="F124">
         <v>1</v>
       </c>
       <c r="G124">
         <v>36780171</v>
       </c>
       <c r="H124" t="s">
         <v>1245</v>
       </c>
@@ -29167,60 +29257,60 @@
       <c r="N124" t="s">
         <v>1249</v>
       </c>
       <c r="O124"/>
       <c r="P124"/>
       <c r="Q124">
         <v>0</v>
       </c>
       <c r="R124" t="s">
         <v>1250</v>
       </c>
       <c r="S124"/>
       <c r="T124" t="s">
         <v>1251</v>
       </c>
       <c r="U124" t="s">
         <v>1252</v>
       </c>
       <c r="V124" t="s">
         <v>1253</v>
       </c>
       <c r="W124" t="s">
         <v>1254</v>
       </c>
       <c r="X124" t="s">
-        <v>3841</v>
+        <v>3871</v>
       </c>
       <c r="Y124" t="s">
-        <v>3345</v>
+        <v>3375</v>
       </c>
       <c r="Z124" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AA124" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="125" spans="1:122">
       <c r="A125" t="s">
         <v>1255</v>
       </c>
       <c r="B125" t="s">
         <v>1211</v>
       </c>
       <c r="C125" t="s">
         <v>277</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="F125">
         <v>1</v>
       </c>
       <c r="G125">
         <v>36789546</v>
       </c>
       <c r="H125" t="s">
@@ -29244,129 +29334,129 @@
       <c r="N125" t="s">
         <v>1258</v>
       </c>
       <c r="O125"/>
       <c r="P125"/>
       <c r="Q125">
         <v>0</v>
       </c>
       <c r="R125" t="s">
         <v>975</v>
       </c>
       <c r="S125"/>
       <c r="T125" t="s">
         <v>1259</v>
       </c>
       <c r="U125" t="s">
         <v>1260</v>
       </c>
       <c r="V125" t="s">
         <v>555</v>
       </c>
       <c r="W125" t="s">
         <v>1261</v>
       </c>
       <c r="X125" t="s">
-        <v>3842</v>
+        <v>3872</v>
       </c>
       <c r="Y125" t="s">
-        <v>3843</v>
+        <v>3873</v>
       </c>
       <c r="Z125" t="s">
-        <v>3844</v>
+        <v>3874</v>
       </c>
       <c r="AA125" t="s">
-        <v>3845</v>
+        <v>3875</v>
       </c>
       <c r="AB125" t="s">
-        <v>3846</v>
+        <v>3876</v>
       </c>
       <c r="AC125" t="s">
-        <v>3847</v>
+        <v>3877</v>
       </c>
       <c r="AD125" t="s">
-        <v>3848</v>
+        <v>3878</v>
       </c>
       <c r="AE125" t="s">
-        <v>3849</v>
+        <v>3879</v>
       </c>
       <c r="AF125" t="s">
-        <v>3850</v>
+        <v>3880</v>
       </c>
       <c r="AG125" t="s">
-        <v>3851</v>
+        <v>3881</v>
       </c>
       <c r="AH125" t="s">
-        <v>3852</v>
+        <v>3882</v>
       </c>
       <c r="AI125" t="s">
-        <v>3853</v>
+        <v>3883</v>
       </c>
       <c r="AJ125" t="s">
-        <v>3005</v>
+        <v>3035</v>
       </c>
       <c r="AK125" t="s">
-        <v>3854</v>
+        <v>3884</v>
       </c>
       <c r="AL125" t="s">
-        <v>3855</v>
+        <v>3885</v>
       </c>
       <c r="AM125" t="s">
-        <v>3856</v>
+        <v>3886</v>
       </c>
       <c r="AN125" t="s">
-        <v>3857</v>
+        <v>3887</v>
       </c>
       <c r="AO125" t="s">
-        <v>3858</v>
+        <v>3888</v>
       </c>
       <c r="AP125" t="s">
-        <v>3859</v>
+        <v>3889</v>
       </c>
       <c r="AQ125" t="s">
-        <v>3860</v>
+        <v>3890</v>
       </c>
       <c r="AR125" t="s">
-        <v>3014</v>
+        <v>3044</v>
       </c>
       <c r="AS125" t="s">
-        <v>2898</v>
+        <v>2928</v>
       </c>
       <c r="AT125" t="s">
-        <v>3861</v>
+        <v>3891</v>
       </c>
       <c r="AU125" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AV125" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AW125" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AX125" t="s">
-        <v>3862</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="126" spans="1:122">
       <c r="A126" t="s">
         <v>1262</v>
       </c>
       <c r="B126" t="s">
         <v>181</v>
       </c>
       <c r="C126" t="s">
         <v>407</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="F126">
         <v>1</v>
       </c>
       <c r="G126">
         <v>36805335</v>
       </c>
       <c r="H126" t="s">
@@ -29392,87 +29482,87 @@
       </c>
       <c r="O126">
         <v>103027</v>
       </c>
       <c r="P126"/>
       <c r="Q126">
         <v>0</v>
       </c>
       <c r="R126" t="s">
         <v>1269</v>
       </c>
       <c r="S126"/>
       <c r="T126" t="s">
         <v>1270</v>
       </c>
       <c r="U126" t="s">
         <v>1271</v>
       </c>
       <c r="V126" t="s">
         <v>1272</v>
       </c>
       <c r="W126" t="s">
         <v>1273</v>
       </c>
       <c r="X126" t="s">
-        <v>3863</v>
+        <v>3893</v>
       </c>
       <c r="Y126" t="s">
-        <v>3864</v>
+        <v>3894</v>
       </c>
       <c r="Z126" t="s">
-        <v>3865</v>
+        <v>3895</v>
       </c>
       <c r="AA126" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AB126" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AC126" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AD126" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AE126" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AF126" t="s">
-        <v>3866</v>
+        <v>3896</v>
       </c>
       <c r="AG126" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
       <c r="AH126" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="AI126" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="AJ126" t="s">
-        <v>2386</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="127" spans="1:122">
       <c r="A127" t="s">
         <v>1274</v>
       </c>
       <c r="B127" t="s">
         <v>1275</v>
       </c>
       <c r="C127" t="s">
         <v>254</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="F127">
         <v>1</v>
       </c>
       <c r="G127">
         <v>36823135</v>
       </c>
       <c r="H127" t="s">
@@ -29500,81 +29590,81 @@
         <v>1279</v>
       </c>
       <c r="P127">
         <v>3</v>
       </c>
       <c r="Q127">
         <v>10</v>
       </c>
       <c r="R127" t="s">
         <v>682</v>
       </c>
       <c r="S127"/>
       <c r="T127" t="s">
         <v>1280</v>
       </c>
       <c r="U127" t="s">
         <v>1281</v>
       </c>
       <c r="V127" t="s">
         <v>1282</v>
       </c>
       <c r="W127" t="s">
         <v>1283</v>
       </c>
       <c r="X127" t="s">
-        <v>3867</v>
+        <v>3897</v>
       </c>
       <c r="Y127" t="s">
-        <v>3868</v>
+        <v>3898</v>
       </c>
       <c r="Z127" t="s">
-        <v>3869</v>
+        <v>3899</v>
       </c>
       <c r="AA127" t="s">
-        <v>3870</v>
+        <v>3900</v>
       </c>
       <c r="AB127" t="s">
-        <v>3871</v>
+        <v>3901</v>
       </c>
       <c r="AC127" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AD127" t="s">
-        <v>3872</v>
+        <v>3902</v>
       </c>
       <c r="AE127" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AF127" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AG127" t="s">
-        <v>3873</v>
+        <v>3903</v>
       </c>
       <c r="AH127" t="s">
-        <v>2396</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="128" spans="1:122">
       <c r="A128" t="s">
         <v>1284</v>
       </c>
       <c r="B128" t="s">
         <v>39</v>
       </c>
       <c r="C128" t="s">
         <v>40</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>345</v>
       </c>
       <c r="F128">
         <v>2</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>1285</v>
       </c>
@@ -29594,69 +29684,69 @@
       <c r="N128" t="s">
         <v>1289</v>
       </c>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128">
         <v>0</v>
       </c>
       <c r="R128" t="s">
         <v>1287</v>
       </c>
       <c r="S128"/>
       <c r="T128" t="s">
         <v>1290</v>
       </c>
       <c r="U128" t="s">
         <v>50</v>
       </c>
       <c r="V128" t="s">
         <v>1291</v>
       </c>
       <c r="W128" t="s">
         <v>1292</v>
       </c>
       <c r="X128" t="s">
-        <v>3874</v>
+        <v>3904</v>
       </c>
       <c r="Y128" t="s">
-        <v>3875</v>
+        <v>3905</v>
       </c>
       <c r="Z128" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="AA128" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="AB128" t="s">
-        <v>2848</v>
+        <v>2878</v>
       </c>
       <c r="AC128" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AD128" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="129" spans="1:122">
       <c r="A129" t="s">
         <v>1293</v>
       </c>
       <c r="B129" t="s">
         <v>668</v>
       </c>
       <c r="C129" t="s">
         <v>54</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>182</v>
       </c>
       <c r="F129">
         <v>0</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>1294</v>
       </c>
@@ -29676,81 +29766,81 @@
       <c r="N129" t="s">
         <v>1296</v>
       </c>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129">
         <v>0</v>
       </c>
       <c r="R129" t="s">
         <v>185</v>
       </c>
       <c r="S129"/>
       <c r="T129" t="s">
         <v>1297</v>
       </c>
       <c r="U129" t="s">
         <v>1298</v>
       </c>
       <c r="V129" t="s">
         <v>62</v>
       </c>
       <c r="W129" t="s">
         <v>1299</v>
       </c>
       <c r="X129" t="s">
-        <v>3876</v>
+        <v>3906</v>
       </c>
       <c r="Y129" t="s">
-        <v>3877</v>
+        <v>3907</v>
       </c>
       <c r="Z129" t="s">
-        <v>3878</v>
+        <v>3908</v>
       </c>
       <c r="AA129" t="s">
-        <v>3879</v>
+        <v>3909</v>
       </c>
       <c r="AB129" t="s">
-        <v>3880</v>
+        <v>3910</v>
       </c>
       <c r="AC129" t="s">
-        <v>3881</v>
+        <v>3911</v>
       </c>
       <c r="AD129" t="s">
-        <v>3257</v>
+        <v>3287</v>
       </c>
       <c r="AE129" t="s">
-        <v>2409</v>
+        <v>2439</v>
       </c>
       <c r="AF129" t="s">
-        <v>2410</v>
+        <v>2440</v>
       </c>
       <c r="AG129" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AH129" t="s">
-        <v>3882</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="130" spans="1:122">
       <c r="A130" t="s">
         <v>1300</v>
       </c>
       <c r="B130" t="s">
         <v>181</v>
       </c>
       <c r="C130" t="s">
         <v>66</v>
       </c>
       <c r="D130" t="s">
         <v>67</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
       <c r="F130">
         <v>1</v>
       </c>
       <c r="G130">
         <v>36637807</v>
       </c>
       <c r="H130" t="s">
@@ -29776,111 +29866,111 @@
       </c>
       <c r="O130"/>
       <c r="P130">
         <v>3</v>
       </c>
       <c r="Q130">
         <v>222</v>
       </c>
       <c r="R130" t="s">
         <v>175</v>
       </c>
       <c r="S130"/>
       <c r="T130" t="s">
         <v>1304</v>
       </c>
       <c r="U130" t="s">
         <v>189</v>
       </c>
       <c r="V130" t="s">
         <v>36</v>
       </c>
       <c r="W130" t="s">
         <v>1305</v>
       </c>
       <c r="X130" t="s">
-        <v>2531</v>
+        <v>2561</v>
       </c>
       <c r="Y130" t="s">
-        <v>3883</v>
+        <v>3913</v>
       </c>
       <c r="Z130" t="s">
-        <v>3884</v>
+        <v>3914</v>
       </c>
       <c r="AA130" t="s">
-        <v>3885</v>
+        <v>3915</v>
       </c>
       <c r="AB130" t="s">
-        <v>3886</v>
+        <v>3916</v>
       </c>
       <c r="AC130" t="s">
-        <v>2682</v>
+        <v>2712</v>
       </c>
       <c r="AD130" t="s">
-        <v>3887</v>
+        <v>3917</v>
       </c>
       <c r="AE130" t="s">
-        <v>3888</v>
+        <v>3918</v>
       </c>
       <c r="AF130" t="s">
-        <v>2606</v>
+        <v>2636</v>
       </c>
       <c r="AG130" t="s">
-        <v>3889</v>
+        <v>3919</v>
       </c>
       <c r="AH130" t="s">
-        <v>2683</v>
+        <v>2713</v>
       </c>
       <c r="AI130" t="s">
-        <v>3890</v>
+        <v>3920</v>
       </c>
       <c r="AJ130" t="s">
-        <v>3891</v>
+        <v>3921</v>
       </c>
       <c r="AK130" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AL130" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AM130" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AN130" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AO130" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AP130" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AQ130" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AR130" t="s">
-        <v>2402</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="131" spans="1:122">
       <c r="A131" t="s">
         <v>1306</v>
       </c>
       <c r="B131" t="s">
         <v>108</v>
       </c>
       <c r="C131" t="s">
         <v>254</v>
       </c>
       <c r="D131" t="s">
         <v>67</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="F131">
         <v>1</v>
       </c>
       <c r="G131">
         <v>37071991</v>
       </c>
       <c r="H131" t="s">
@@ -29902,78 +29992,78 @@
         <v>327</v>
       </c>
       <c r="N131" t="s">
         <v>1309</v>
       </c>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131"/>
       <c r="R131" t="s">
         <v>325</v>
       </c>
       <c r="S131"/>
       <c r="T131" t="s">
         <v>1310</v>
       </c>
       <c r="U131" t="s">
         <v>1311</v>
       </c>
       <c r="V131" t="s">
         <v>166</v>
       </c>
       <c r="W131" t="s">
         <v>1312</v>
       </c>
       <c r="X131" t="s">
-        <v>2390</v>
+        <v>2420</v>
       </c>
       <c r="Y131" t="s">
-        <v>3892</v>
+        <v>3922</v>
       </c>
       <c r="Z131" t="s">
-        <v>2513</v>
+        <v>2543</v>
       </c>
       <c r="AA131" t="s">
-        <v>2512</v>
+        <v>2542</v>
       </c>
       <c r="AB131" t="s">
-        <v>2491</v>
+        <v>2521</v>
       </c>
       <c r="AC131" t="s">
-        <v>2377</v>
+        <v>2407</v>
       </c>
       <c r="AD131" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AE131" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AF131" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="AG131" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="132" spans="1:122">
       <c r="A132" t="s">
         <v>1313</v>
       </c>
       <c r="B132" t="s">
         <v>1105</v>
       </c>
       <c r="C132" t="s">
         <v>481</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="F132">
         <v>1</v>
       </c>
       <c r="G132">
         <v>37095397</v>
       </c>
       <c r="H132" t="s">
@@ -30001,111 +30091,111 @@
         <v>1318</v>
       </c>
       <c r="P132">
         <v>5</v>
       </c>
       <c r="Q132">
         <v>26</v>
       </c>
       <c r="R132" t="s">
         <v>142</v>
       </c>
       <c r="S132"/>
       <c r="T132" t="s">
         <v>1319</v>
       </c>
       <c r="U132" t="s">
         <v>1320</v>
       </c>
       <c r="V132" t="s">
         <v>1321</v>
       </c>
       <c r="W132" t="s">
         <v>1322</v>
       </c>
       <c r="X132" t="s">
-        <v>3893</v>
+        <v>3923</v>
       </c>
       <c r="Y132" t="s">
-        <v>3894</v>
+        <v>3924</v>
       </c>
       <c r="Z132" t="s">
-        <v>3895</v>
+        <v>3925</v>
       </c>
       <c r="AA132" t="s">
-        <v>3896</v>
+        <v>3926</v>
       </c>
       <c r="AB132" t="s">
-        <v>3897</v>
+        <v>3927</v>
       </c>
       <c r="AC132" t="s">
-        <v>3898</v>
+        <v>3928</v>
       </c>
       <c r="AD132" t="s">
-        <v>3899</v>
+        <v>3929</v>
       </c>
       <c r="AE132" t="s">
-        <v>3900</v>
+        <v>3930</v>
       </c>
       <c r="AF132" t="s">
-        <v>3901</v>
+        <v>3931</v>
       </c>
       <c r="AG132" t="s">
-        <v>2407</v>
+        <v>2437</v>
       </c>
       <c r="AH132" t="s">
-        <v>2648</v>
+        <v>2678</v>
       </c>
       <c r="AI132" t="s">
-        <v>3214</v>
+        <v>3244</v>
       </c>
       <c r="AJ132" t="s">
-        <v>3902</v>
+        <v>3932</v>
       </c>
       <c r="AK132" t="s">
-        <v>2820</v>
+        <v>2850</v>
       </c>
       <c r="AL132" t="s">
-        <v>3903</v>
+        <v>3933</v>
       </c>
       <c r="AM132" t="s">
-        <v>2819</v>
+        <v>2849</v>
       </c>
       <c r="AN132" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="AO132" t="s">
-        <v>3216</v>
+        <v>3246</v>
       </c>
       <c r="AP132" t="s">
-        <v>3904</v>
+        <v>3934</v>
       </c>
       <c r="AQ132" t="s">
-        <v>3905</v>
+        <v>3935</v>
       </c>
       <c r="AR132" t="s">
-        <v>3906</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="133" spans="1:122">
       <c r="A133" t="s">
         <v>1323</v>
       </c>
       <c r="B133" t="s">
         <v>262</v>
       </c>
       <c r="C133" t="s">
         <v>639</v>
       </c>
       <c r="D133" t="s">
         <v>67</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="F133">
         <v>1</v>
       </c>
       <c r="G133">
         <v>37150482</v>
       </c>
       <c r="H133" t="s">
@@ -30133,66 +30223,66 @@
         <v>119485</v>
       </c>
       <c r="P133">
         <v>6</v>
       </c>
       <c r="Q133">
         <v>1870</v>
       </c>
       <c r="R133" t="s">
         <v>270</v>
       </c>
       <c r="S133"/>
       <c r="T133" t="s">
         <v>1327</v>
       </c>
       <c r="U133" t="s">
         <v>647</v>
       </c>
       <c r="V133" t="s">
         <v>1328</v>
       </c>
       <c r="W133" t="s">
         <v>1329</v>
       </c>
       <c r="X133" t="s">
-        <v>3907</v>
+        <v>3937</v>
       </c>
       <c r="Y133" t="s">
-        <v>3908</v>
+        <v>3938</v>
       </c>
       <c r="Z133" t="s">
-        <v>2816</v>
+        <v>2846</v>
       </c>
       <c r="AA133" t="s">
-        <v>3909</v>
+        <v>3939</v>
       </c>
       <c r="AB133" t="s">
-        <v>2756</v>
+        <v>2786</v>
       </c>
       <c r="AC133" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="134" spans="1:122">
       <c r="A134" t="s">
         <v>1330</v>
       </c>
       <c r="B134" t="s">
         <v>1331</v>
       </c>
       <c r="C134" t="s">
         <v>40</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="F134">
         <v>1</v>
       </c>
       <c r="G134">
         <v>37258678</v>
       </c>
       <c r="H134" t="s">
@@ -30216,198 +30306,198 @@
       <c r="N134" t="s">
         <v>1334</v>
       </c>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134">
         <v>0</v>
       </c>
       <c r="R134" t="s">
         <v>642</v>
       </c>
       <c r="S134"/>
       <c r="T134" t="s">
         <v>1335</v>
       </c>
       <c r="U134" t="s">
         <v>1336</v>
       </c>
       <c r="V134" t="s">
         <v>665</v>
       </c>
       <c r="W134" t="s">
         <v>1337</v>
       </c>
       <c r="X134" t="s">
-        <v>3910</v>
+        <v>3940</v>
       </c>
       <c r="Y134" t="s">
-        <v>3911</v>
+        <v>3941</v>
       </c>
       <c r="Z134" t="s">
-        <v>3912</v>
+        <v>3942</v>
       </c>
       <c r="AA134" t="s">
-        <v>3913</v>
+        <v>3943</v>
       </c>
       <c r="AB134" t="s">
-        <v>3914</v>
+        <v>3944</v>
       </c>
       <c r="AC134" t="s">
-        <v>3915</v>
+        <v>3945</v>
       </c>
       <c r="AD134" t="s">
-        <v>3916</v>
+        <v>3946</v>
       </c>
       <c r="AE134" t="s">
-        <v>3917</v>
+        <v>3947</v>
       </c>
       <c r="AF134" t="s">
-        <v>3918</v>
+        <v>3948</v>
       </c>
       <c r="AG134" t="s">
-        <v>3919</v>
+        <v>3949</v>
       </c>
       <c r="AH134" t="s">
-        <v>3920</v>
+        <v>3950</v>
       </c>
       <c r="AI134" t="s">
-        <v>3921</v>
+        <v>3951</v>
       </c>
       <c r="AJ134" t="s">
-        <v>2602</v>
+        <v>2632</v>
       </c>
       <c r="AK134" t="s">
-        <v>3362</v>
+        <v>3392</v>
       </c>
       <c r="AL134" t="s">
-        <v>2600</v>
+        <v>2630</v>
       </c>
       <c r="AM134" t="s">
-        <v>2744</v>
+        <v>2774</v>
       </c>
       <c r="AN134" t="s">
-        <v>2606</v>
+        <v>2636</v>
       </c>
       <c r="AO134" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AP134" t="s">
-        <v>2611</v>
+        <v>2641</v>
       </c>
       <c r="AQ134" t="s">
-        <v>3009</v>
+        <v>3039</v>
       </c>
       <c r="AR134" t="s">
-        <v>2795</v>
+        <v>2825</v>
       </c>
       <c r="AS134" t="s">
-        <v>3007</v>
+        <v>3037</v>
       </c>
       <c r="AT134" t="s">
-        <v>3013</v>
+        <v>3043</v>
       </c>
       <c r="AU134" t="s">
-        <v>3922</v>
+        <v>3952</v>
       </c>
       <c r="AV134" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="AW134" t="s">
-        <v>3923</v>
+        <v>3953</v>
       </c>
       <c r="AX134" t="s">
-        <v>3924</v>
+        <v>3954</v>
       </c>
       <c r="AY134" t="s">
-        <v>2801</v>
+        <v>2831</v>
       </c>
       <c r="AZ134" t="s">
-        <v>3925</v>
+        <v>3955</v>
       </c>
       <c r="BA134" t="s">
-        <v>2391</v>
+        <v>2421</v>
       </c>
       <c r="BB134" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="BC134" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="BD134" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
       <c r="BE134" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="BF134" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="BG134" t="s">
-        <v>3926</v>
+        <v>3956</v>
       </c>
       <c r="BH134" t="s">
-        <v>3710</v>
+        <v>3740</v>
       </c>
       <c r="BI134" t="s">
-        <v>3347</v>
+        <v>3377</v>
       </c>
       <c r="BJ134" t="s">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="BK134" t="s">
-        <v>2613</v>
+        <v>2643</v>
       </c>
       <c r="BL134" t="s">
-        <v>2397</v>
+        <v>2427</v>
       </c>
       <c r="BM134" t="s">
-        <v>2556</v>
+        <v>2586</v>
       </c>
       <c r="BN134" t="s">
-        <v>2652</v>
+        <v>2682</v>
       </c>
       <c r="BO134" t="s">
-        <v>3399</v>
+        <v>3429</v>
       </c>
       <c r="BP134" t="s">
-        <v>2412</v>
+        <v>2442</v>
       </c>
       <c r="BQ134" t="s">
-        <v>3927</v>
+        <v>3957</v>
       </c>
       <c r="BR134" t="s">
-        <v>3137</v>
+        <v>3167</v>
       </c>
       <c r="BS134" t="s">
-        <v>2477</v>
+        <v>2507</v>
       </c>
       <c r="BT134" t="s">
-        <v>3928</v>
+        <v>3958</v>
       </c>
       <c r="BU134" t="s">
-        <v>3929</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="135" spans="1:122">
       <c r="A135" t="s">
         <v>1338</v>
       </c>
       <c r="B135" t="s">
         <v>80</v>
       </c>
       <c r="C135" t="s">
         <v>652</v>
       </c>
       <c r="D135" t="s">
         <v>67</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="F135">
         <v>1</v>
       </c>
       <c r="G135">
         <v>37328604</v>
       </c>
       <c r="H135" t="s">
@@ -30431,156 +30521,156 @@
       <c r="N135" t="s">
         <v>1344</v>
       </c>
       <c r="O135"/>
       <c r="P135"/>
       <c r="Q135">
         <v>0</v>
       </c>
       <c r="R135" t="s">
         <v>1345</v>
       </c>
       <c r="S135"/>
       <c r="T135" t="s">
         <v>1346</v>
       </c>
       <c r="U135" t="s">
         <v>1347</v>
       </c>
       <c r="V135" t="s">
         <v>118</v>
       </c>
       <c r="W135" t="s">
         <v>1348</v>
       </c>
       <c r="X135" t="s">
-        <v>3930</v>
+        <v>3960</v>
       </c>
       <c r="Y135" t="s">
-        <v>3931</v>
+        <v>3961</v>
       </c>
       <c r="Z135" t="s">
-        <v>3932</v>
+        <v>3962</v>
       </c>
       <c r="AA135" t="s">
-        <v>3933</v>
+        <v>3963</v>
       </c>
       <c r="AB135" t="s">
-        <v>3934</v>
+        <v>3964</v>
       </c>
       <c r="AC135" t="s">
-        <v>3935</v>
+        <v>3965</v>
       </c>
       <c r="AD135" t="s">
-        <v>3936</v>
+        <v>3966</v>
       </c>
       <c r="AE135" t="s">
-        <v>3937</v>
+        <v>3967</v>
       </c>
       <c r="AF135" t="s">
-        <v>3938</v>
+        <v>3968</v>
       </c>
       <c r="AG135" t="s">
-        <v>3939</v>
+        <v>3969</v>
       </c>
       <c r="AH135" t="s">
-        <v>3940</v>
+        <v>3970</v>
       </c>
       <c r="AI135" t="s">
-        <v>3941</v>
+        <v>3971</v>
       </c>
       <c r="AJ135" t="s">
-        <v>3942</v>
+        <v>3972</v>
       </c>
       <c r="AK135" t="s">
-        <v>3943</v>
+        <v>3973</v>
       </c>
       <c r="AL135" t="s">
-        <v>3944</v>
+        <v>3974</v>
       </c>
       <c r="AM135" t="s">
-        <v>2794</v>
+        <v>2824</v>
       </c>
       <c r="AN135" t="s">
-        <v>2836</v>
+        <v>2866</v>
       </c>
       <c r="AO135" t="s">
-        <v>3945</v>
+        <v>3975</v>
       </c>
       <c r="AP135" t="s">
-        <v>3946</v>
+        <v>3976</v>
       </c>
       <c r="AQ135" t="s">
-        <v>2607</v>
+        <v>2637</v>
       </c>
       <c r="AR135" t="s">
-        <v>3947</v>
+        <v>3977</v>
       </c>
       <c r="AS135" t="s">
-        <v>3362</v>
+        <v>3392</v>
       </c>
       <c r="AT135" t="s">
-        <v>2611</v>
+        <v>2641</v>
       </c>
       <c r="AU135" t="s">
-        <v>3948</v>
+        <v>3978</v>
       </c>
       <c r="AV135" t="s">
-        <v>2609</v>
+        <v>2639</v>
       </c>
       <c r="AW135" t="s">
-        <v>3949</v>
+        <v>3979</v>
       </c>
       <c r="AX135" t="s">
-        <v>2756</v>
+        <v>2786</v>
       </c>
       <c r="AY135" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AZ135" t="s">
-        <v>3950</v>
+        <v>3980</v>
       </c>
       <c r="BA135" t="s">
-        <v>2392</v>
+        <v>2422</v>
       </c>
       <c r="BB135" t="s">
-        <v>3951</v>
+        <v>3981</v>
       </c>
       <c r="BC135" t="s">
-        <v>3952</v>
+        <v>3982</v>
       </c>
       <c r="BD135" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="BE135" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="BF135" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="BG135" t="s">
-        <v>3953</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="136" spans="1:122">
       <c r="A136" t="s">
         <v>1349</v>
       </c>
       <c r="B136" t="s">
         <v>1350</v>
       </c>
       <c r="C136" t="s">
         <v>1351</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="F136">
         <v>1</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>1352</v>
       </c>
@@ -30602,69 +30692,69 @@
       <c r="N136" t="s">
         <v>1354</v>
       </c>
       <c r="O136"/>
       <c r="P136"/>
       <c r="Q136">
         <v>0</v>
       </c>
       <c r="R136" t="s">
         <v>142</v>
       </c>
       <c r="S136"/>
       <c r="T136" t="s">
         <v>1355</v>
       </c>
       <c r="U136" t="s">
         <v>1356</v>
       </c>
       <c r="V136" t="s">
         <v>1357</v>
       </c>
       <c r="W136" t="s">
         <v>1358</v>
       </c>
       <c r="X136" t="s">
-        <v>3954</v>
+        <v>3984</v>
       </c>
       <c r="Y136" t="s">
-        <v>2378</v>
+        <v>2408</v>
       </c>
       <c r="Z136" t="s">
-        <v>3880</v>
+        <v>3910</v>
       </c>
       <c r="AA136" t="s">
-        <v>2383</v>
+        <v>2413</v>
       </c>
       <c r="AB136" t="s">
-        <v>2384</v>
+        <v>2414</v>
       </c>
       <c r="AC136" t="s">
-        <v>2713</v>
+        <v>2743</v>
       </c>
       <c r="AD136" t="s">
-        <v>2381</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="137" spans="1:122">
       <c r="A137" t="s">
         <v>1359</v>
       </c>
       <c r="B137" t="s">
         <v>290</v>
       </c>
       <c r="C137" t="s">
         <v>66</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>345</v>
       </c>
       <c r="F137">
         <v>2</v>
       </c>
       <c r="G137">
         <v>37385247</v>
       </c>
       <c r="H137" t="s">
@@ -30688,54 +30778,54 @@
       <c r="N137" t="s">
         <v>1362</v>
       </c>
       <c r="O137"/>
       <c r="P137"/>
       <c r="Q137">
         <v>0</v>
       </c>
       <c r="R137" t="s">
         <v>325</v>
       </c>
       <c r="S137"/>
       <c r="T137" t="s">
         <v>1363</v>
       </c>
       <c r="U137" t="s">
         <v>36</v>
       </c>
       <c r="V137" t="s">
         <v>1364</v>
       </c>
       <c r="W137" t="s">
         <v>1365</v>
       </c>
       <c r="X137" t="s">
-        <v>3955</v>
+        <v>3985</v>
       </c>
       <c r="Y137" t="s">
-        <v>3956</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="138" spans="1:122">
       <c r="A138" t="s">
         <v>1366</v>
       </c>
       <c r="B138" t="s">
         <v>322</v>
       </c>
       <c r="C138" t="s">
         <v>1367</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
       <c r="F138">
         <v>1</v>
       </c>
       <c r="G138">
         <v>37433806</v>
       </c>
       <c r="H138" t="s">
@@ -30761,69 +30851,69 @@
       </c>
       <c r="O138"/>
       <c r="P138">
         <v>1</v>
       </c>
       <c r="Q138">
         <v>14</v>
       </c>
       <c r="R138" t="s">
         <v>115</v>
       </c>
       <c r="S138"/>
       <c r="T138" t="s">
         <v>1371</v>
       </c>
       <c r="U138" t="s">
         <v>1372</v>
       </c>
       <c r="V138" t="s">
         <v>433</v>
       </c>
       <c r="W138" t="s">
         <v>1373</v>
       </c>
       <c r="X138" t="s">
-        <v>3957</v>
+        <v>3987</v>
       </c>
       <c r="Y138" t="s">
-        <v>3209</v>
+        <v>3239</v>
       </c>
       <c r="Z138" t="s">
-        <v>3210</v>
+        <v>3240</v>
       </c>
       <c r="AA138" t="s">
-        <v>3958</v>
+        <v>3988</v>
       </c>
       <c r="AB138" t="s">
-        <v>3959</v>
+        <v>3989</v>
       </c>
       <c r="AC138" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
       <c r="AD138" t="s">
-        <v>3960</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="139" spans="1:122">
       <c r="A139" t="s">
         <v>1374</v>
       </c>
       <c r="B139" t="s">
         <v>217</v>
       </c>
       <c r="C139" t="s">
         <v>218</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="F139">
         <v>1</v>
       </c>
       <c r="G139">
         <v>37467267</v>
       </c>
       <c r="H139" t="s">
@@ -30847,138 +30937,138 @@
       </c>
       <c r="O139"/>
       <c r="P139">
         <v>30</v>
       </c>
       <c r="Q139">
         <v>120</v>
       </c>
       <c r="R139" t="s">
         <v>600</v>
       </c>
       <c r="S139"/>
       <c r="T139" t="s">
         <v>1378</v>
       </c>
       <c r="U139" t="s">
         <v>1379</v>
       </c>
       <c r="V139" t="s">
         <v>1380</v>
       </c>
       <c r="W139" t="s">
         <v>1381</v>
       </c>
       <c r="X139" t="s">
-        <v>3961</v>
+        <v>3991</v>
       </c>
       <c r="Y139" t="s">
-        <v>3962</v>
+        <v>3992</v>
       </c>
       <c r="Z139" t="s">
-        <v>3963</v>
+        <v>3993</v>
       </c>
       <c r="AA139" t="s">
-        <v>3964</v>
+        <v>3994</v>
       </c>
       <c r="AB139" t="s">
-        <v>3965</v>
+        <v>3995</v>
       </c>
       <c r="AC139" t="s">
-        <v>3966</v>
+        <v>3996</v>
       </c>
       <c r="AD139" t="s">
-        <v>3967</v>
+        <v>3997</v>
       </c>
       <c r="AE139" t="s">
-        <v>3968</v>
+        <v>3998</v>
       </c>
       <c r="AF139" t="s">
-        <v>3969</v>
+        <v>3999</v>
       </c>
       <c r="AG139" t="s">
-        <v>3970</v>
+        <v>4000</v>
       </c>
       <c r="AH139" t="s">
-        <v>3971</v>
+        <v>4001</v>
       </c>
       <c r="AI139" t="s">
-        <v>3972</v>
+        <v>4002</v>
       </c>
       <c r="AJ139" t="s">
-        <v>3973</v>
+        <v>4003</v>
       </c>
       <c r="AK139" t="s">
-        <v>3974</v>
+        <v>4004</v>
       </c>
       <c r="AL139" t="s">
-        <v>3975</v>
+        <v>4005</v>
       </c>
       <c r="AM139" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AN139" t="s">
-        <v>2836</v>
+        <v>2866</v>
       </c>
       <c r="AO139" t="s">
-        <v>3976</v>
+        <v>4006</v>
       </c>
       <c r="AP139" t="s">
-        <v>3977</v>
+        <v>4007</v>
       </c>
       <c r="AQ139" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AR139" t="s">
-        <v>3978</v>
+        <v>4008</v>
       </c>
       <c r="AS139" t="s">
-        <v>3979</v>
+        <v>4009</v>
       </c>
       <c r="AT139" t="s">
-        <v>3980</v>
+        <v>4010</v>
       </c>
       <c r="AU139" t="s">
-        <v>2650</v>
+        <v>2680</v>
       </c>
       <c r="AV139" t="s">
-        <v>2393</v>
+        <v>2423</v>
       </c>
       <c r="AW139" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AX139" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AY139" t="s">
-        <v>3981</v>
+        <v>4011</v>
       </c>
       <c r="AZ139" t="s">
-        <v>3735</v>
+        <v>3765</v>
       </c>
       <c r="BA139" t="s">
-        <v>3982</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="140" spans="1:122">
       <c r="A140" t="s">
         <v>1382</v>
       </c>
       <c r="B140" t="s">
         <v>1383</v>
       </c>
       <c r="C140" t="s">
         <v>1384</v>
       </c>
       <c r="D140" t="s">
         <v>67</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="F140">
         <v>1</v>
       </c>
       <c r="G140">
         <v>37471539</v>
       </c>
       <c r="H140" t="s">
@@ -31006,120 +31096,120 @@
         <v>1388</v>
       </c>
       <c r="P140">
         <v>6655</v>
       </c>
       <c r="Q140">
         <v>381</v>
       </c>
       <c r="R140" t="s">
         <v>125</v>
       </c>
       <c r="S140"/>
       <c r="T140" t="s">
         <v>1389</v>
       </c>
       <c r="U140" t="s">
         <v>1390</v>
       </c>
       <c r="V140" t="s">
         <v>1391</v>
       </c>
       <c r="W140" t="s">
         <v>1392</v>
       </c>
       <c r="X140" t="s">
-        <v>3983</v>
+        <v>4013</v>
       </c>
       <c r="Y140" t="s">
-        <v>3471</v>
+        <v>3501</v>
       </c>
       <c r="Z140" t="s">
-        <v>3984</v>
+        <v>4014</v>
       </c>
       <c r="AA140" t="s">
-        <v>3985</v>
+        <v>4015</v>
       </c>
       <c r="AB140" t="s">
-        <v>3986</v>
+        <v>4016</v>
       </c>
       <c r="AC140" t="s">
-        <v>3987</v>
+        <v>4017</v>
       </c>
       <c r="AD140" t="s">
-        <v>3988</v>
+        <v>4018</v>
       </c>
       <c r="AE140" t="s">
-        <v>2534</v>
+        <v>2564</v>
       </c>
       <c r="AF140" t="s">
-        <v>3989</v>
+        <v>4019</v>
       </c>
       <c r="AG140" t="s">
-        <v>3990</v>
+        <v>4020</v>
       </c>
       <c r="AH140" t="s">
-        <v>3991</v>
+        <v>4021</v>
       </c>
       <c r="AI140" t="s">
-        <v>2750</v>
+        <v>2780</v>
       </c>
       <c r="AJ140" t="s">
-        <v>3992</v>
+        <v>4022</v>
       </c>
       <c r="AK140" t="s">
-        <v>3993</v>
+        <v>4023</v>
       </c>
       <c r="AL140" t="s">
-        <v>2548</v>
+        <v>2578</v>
       </c>
       <c r="AM140" t="s">
-        <v>3994</v>
+        <v>4024</v>
       </c>
       <c r="AN140" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AO140" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AP140" t="s">
-        <v>3995</v>
+        <v>4025</v>
       </c>
       <c r="AQ140" t="s">
-        <v>3996</v>
+        <v>4026</v>
       </c>
       <c r="AR140" t="s">
-        <v>3997</v>
+        <v>4027</v>
       </c>
       <c r="AS140" t="s">
-        <v>3998</v>
+        <v>4028</v>
       </c>
       <c r="AT140" t="s">
-        <v>3999</v>
+        <v>4029</v>
       </c>
       <c r="AU140" t="s">
-        <v>4000</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="141" spans="1:122">
       <c r="A141" t="s">
         <v>1393</v>
       </c>
       <c r="B141" t="s">
         <v>729</v>
       </c>
       <c r="C141" t="s">
         <v>730</v>
       </c>
       <c r="D141" t="s">
         <v>67</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="F141">
         <v>1</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>1394</v>
       </c>
@@ -31137,51 +31227,51 @@
       </c>
       <c r="M141"/>
       <c r="N141" t="s">
         <v>1398</v>
       </c>
       <c r="O141"/>
       <c r="P141"/>
       <c r="Q141">
         <v>0</v>
       </c>
       <c r="R141"/>
       <c r="S141"/>
       <c r="T141" t="s">
         <v>1399</v>
       </c>
       <c r="U141" t="s">
         <v>1400</v>
       </c>
       <c r="V141" t="s">
         <v>738</v>
       </c>
       <c r="W141" t="s">
         <v>1401</v>
       </c>
       <c r="X141" t="s">
-        <v>4001</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="142" spans="1:122">
       <c r="A142" t="s">
         <v>1402</v>
       </c>
       <c r="B142" t="s">
         <v>39</v>
       </c>
       <c r="C142" t="s">
         <v>40</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="F142">
         <v>1</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>1403</v>
       </c>
@@ -31205,51 +31295,51 @@
       </c>
       <c r="O142"/>
       <c r="P142">
         <v>1</v>
       </c>
       <c r="Q142">
         <v>14</v>
       </c>
       <c r="R142" t="s">
         <v>115</v>
       </c>
       <c r="S142"/>
       <c r="T142" t="s">
         <v>1406</v>
       </c>
       <c r="U142" t="s">
         <v>1407</v>
       </c>
       <c r="V142" t="s">
         <v>50</v>
       </c>
       <c r="W142" t="s">
         <v>1408</v>
       </c>
       <c r="X142" t="s">
-        <v>4002</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="143" spans="1:122">
       <c r="A143" t="s">
         <v>1409</v>
       </c>
       <c r="B143" t="s">
         <v>369</v>
       </c>
       <c r="C143" t="s">
         <v>40</v>
       </c>
       <c r="D143" t="s">
         <v>67</v>
       </c>
       <c r="E143" t="s">
         <v>345</v>
       </c>
       <c r="F143">
         <v>1</v>
       </c>
       <c r="G143">
         <v>37703600</v>
       </c>
       <c r="H143" t="s">
@@ -31275,51 +31365,51 @@
       </c>
       <c r="O143">
         <v>102782</v>
       </c>
       <c r="P143"/>
       <c r="Q143">
         <v>83</v>
       </c>
       <c r="R143" t="s">
         <v>1414</v>
       </c>
       <c r="S143"/>
       <c r="T143" t="s">
         <v>1415</v>
       </c>
       <c r="U143" t="s">
         <v>665</v>
       </c>
       <c r="V143" t="s">
         <v>1416</v>
       </c>
       <c r="W143" t="s">
         <v>1417</v>
       </c>
       <c r="X143" t="s">
-        <v>4003</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="144" spans="1:122">
       <c r="A144" t="s">
         <v>1418</v>
       </c>
       <c r="B144" t="s">
         <v>134</v>
       </c>
       <c r="C144" t="s">
         <v>66</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="F144">
         <v>1</v>
       </c>
       <c r="G144">
         <v>37705188</v>
       </c>
       <c r="H144" t="s">
@@ -31341,51 +31431,51 @@
         <v>1423</v>
       </c>
       <c r="N144" t="s">
         <v>1424</v>
       </c>
       <c r="O144"/>
       <c r="P144"/>
       <c r="Q144"/>
       <c r="R144" t="s">
         <v>1425</v>
       </c>
       <c r="S144"/>
       <c r="T144" t="s">
         <v>1426</v>
       </c>
       <c r="U144" t="s">
         <v>1427</v>
       </c>
       <c r="V144" t="s">
         <v>1428</v>
       </c>
       <c r="W144" t="s">
         <v>1429</v>
       </c>
       <c r="X144" t="s">
-        <v>4004</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="145" spans="1:122">
       <c r="A145" t="s">
         <v>1430</v>
       </c>
       <c r="B145" t="s">
         <v>729</v>
       </c>
       <c r="C145" t="s">
         <v>730</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="F145">
         <v>1</v>
       </c>
       <c r="G145">
         <v>37689786</v>
       </c>
       <c r="H145" t="s">
@@ -31409,129 +31499,129 @@
       </c>
       <c r="O145"/>
       <c r="P145">
         <v>1</v>
       </c>
       <c r="Q145">
         <v>14</v>
       </c>
       <c r="R145" t="s">
         <v>115</v>
       </c>
       <c r="S145"/>
       <c r="T145" t="s">
         <v>1434</v>
       </c>
       <c r="U145" t="s">
         <v>737</v>
       </c>
       <c r="V145" t="s">
         <v>738</v>
       </c>
       <c r="W145" t="s">
         <v>1435</v>
       </c>
       <c r="X145" t="s">
-        <v>4005</v>
+        <v>4035</v>
       </c>
       <c r="Y145" t="s">
-        <v>4006</v>
+        <v>4036</v>
       </c>
       <c r="Z145" t="s">
-        <v>2816</v>
+        <v>2846</v>
       </c>
       <c r="AA145" t="s">
-        <v>2376</v>
+        <v>2406</v>
       </c>
       <c r="AB145" t="s">
-        <v>4007</v>
+        <v>4037</v>
       </c>
       <c r="AC145" t="s">
-        <v>4008</v>
+        <v>4038</v>
       </c>
       <c r="AD145" t="s">
-        <v>3520</v>
+        <v>3550</v>
       </c>
       <c r="AE145" t="s">
-        <v>2865</v>
+        <v>2895</v>
       </c>
       <c r="AF145" t="s">
-        <v>4009</v>
+        <v>4039</v>
       </c>
       <c r="AG145" t="s">
-        <v>3152</v>
+        <v>3182</v>
       </c>
       <c r="AH145" t="s">
-        <v>3017</v>
+        <v>3047</v>
       </c>
       <c r="AI145" t="s">
-        <v>3345</v>
+        <v>3375</v>
       </c>
       <c r="AJ145" t="s">
-        <v>2382</v>
+        <v>2412</v>
       </c>
       <c r="AK145" t="s">
-        <v>4010</v>
+        <v>4040</v>
       </c>
       <c r="AL145" t="s">
-        <v>4011</v>
+        <v>4041</v>
       </c>
       <c r="AM145" t="s">
-        <v>3526</v>
+        <v>3556</v>
       </c>
       <c r="AN145" t="s">
-        <v>3348</v>
+        <v>3378</v>
       </c>
       <c r="AO145" t="s">
-        <v>4012</v>
+        <v>4042</v>
       </c>
       <c r="AP145" t="s">
-        <v>4013</v>
+        <v>4043</v>
       </c>
       <c r="AQ145" t="s">
-        <v>2873</v>
+        <v>2903</v>
       </c>
       <c r="AR145" t="s">
-        <v>4014</v>
+        <v>4044</v>
       </c>
       <c r="AS145" t="s">
-        <v>4015</v>
+        <v>4045</v>
       </c>
       <c r="AT145" t="s">
-        <v>4016</v>
+        <v>4046</v>
       </c>
       <c r="AU145" t="s">
-        <v>2690</v>
+        <v>2720</v>
       </c>
       <c r="AV145" t="s">
-        <v>4017</v>
+        <v>4047</v>
       </c>
       <c r="AW145" t="s">
-        <v>4018</v>
+        <v>4048</v>
       </c>
       <c r="AX145" t="s">
-        <v>4019</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="146" spans="1:122">
       <c r="A146" t="s">
         <v>1436</v>
       </c>
       <c r="B146" t="s">
         <v>1275</v>
       </c>
       <c r="C146" t="s">
         <v>254</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="F146">
         <v>1</v>
       </c>
       <c r="G146">
         <v>37709997</v>
       </c>
       <c r="H146" t="s">
@@ -31553,51 +31643,51 @@
       <c r="N146" t="s">
         <v>1439</v>
       </c>
       <c r="O146"/>
       <c r="P146"/>
       <c r="Q146">
         <v>0</v>
       </c>
       <c r="R146" t="s">
         <v>142</v>
       </c>
       <c r="S146"/>
       <c r="T146" t="s">
         <v>1440</v>
       </c>
       <c r="U146" t="s">
         <v>1441</v>
       </c>
       <c r="V146" t="s">
         <v>1380</v>
       </c>
       <c r="W146" t="s">
         <v>1442</v>
       </c>
       <c r="X146" t="s">
-        <v>4020</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="147" spans="1:122">
       <c r="A147" t="s">
         <v>1443</v>
       </c>
       <c r="B147" t="s">
         <v>1444</v>
       </c>
       <c r="C147" t="s">
         <v>254</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="F147">
         <v>1</v>
       </c>
       <c r="G147">
         <v>37430025</v>
       </c>
       <c r="H147" t="s">
@@ -31623,51 +31713,51 @@
         <v>1448</v>
       </c>
       <c r="P147">
         <v>8</v>
       </c>
       <c r="Q147">
         <v>5</v>
       </c>
       <c r="R147" t="s">
         <v>317</v>
       </c>
       <c r="S147"/>
       <c r="T147" t="s">
         <v>1449</v>
       </c>
       <c r="U147" t="s">
         <v>1450</v>
       </c>
       <c r="V147" t="s">
         <v>118</v>
       </c>
       <c r="W147" t="s">
         <v>1451</v>
       </c>
       <c r="X147" t="s">
-        <v>4021</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="148" spans="1:122">
       <c r="A148" t="s">
         <v>1452</v>
       </c>
       <c r="B148" t="s">
         <v>1275</v>
       </c>
       <c r="C148" t="s">
         <v>254</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="F148">
         <v>1</v>
       </c>
       <c r="G148">
         <v>37914416</v>
       </c>
       <c r="H148" t="s">
@@ -31695,51 +31785,51 @@
         <v>1456</v>
       </c>
       <c r="P148">
         <v>1</v>
       </c>
       <c r="Q148">
         <v>11</v>
       </c>
       <c r="R148" t="s">
         <v>682</v>
       </c>
       <c r="S148"/>
       <c r="T148" t="s">
         <v>1457</v>
       </c>
       <c r="U148" t="s">
         <v>1458</v>
       </c>
       <c r="V148" t="s">
         <v>1282</v>
       </c>
       <c r="W148" t="s">
         <v>1459</v>
       </c>
       <c r="X148" t="s">
-        <v>4022</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="149" spans="1:122">
       <c r="A149" t="s">
         <v>1460</v>
       </c>
       <c r="B149" t="s">
         <v>1275</v>
       </c>
       <c r="C149" t="s">
         <v>254</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="F149">
         <v>1</v>
       </c>
       <c r="G149">
         <v>37947810</v>
       </c>
       <c r="H149" t="s">
@@ -31761,51 +31851,51 @@
         <v>1465</v>
       </c>
       <c r="N149" t="s">
         <v>1466</v>
       </c>
       <c r="O149"/>
       <c r="P149"/>
       <c r="Q149"/>
       <c r="R149" t="s">
         <v>1467</v>
       </c>
       <c r="S149"/>
       <c r="T149" t="s">
         <v>1468</v>
       </c>
       <c r="U149" t="s">
         <v>1469</v>
       </c>
       <c r="V149" t="s">
         <v>1470</v>
       </c>
       <c r="W149" t="s">
         <v>1471</v>
       </c>
       <c r="X149" t="s">
-        <v>4023</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="150" spans="1:122">
       <c r="A150" t="s">
         <v>1472</v>
       </c>
       <c r="B150" t="s">
         <v>716</v>
       </c>
       <c r="C150" t="s">
         <v>717</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="F150">
         <v>1</v>
       </c>
       <c r="G150">
         <v>38066208</v>
       </c>
       <c r="H150" t="s">
@@ -31829,51 +31919,51 @@
       <c r="N150" t="s">
         <v>1478</v>
       </c>
       <c r="O150"/>
       <c r="P150"/>
       <c r="Q150">
         <v>0</v>
       </c>
       <c r="R150" t="s">
         <v>1479</v>
       </c>
       <c r="S150"/>
       <c r="T150" t="s">
         <v>1480</v>
       </c>
       <c r="U150" t="s">
         <v>1481</v>
       </c>
       <c r="V150" t="s">
         <v>1070</v>
       </c>
       <c r="W150" t="s">
         <v>1482</v>
       </c>
       <c r="X150" t="s">
-        <v>4024</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="151" spans="1:122">
       <c r="A151" t="s">
         <v>1483</v>
       </c>
       <c r="B151" t="s">
         <v>1484</v>
       </c>
       <c r="C151" t="s">
         <v>1485</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="F151">
         <v>1</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
         <v>1486</v>
       </c>
@@ -31889,51 +31979,51 @@
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151" t="s">
         <v>1488</v>
       </c>
       <c r="O151"/>
       <c r="P151"/>
       <c r="Q151"/>
       <c r="R151" t="s">
         <v>142</v>
       </c>
       <c r="S151"/>
       <c r="T151" t="s">
         <v>1489</v>
       </c>
       <c r="U151" t="s">
         <v>1490</v>
       </c>
       <c r="V151" t="s">
         <v>665</v>
       </c>
       <c r="W151" t="s">
         <v>1491</v>
       </c>
       <c r="X151" t="s">
-        <v>4025</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="152" spans="1:122">
       <c r="A152" t="s">
         <v>1492</v>
       </c>
       <c r="B152" t="s">
         <v>359</v>
       </c>
       <c r="C152" t="s">
         <v>66</v>
       </c>
       <c r="D152" t="s">
         <v>67</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="F152">
         <v>1</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>1493</v>
       </c>
@@ -31957,57 +32047,57 @@
       </c>
       <c r="O152"/>
       <c r="P152">
         <v>3</v>
       </c>
       <c r="Q152">
         <v>102</v>
       </c>
       <c r="R152" t="s">
         <v>1495</v>
       </c>
       <c r="S152"/>
       <c r="T152" t="s">
         <v>1499</v>
       </c>
       <c r="U152" t="s">
         <v>911</v>
       </c>
       <c r="V152" t="s">
         <v>912</v>
       </c>
       <c r="W152" t="s">
         <v>1500</v>
       </c>
       <c r="X152" t="s">
-        <v>4026</v>
+        <v>4056</v>
       </c>
       <c r="Y152" t="s">
-        <v>4027</v>
+        <v>4057</v>
       </c>
       <c r="Z152" t="s">
-        <v>4028</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="153" spans="1:122">
       <c r="A153" t="s">
         <v>1501</v>
       </c>
       <c r="B153" t="s">
         <v>1211</v>
       </c>
       <c r="C153" t="s">
         <v>277</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="F153">
         <v>1</v>
       </c>
       <c r="G153">
         <v>38206441</v>
       </c>
       <c r="H153" t="s">
@@ -32029,51 +32119,51 @@
         <v>1506</v>
       </c>
       <c r="N153" t="s">
         <v>1507</v>
       </c>
       <c r="O153"/>
       <c r="P153"/>
       <c r="Q153"/>
       <c r="R153" t="s">
         <v>1508</v>
       </c>
       <c r="S153"/>
       <c r="T153" t="s">
         <v>1509</v>
       </c>
       <c r="U153" t="s">
         <v>1510</v>
       </c>
       <c r="V153" t="s">
         <v>1511</v>
       </c>
       <c r="W153" t="s">
         <v>1512</v>
       </c>
       <c r="X153" t="s">
-        <v>4029</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="154" spans="1:122">
       <c r="A154" t="s">
         <v>1513</v>
       </c>
       <c r="B154" t="s">
         <v>1211</v>
       </c>
       <c r="C154" t="s">
         <v>277</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="F154">
         <v>1</v>
       </c>
       <c r="G154">
         <v>38200656</v>
       </c>
       <c r="H154" t="s">
@@ -32097,51 +32187,51 @@
       <c r="N154" t="s">
         <v>1516</v>
       </c>
       <c r="O154"/>
       <c r="P154"/>
       <c r="Q154">
         <v>0</v>
       </c>
       <c r="R154" t="s">
         <v>1517</v>
       </c>
       <c r="S154"/>
       <c r="T154" t="s">
         <v>1518</v>
       </c>
       <c r="U154" t="s">
         <v>1519</v>
       </c>
       <c r="V154" t="s">
         <v>555</v>
       </c>
       <c r="W154" t="s">
         <v>1520</v>
       </c>
       <c r="X154" t="s">
-        <v>4030</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="155" spans="1:122">
       <c r="A155" t="s">
         <v>1521</v>
       </c>
       <c r="B155" t="s">
         <v>204</v>
       </c>
       <c r="C155" t="s">
         <v>205</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="F155">
         <v>1</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>1522</v>
       </c>
@@ -32165,51 +32255,51 @@
         <v>1232</v>
       </c>
       <c r="P155">
         <v>2</v>
       </c>
       <c r="Q155">
         <v>25</v>
       </c>
       <c r="R155" t="s">
         <v>1525</v>
       </c>
       <c r="S155"/>
       <c r="T155" t="s">
         <v>1526</v>
       </c>
       <c r="U155" t="s">
         <v>1527</v>
       </c>
       <c r="V155" t="s">
         <v>1528</v>
       </c>
       <c r="W155" t="s">
         <v>1529</v>
       </c>
       <c r="X155" t="s">
-        <v>4031</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="156" spans="1:122">
       <c r="A156" t="s">
         <v>1530</v>
       </c>
       <c r="B156" t="s">
         <v>1211</v>
       </c>
       <c r="C156" t="s">
         <v>277</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="F156">
         <v>1</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>1531</v>
       </c>
@@ -32231,51 +32321,51 @@
       </c>
       <c r="O156">
         <v>101053</v>
       </c>
       <c r="P156"/>
       <c r="Q156">
         <v>38</v>
       </c>
       <c r="R156" t="s">
         <v>1533</v>
       </c>
       <c r="S156"/>
       <c r="T156" t="s">
         <v>1536</v>
       </c>
       <c r="U156" t="s">
         <v>1537</v>
       </c>
       <c r="V156" t="s">
         <v>1511</v>
       </c>
       <c r="W156" t="s">
         <v>1538</v>
       </c>
       <c r="X156" t="s">
-        <v>4032</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="157" spans="1:122">
       <c r="A157" t="s">
         <v>1539</v>
       </c>
       <c r="B157" t="s">
         <v>716</v>
       </c>
       <c r="C157" t="s">
         <v>717</v>
       </c>
       <c r="D157" t="s">
         <v>67</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
       <c r="F157">
         <v>2</v>
       </c>
       <c r="G157">
         <v>38266647</v>
       </c>
       <c r="H157" t="s">
@@ -32297,51 +32387,51 @@
       <c r="N157" t="s">
         <v>1542</v>
       </c>
       <c r="O157"/>
       <c r="P157"/>
       <c r="Q157">
         <v>0</v>
       </c>
       <c r="R157" t="s">
         <v>325</v>
       </c>
       <c r="S157"/>
       <c r="T157" t="s">
         <v>1543</v>
       </c>
       <c r="U157" t="s">
         <v>1544</v>
       </c>
       <c r="V157" t="s">
         <v>1178</v>
       </c>
       <c r="W157" t="s">
         <v>1545</v>
       </c>
       <c r="X157" t="s">
-        <v>4033</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="158" spans="1:122">
       <c r="A158" t="s">
         <v>1546</v>
       </c>
       <c r="B158" t="s">
         <v>39</v>
       </c>
       <c r="C158" t="s">
         <v>40</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>182</v>
       </c>
       <c r="F158">
         <v>0</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>1547</v>
       </c>
@@ -32361,51 +32451,51 @@
       <c r="N158" t="s">
         <v>1549</v>
       </c>
       <c r="O158"/>
       <c r="P158"/>
       <c r="Q158">
         <v>0</v>
       </c>
       <c r="R158" t="s">
         <v>185</v>
       </c>
       <c r="S158"/>
       <c r="T158" t="s">
         <v>1550</v>
       </c>
       <c r="U158" t="s">
         <v>1551</v>
       </c>
       <c r="V158" t="s">
         <v>50</v>
       </c>
       <c r="W158" t="s">
         <v>1552</v>
       </c>
       <c r="X158" t="s">
-        <v>4034</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="159" spans="1:122">
       <c r="A159" t="s">
         <v>1553</v>
       </c>
       <c r="B159" t="s">
         <v>686</v>
       </c>
       <c r="C159" t="s">
         <v>407</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="F159">
         <v>1</v>
       </c>
       <c r="G159">
         <v>38306899</v>
       </c>
       <c r="H159" t="s">
@@ -32560,3139 +32650,3137 @@
       <c r="Q161">
         <v>0</v>
       </c>
       <c r="R161" t="s">
         <v>642</v>
       </c>
       <c r="S161"/>
       <c r="T161" t="s">
         <v>1574</v>
       </c>
       <c r="U161" t="s">
         <v>1575</v>
       </c>
       <c r="V161" t="s">
         <v>227</v>
       </c>
       <c r="W161" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="162" spans="1:122">
       <c r="A162" t="s">
         <v>1577</v>
       </c>
       <c r="B162" t="s">
-        <v>1578</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="C162"/>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
       <c r="F162">
         <v>1</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="I162">
         <v>2024</v>
       </c>
       <c r="J162" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="K162" t="s">
         <v>245</v>
       </c>
       <c r="L162" t="s">
         <v>246</v>
       </c>
       <c r="M162"/>
       <c r="N162" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="O162">
         <v>2483</v>
       </c>
       <c r="P162">
         <v>5</v>
       </c>
       <c r="Q162">
         <v>25</v>
       </c>
       <c r="R162" t="s">
         <v>1525</v>
       </c>
       <c r="S162"/>
       <c r="T162" t="s">
+        <v>1581</v>
+      </c>
+      <c r="U162" t="s">
         <v>1582</v>
-      </c>
-[...1 lines deleted...]
-        <v>1583</v>
       </c>
       <c r="V162" t="s">
         <v>295</v>
       </c>
       <c r="W162" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="163" spans="1:122">
       <c r="A163" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="B163" t="s">
         <v>1244</v>
       </c>
       <c r="C163" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>345</v>
       </c>
       <c r="F163">
         <v>2</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="I163">
         <v>2024</v>
       </c>
       <c r="J163" t="s">
+        <v>1587</v>
+      </c>
+      <c r="K163" t="s">
         <v>1588</v>
       </c>
-      <c r="K163" t="s">
+      <c r="L163" t="s">
         <v>1589</v>
-      </c>
-[...1 lines deleted...]
-        <v>1590</v>
       </c>
       <c r="M163"/>
       <c r="N163" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="O163">
         <v>497</v>
       </c>
       <c r="P163">
         <v>3</v>
       </c>
       <c r="Q163">
         <v>12</v>
       </c>
       <c r="R163" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="S163"/>
       <c r="T163" t="s">
+        <v>1591</v>
+      </c>
+      <c r="U163" t="s">
         <v>1592</v>
       </c>
-      <c r="U163" t="s">
+      <c r="V163" t="s">
         <v>1593</v>
       </c>
-      <c r="V163" t="s">
+      <c r="W163" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
     </row>
     <row r="164" spans="1:122">
       <c r="A164" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
       <c r="B164" t="s">
         <v>729</v>
       </c>
       <c r="C164" t="s">
         <v>730</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="F164">
         <v>1</v>
       </c>
       <c r="G164">
         <v>38409259</v>
       </c>
       <c r="H164" t="s">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="I164">
         <v>2024</v>
       </c>
       <c r="J164" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="K164" t="s">
         <v>496</v>
       </c>
       <c r="L164" t="s">
         <v>497</v>
       </c>
       <c r="M164" t="s">
         <v>498</v>
       </c>
       <c r="N164" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
       <c r="O164"/>
       <c r="P164"/>
       <c r="Q164">
         <v>0</v>
       </c>
       <c r="R164" t="s">
         <v>501</v>
       </c>
       <c r="S164"/>
       <c r="T164" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
       <c r="U164" t="s">
         <v>737</v>
       </c>
       <c r="V164" t="s">
         <v>738</v>
       </c>
       <c r="W164" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="165" spans="1:122">
       <c r="A165" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="B165" t="s">
         <v>1275</v>
       </c>
       <c r="C165" t="s">
         <v>254</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="F165">
         <v>1</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>1603</v>
+        <v>1602</v>
       </c>
       <c r="I165">
         <v>2024</v>
       </c>
       <c r="J165" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K165" t="s">
         <v>1604</v>
       </c>
-      <c r="K165" t="s">
+      <c r="L165" t="s">
         <v>1605</v>
       </c>
-      <c r="L165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M165" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="N165"/>
       <c r="O165"/>
       <c r="P165"/>
       <c r="Q165"/>
       <c r="R165" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="S165"/>
       <c r="T165" t="s">
-        <v>1608</v>
+        <v>1607</v>
       </c>
       <c r="U165" t="s">
         <v>1469</v>
       </c>
       <c r="V165" t="s">
+        <v>1608</v>
+      </c>
+      <c r="W165" t="s">
         <v>1609</v>
-      </c>
-[...1 lines deleted...]
-        <v>1610</v>
       </c>
     </row>
     <row r="166" spans="1:122">
       <c r="A166" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B166" t="s">
         <v>1611</v>
-      </c>
-[...1 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="C166" t="s">
         <v>437</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
       <c r="F166">
         <v>1</v>
       </c>
       <c r="G166">
         <v>37762198</v>
       </c>
       <c r="H166" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="I166">
         <v>2023</v>
       </c>
       <c r="J166" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="K166" t="s">
         <v>245</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
         <v>246</v>
       </c>
       <c r="N166" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="O166">
         <v>13893</v>
       </c>
       <c r="P166">
         <v>18</v>
       </c>
       <c r="Q166">
         <v>24</v>
       </c>
       <c r="R166" t="s">
         <v>248</v>
       </c>
       <c r="S166"/>
       <c r="T166" t="s">
+        <v>1615</v>
+      </c>
+      <c r="U166" t="s">
         <v>1616</v>
       </c>
-      <c r="U166" t="s">
+      <c r="V166" t="s">
         <v>1617</v>
       </c>
-      <c r="V166" t="s">
+      <c r="W166" t="s">
         <v>1618</v>
-      </c>
-[...1 lines deleted...]
-        <v>1619</v>
       </c>
     </row>
     <row r="167" spans="1:122">
       <c r="A167" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="B167" t="s">
         <v>80</v>
       </c>
       <c r="C167" t="s">
         <v>254</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>182</v>
       </c>
       <c r="F167">
         <v>0</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="I167">
         <v>2024</v>
       </c>
       <c r="J167" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="K167" t="s">
         <v>185</v>
       </c>
       <c r="L167" t="s">
         <v>186</v>
       </c>
       <c r="M167"/>
       <c r="N167" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="O167"/>
       <c r="P167"/>
       <c r="Q167">
         <v>0</v>
       </c>
       <c r="R167" t="s">
         <v>185</v>
       </c>
       <c r="S167"/>
       <c r="T167" t="s">
+        <v>1623</v>
+      </c>
+      <c r="U167" t="s">
         <v>1624</v>
-      </c>
-[...1 lines deleted...]
-        <v>1625</v>
       </c>
       <c r="V167" t="s">
         <v>178</v>
       </c>
       <c r="W167" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="168" spans="1:122">
       <c r="A168" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="B168" t="s">
         <v>729</v>
       </c>
       <c r="C168" t="s">
         <v>730</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>345</v>
       </c>
       <c r="F168">
         <v>2</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="I168">
         <v>2024</v>
       </c>
       <c r="J168" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
       <c r="K168" t="s">
         <v>57</v>
       </c>
       <c r="L168" t="s">
         <v>58</v>
       </c>
       <c r="M168"/>
       <c r="N168" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="O168">
         <v>497</v>
       </c>
       <c r="P168">
         <v>6</v>
       </c>
       <c r="Q168">
         <v>13</v>
       </c>
       <c r="R168" t="s">
         <v>57</v>
       </c>
       <c r="S168"/>
       <c r="T168" t="s">
+        <v>1630</v>
+      </c>
+      <c r="U168" t="s">
         <v>1631</v>
-      </c>
-[...1 lines deleted...]
-        <v>1632</v>
       </c>
       <c r="V168" t="s">
         <v>737</v>
       </c>
       <c r="W168" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="169" spans="1:122">
       <c r="A169" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="B169" t="s">
         <v>668</v>
       </c>
       <c r="C169" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
       <c r="F169">
         <v>1</v>
       </c>
       <c r="G169">
         <v>38570482</v>
       </c>
       <c r="H169" t="s">
-        <v>1636</v>
+        <v>1635</v>
       </c>
       <c r="I169">
         <v>2024</v>
       </c>
       <c r="J169" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="K169" t="s">
         <v>112</v>
       </c>
       <c r="L169" t="s">
         <v>113</v>
       </c>
       <c r="M169"/>
       <c r="N169" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="O169"/>
       <c r="P169">
         <v>1</v>
       </c>
       <c r="Q169">
         <v>15</v>
       </c>
       <c r="R169" t="s">
         <v>115</v>
       </c>
       <c r="S169"/>
       <c r="T169" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="U169" t="s">
         <v>1298</v>
       </c>
       <c r="V169" t="s">
         <v>62</v>
       </c>
       <c r="W169" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="170" spans="1:122">
       <c r="A170" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="B170" t="s">
         <v>1444</v>
       </c>
       <c r="C170" t="s">
         <v>254</v>
       </c>
       <c r="D170" t="s">
         <v>67</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
       <c r="F170">
         <v>1</v>
       </c>
       <c r="G170">
         <v>38592946</v>
       </c>
       <c r="H170" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="I170">
         <v>2024</v>
       </c>
       <c r="J170" t="s">
+        <v>1642</v>
+      </c>
+      <c r="K170" t="s">
         <v>1643</v>
       </c>
-      <c r="K170" t="s">
+      <c r="L170" t="s">
         <v>1644</v>
-      </c>
-[...1 lines deleted...]
-        <v>1645</v>
       </c>
       <c r="M170"/>
       <c r="N170" t="s">
-        <v>1646</v>
+        <v>1645</v>
       </c>
       <c r="O170"/>
       <c r="P170"/>
       <c r="Q170">
         <v>0</v>
       </c>
       <c r="R170" t="s">
-        <v>1647</v>
+        <v>1646</v>
       </c>
       <c r="S170"/>
       <c r="T170" t="s">
+        <v>1647</v>
+      </c>
+      <c r="U170" t="s">
         <v>1648</v>
       </c>
-      <c r="U170" t="s">
+      <c r="V170" t="s">
         <v>1649</v>
       </c>
-      <c r="V170" t="s">
+      <c r="W170" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="171" spans="1:122">
       <c r="A171" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="B171" t="s">
         <v>134</v>
       </c>
       <c r="C171" t="s">
         <v>1384</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>182</v>
       </c>
       <c r="F171">
         <v>0</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="I171">
         <v>2024</v>
       </c>
       <c r="J171" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
       <c r="K171" t="s">
         <v>185</v>
       </c>
       <c r="L171" t="s">
         <v>186</v>
       </c>
       <c r="M171"/>
       <c r="N171" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="O171"/>
       <c r="P171"/>
       <c r="Q171"/>
       <c r="R171" t="s">
         <v>185</v>
       </c>
       <c r="S171"/>
       <c r="T171" t="s">
+        <v>1655</v>
+      </c>
+      <c r="U171" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
       <c r="V171" t="s">
         <v>912</v>
       </c>
       <c r="W171" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="172" spans="1:122">
       <c r="A172" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B172" t="s">
         <v>1659</v>
       </c>
-      <c r="B172" t="s">
+      <c r="C172" t="s">
         <v>1660</v>
-      </c>
-[...1 lines deleted...]
-        <v>1661</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
       <c r="F172">
         <v>1</v>
       </c>
       <c r="G172">
         <v>38656399</v>
       </c>
       <c r="H172" t="s">
-        <v>1662</v>
+        <v>1661</v>
       </c>
       <c r="I172">
         <v>2024</v>
       </c>
       <c r="J172" t="s">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="K172" t="s">
         <v>84</v>
       </c>
       <c r="L172" t="s">
         <v>85</v>
       </c>
       <c r="M172" t="s">
         <v>86</v>
       </c>
       <c r="N172" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="O172"/>
       <c r="P172">
         <v>1</v>
       </c>
       <c r="Q172">
         <v>147</v>
       </c>
       <c r="R172" t="s">
         <v>89</v>
       </c>
       <c r="S172"/>
       <c r="T172" t="s">
+        <v>1664</v>
+      </c>
+      <c r="U172" t="s">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
       <c r="V172" t="s">
         <v>1253</v>
       </c>
       <c r="W172" t="s">
-        <v>1667</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="173" spans="1:122">
       <c r="A173" t="s">
-        <v>1668</v>
+        <v>1667</v>
       </c>
       <c r="B173" t="s">
         <v>217</v>
       </c>
       <c r="C173" t="s">
         <v>218</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="F173">
         <v>1</v>
       </c>
       <c r="G173">
         <v>38743089</v>
       </c>
       <c r="H173" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="I173">
         <v>2024</v>
       </c>
       <c r="J173" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K173" t="s">
         <v>1670</v>
       </c>
-      <c r="K173" t="s">
+      <c r="L173" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
       <c r="M173"/>
       <c r="N173" t="s">
-        <v>1673</v>
+        <v>1672</v>
       </c>
       <c r="O173"/>
       <c r="P173"/>
       <c r="Q173">
         <v>0</v>
       </c>
       <c r="R173" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="S173"/>
       <c r="T173" t="s">
+        <v>1674</v>
+      </c>
+      <c r="U173" t="s">
         <v>1675</v>
-      </c>
-[...1 lines deleted...]
-        <v>1676</v>
       </c>
       <c r="V173" t="s">
         <v>546</v>
       </c>
       <c r="W173" t="s">
-        <v>1677</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="174" spans="1:122">
       <c r="A174" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
       <c r="B174" t="s">
         <v>217</v>
       </c>
       <c r="C174" t="s">
         <v>218</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
       <c r="F174">
         <v>1</v>
       </c>
       <c r="G174">
         <v>38751230</v>
       </c>
       <c r="H174" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="I174">
         <v>2024</v>
       </c>
       <c r="J174" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="K174" t="s">
         <v>540</v>
       </c>
       <c r="L174" t="s">
         <v>541</v>
       </c>
       <c r="M174"/>
       <c r="N174" t="s">
-        <v>1681</v>
+        <v>1680</v>
       </c>
       <c r="O174"/>
       <c r="P174"/>
       <c r="Q174">
         <v>0</v>
       </c>
       <c r="R174" t="s">
         <v>543</v>
       </c>
       <c r="S174"/>
       <c r="T174" t="s">
+        <v>1681</v>
+      </c>
+      <c r="U174" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
       <c r="V174" t="s">
         <v>546</v>
       </c>
       <c r="W174" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="175" spans="1:122">
       <c r="A175" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="B175" t="s">
         <v>1275</v>
       </c>
       <c r="C175" t="s">
         <v>254</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>345</v>
       </c>
       <c r="F175">
         <v>2</v>
       </c>
       <c r="G175">
         <v>38809041</v>
       </c>
       <c r="H175" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="I175">
         <v>2024</v>
       </c>
       <c r="J175" t="s">
+        <v>1686</v>
+      </c>
+      <c r="K175" t="s">
         <v>1687</v>
       </c>
-      <c r="K175" t="s">
+      <c r="L175" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
       <c r="M175"/>
       <c r="N175" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="O175"/>
       <c r="P175"/>
       <c r="Q175">
         <v>0</v>
       </c>
       <c r="R175" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
       <c r="S175"/>
       <c r="T175" t="s">
+        <v>1691</v>
+      </c>
+      <c r="U175" t="s">
         <v>1692</v>
       </c>
-      <c r="U175" t="s">
+      <c r="V175" t="s">
         <v>1693</v>
       </c>
-      <c r="V175" t="s">
+      <c r="W175" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="176" spans="1:122">
       <c r="A176" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="B176" t="s">
         <v>39</v>
       </c>
       <c r="C176" t="s">
         <v>40</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="F176">
         <v>1</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="I176">
         <v>2024</v>
       </c>
       <c r="J176" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="K176" t="s">
         <v>1287</v>
       </c>
       <c r="L176" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
       <c r="M176"/>
       <c r="N176" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="O176"/>
       <c r="P176"/>
       <c r="Q176">
         <v>0</v>
       </c>
       <c r="R176" t="s">
         <v>1287</v>
       </c>
       <c r="S176"/>
       <c r="T176" t="s">
+        <v>1700</v>
+      </c>
+      <c r="U176" t="s">
         <v>1701</v>
-      </c>
-[...1 lines deleted...]
-        <v>1702</v>
       </c>
       <c r="V176" t="s">
         <v>50</v>
       </c>
       <c r="W176" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="177" spans="1:122">
       <c r="A177" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B177" t="s">
         <v>1704</v>
       </c>
-      <c r="B177" t="s">
+      <c r="C177" t="s">
         <v>1705</v>
-      </c>
-[...1 lines deleted...]
-        <v>1706</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="F177">
         <v>1</v>
       </c>
       <c r="G177">
         <v>38937583</v>
       </c>
       <c r="H177" t="s">
-        <v>1707</v>
+        <v>1706</v>
       </c>
       <c r="I177">
         <v>2024</v>
       </c>
       <c r="J177" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
       <c r="K177" t="s">
         <v>137</v>
       </c>
       <c r="L177" t="s">
         <v>138</v>
       </c>
       <c r="M177"/>
       <c r="N177" t="s">
-        <v>1709</v>
+        <v>1708</v>
       </c>
       <c r="O177"/>
       <c r="P177"/>
       <c r="Q177">
         <v>0</v>
       </c>
       <c r="R177" t="s">
         <v>142</v>
       </c>
       <c r="S177"/>
       <c r="T177" t="s">
+        <v>1709</v>
+      </c>
+      <c r="U177" t="s">
         <v>1710</v>
-      </c>
-[...1 lines deleted...]
-        <v>1711</v>
       </c>
       <c r="V177" t="s">
         <v>36</v>
       </c>
       <c r="W177" t="s">
-        <v>1712</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="178" spans="1:122">
       <c r="A178" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
       <c r="B178" t="s">
         <v>716</v>
       </c>
       <c r="C178" t="s">
         <v>717</v>
       </c>
       <c r="D178" t="s">
         <v>67</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="F178">
         <v>2</v>
       </c>
       <c r="G178">
         <v>38956165</v>
       </c>
       <c r="H178" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="I178">
         <v>2024</v>
       </c>
       <c r="J178" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
       <c r="K178" t="s">
         <v>137</v>
       </c>
       <c r="L178" t="s">
         <v>138</v>
       </c>
       <c r="M178" t="s">
         <v>139</v>
       </c>
       <c r="N178" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="O178"/>
       <c r="P178"/>
       <c r="Q178">
         <v>0</v>
       </c>
       <c r="R178" t="s">
         <v>142</v>
       </c>
       <c r="S178"/>
       <c r="T178" t="s">
+        <v>1716</v>
+      </c>
+      <c r="U178" t="s">
         <v>1717</v>
-      </c>
-[...1 lines deleted...]
-        <v>1718</v>
       </c>
       <c r="V178" t="s">
         <v>1070</v>
       </c>
       <c r="W178" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="179" spans="1:122">
       <c r="A179" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B179" t="s">
         <v>1720</v>
-      </c>
-[...1 lines deleted...]
-        <v>1721</v>
       </c>
       <c r="C179" t="s">
         <v>66</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
       <c r="F179">
         <v>1</v>
       </c>
       <c r="G179">
         <v>38991171</v>
       </c>
       <c r="H179" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="I179">
         <v>2024</v>
       </c>
       <c r="J179" t="s">
+        <v>1722</v>
+      </c>
+      <c r="K179" t="s">
         <v>1723</v>
-      </c>
-[...1 lines deleted...]
-        <v>1724</v>
       </c>
       <c r="L179" t="s">
         <v>679</v>
       </c>
       <c r="M179"/>
       <c r="N179" t="s">
-        <v>1725</v>
+        <v>1724</v>
       </c>
       <c r="O179"/>
       <c r="P179">
         <v>5</v>
       </c>
       <c r="Q179">
         <v>11</v>
       </c>
       <c r="R179" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="S179"/>
       <c r="T179" t="s">
+        <v>1726</v>
+      </c>
+      <c r="U179" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="V179" t="s">
         <v>1253</v>
       </c>
       <c r="W179" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="180" spans="1:122">
       <c r="A180" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="B180" t="s">
         <v>426</v>
       </c>
       <c r="C180" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="D180" t="s">
         <v>67</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
       <c r="F180">
         <v>2</v>
       </c>
       <c r="G180">
         <v>39053462</v>
       </c>
       <c r="H180" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="I180">
         <v>2024</v>
       </c>
       <c r="J180" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="K180" t="s">
         <v>208</v>
       </c>
       <c r="L180" t="s">
         <v>209</v>
       </c>
       <c r="M180"/>
       <c r="N180" t="s">
-        <v>1734</v>
+        <v>1733</v>
       </c>
       <c r="O180"/>
       <c r="P180"/>
       <c r="Q180">
         <v>0</v>
       </c>
       <c r="R180" t="s">
         <v>208</v>
       </c>
       <c r="S180"/>
       <c r="T180" t="s">
+        <v>1734</v>
+      </c>
+      <c r="U180" t="s">
         <v>1735</v>
-      </c>
-[...1 lines deleted...]
-        <v>1736</v>
       </c>
       <c r="V180" t="s">
         <v>36</v>
       </c>
       <c r="W180" t="s">
-        <v>1737</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="181" spans="1:122">
       <c r="A181" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="B181" t="s">
         <v>1275</v>
       </c>
       <c r="C181" t="s">
         <v>254</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="F181">
         <v>1</v>
       </c>
       <c r="G181">
         <v>39085618</v>
       </c>
       <c r="H181" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
       <c r="I181">
         <v>2024</v>
       </c>
       <c r="J181" t="s">
+        <v>1739</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1671</v>
+      </c>
+      <c r="M181" t="s">
         <v>1740</v>
       </c>
-      <c r="K181" t="s">
-[...5 lines deleted...]
-      <c r="M181" t="s">
+      <c r="N181" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
       <c r="O181"/>
       <c r="P181"/>
       <c r="Q181">
         <v>0</v>
       </c>
       <c r="R181" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="S181"/>
       <c r="T181" t="s">
+        <v>1742</v>
+      </c>
+      <c r="U181" t="s">
         <v>1743</v>
       </c>
-      <c r="U181" t="s">
+      <c r="V181" t="s">
         <v>1744</v>
       </c>
-      <c r="V181" t="s">
+      <c r="W181" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="182" spans="1:122">
       <c r="A182" t="s">
-        <v>1747</v>
+        <v>1746</v>
       </c>
       <c r="B182" t="s">
         <v>1275</v>
       </c>
       <c r="C182" t="s">
         <v>254</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="F182">
         <v>1</v>
       </c>
       <c r="G182"/>
       <c r="H182" t="s">
-        <v>1748</v>
+        <v>1747</v>
       </c>
       <c r="I182">
         <v>2024</v>
       </c>
       <c r="J182" t="s">
+        <v>1748</v>
+      </c>
+      <c r="K182" t="s">
         <v>1749</v>
       </c>
-      <c r="K182" t="s">
+      <c r="L182" t="s">
         <v>1750</v>
-      </c>
-[...1 lines deleted...]
-        <v>1751</v>
       </c>
       <c r="M182"/>
       <c r="N182" t="s">
-        <v>1752</v>
+        <v>1751</v>
       </c>
       <c r="O182"/>
       <c r="P182">
         <v>1</v>
       </c>
       <c r="Q182">
         <v>28</v>
       </c>
       <c r="R182" t="s">
-        <v>1753</v>
+        <v>1752</v>
       </c>
       <c r="S182"/>
       <c r="T182" t="s">
+        <v>1753</v>
+      </c>
+      <c r="U182" t="s">
         <v>1754</v>
       </c>
-      <c r="U182" t="s">
+      <c r="V182" t="s">
+        <v>1608</v>
+      </c>
+      <c r="W182" t="s">
         <v>1755</v>
-      </c>
-[...4 lines deleted...]
-        <v>1756</v>
       </c>
     </row>
     <row r="183" spans="1:122">
       <c r="A183" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="B183" t="s">
         <v>39</v>
       </c>
       <c r="C183" t="s">
         <v>40</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="F183">
         <v>1</v>
       </c>
       <c r="G183">
         <v>39251890</v>
       </c>
       <c r="H183" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="I183">
         <v>2024</v>
       </c>
       <c r="J183" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="K183" t="s">
         <v>137</v>
       </c>
       <c r="L183" t="s">
         <v>138</v>
       </c>
       <c r="M183"/>
       <c r="N183" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="O183"/>
       <c r="P183"/>
       <c r="Q183">
         <v>0</v>
       </c>
       <c r="R183" t="s">
         <v>142</v>
       </c>
       <c r="S183"/>
       <c r="T183" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="U183" t="s">
         <v>664</v>
       </c>
       <c r="V183" t="s">
         <v>665</v>
       </c>
       <c r="W183" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="184" spans="1:122">
       <c r="A184" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="B184" t="s">
         <v>1275</v>
       </c>
       <c r="C184" t="s">
         <v>254</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="F184">
         <v>1</v>
       </c>
       <c r="G184">
         <v>39249105</v>
       </c>
       <c r="H184" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="I184">
         <v>2024</v>
       </c>
       <c r="J184" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="K184" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L184" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
       <c r="M184"/>
       <c r="N184" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="O184"/>
       <c r="P184"/>
       <c r="Q184">
         <v>0</v>
       </c>
       <c r="R184" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="S184"/>
       <c r="T184" t="s">
+        <v>1766</v>
+      </c>
+      <c r="U184" t="s">
         <v>1767</v>
       </c>
-      <c r="U184" t="s">
+      <c r="V184" t="s">
         <v>1768</v>
       </c>
-      <c r="V184" t="s">
+      <c r="W184" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="185" spans="1:122">
       <c r="A185" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="B185" t="s">
         <v>134</v>
       </c>
       <c r="C185" t="s">
         <v>407</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="F185">
         <v>1</v>
       </c>
       <c r="G185">
         <v>37061161</v>
       </c>
       <c r="H185" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="I185">
         <v>2023</v>
       </c>
       <c r="J185" t="s">
+        <v>1772</v>
+      </c>
+      <c r="K185" t="s">
         <v>1773</v>
       </c>
-      <c r="K185" t="s">
+      <c r="L185" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="M185"/>
       <c r="N185" t="s">
+        <v>1775</v>
+      </c>
+      <c r="O185" t="s">
         <v>1776</v>
-      </c>
-[...1 lines deleted...]
-        <v>1777</v>
       </c>
       <c r="P185"/>
       <c r="Q185">
         <v>520</v>
       </c>
       <c r="R185" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="S185"/>
       <c r="T185" t="s">
+        <v>1777</v>
+      </c>
+      <c r="U185" t="s">
         <v>1778</v>
-      </c>
-[...1 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="V185" t="s">
         <v>603</v>
       </c>
       <c r="W185" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="186" spans="1:122">
       <c r="A186" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="B186" t="s">
         <v>1211</v>
       </c>
       <c r="C186" t="s">
         <v>277</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
       <c r="F186">
         <v>1</v>
       </c>
       <c r="G186">
         <v>37511424</v>
       </c>
       <c r="H186" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="I186">
         <v>2023</v>
       </c>
       <c r="J186" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="K186" t="s">
         <v>245</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
         <v>246</v>
       </c>
       <c r="N186" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="O186">
         <v>11665</v>
       </c>
       <c r="P186">
         <v>14</v>
       </c>
       <c r="Q186">
         <v>24</v>
       </c>
       <c r="R186" t="s">
         <v>248</v>
       </c>
       <c r="S186"/>
       <c r="T186" t="s">
+        <v>1784</v>
+      </c>
+      <c r="U186" t="s">
         <v>1785</v>
       </c>
-      <c r="U186" t="s">
+      <c r="V186" t="s">
         <v>1786</v>
       </c>
-      <c r="V186" t="s">
+      <c r="W186" t="s">
         <v>1787</v>
-      </c>
-[...1 lines deleted...]
-        <v>1788</v>
       </c>
     </row>
     <row r="187" spans="1:122">
       <c r="A187" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="B187" t="s">
         <v>217</v>
       </c>
       <c r="C187" t="s">
         <v>218</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>345</v>
       </c>
       <c r="F187">
         <v>1</v>
       </c>
       <c r="G187">
         <v>37143298</v>
       </c>
       <c r="H187" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="I187">
         <v>2023</v>
       </c>
       <c r="J187" t="s">
+        <v>1790</v>
+      </c>
+      <c r="K187" t="s">
         <v>1791</v>
       </c>
-      <c r="K187" t="s">
+      <c r="L187" t="s">
         <v>1792</v>
-      </c>
-[...1 lines deleted...]
-        <v>1793</v>
       </c>
       <c r="M187"/>
       <c r="N187" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="O187"/>
       <c r="P187">
         <v>8</v>
       </c>
       <c r="Q187">
         <v>53</v>
       </c>
       <c r="R187" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="S187"/>
       <c r="T187" t="s">
         <v>227</v>
       </c>
       <c r="U187" t="s">
         <v>227</v>
       </c>
       <c r="V187" t="s">
         <v>227</v>
       </c>
       <c r="W187" t="s">
-        <v>1796</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="188" spans="1:122">
       <c r="A188" t="s">
-        <v>1797</v>
+        <v>1796</v>
       </c>
       <c r="B188" t="s">
         <v>217</v>
       </c>
       <c r="C188" t="s">
         <v>218</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="F188">
         <v>1</v>
       </c>
       <c r="G188">
         <v>37139784</v>
       </c>
       <c r="H188" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="I188">
         <v>2023</v>
       </c>
       <c r="J188" t="s">
+        <v>1798</v>
+      </c>
+      <c r="K188" t="s">
         <v>1799</v>
       </c>
-      <c r="K188" t="s">
+      <c r="L188" t="s">
         <v>1800</v>
-      </c>
-[...1 lines deleted...]
-        <v>1801</v>
       </c>
       <c r="M188"/>
       <c r="N188" t="s">
+        <v>1801</v>
+      </c>
+      <c r="O188" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
       <c r="P188">
         <v>4</v>
       </c>
       <c r="Q188">
         <v>49</v>
       </c>
       <c r="R188" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="S188"/>
       <c r="T188" t="s">
+        <v>1804</v>
+      </c>
+      <c r="U188" t="s">
         <v>1805</v>
       </c>
-      <c r="U188" t="s">
+      <c r="V188" t="s">
         <v>1806</v>
       </c>
-      <c r="V188" t="s">
+      <c r="W188" t="s">
         <v>1807</v>
-      </c>
-[...1 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="189" spans="1:122">
       <c r="A189" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="B189" t="s">
         <v>217</v>
       </c>
       <c r="C189" t="s">
         <v>218</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
       <c r="F189">
         <v>1</v>
       </c>
       <c r="G189">
         <v>37821561</v>
       </c>
       <c r="H189" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="I189">
         <v>2023</v>
       </c>
       <c r="J189" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="K189" t="s">
         <v>99</v>
       </c>
       <c r="L189" t="s">
         <v>100</v>
       </c>
       <c r="M189"/>
       <c r="N189" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="O189"/>
       <c r="P189">
         <v>1</v>
       </c>
       <c r="Q189">
         <v>13</v>
       </c>
       <c r="R189" t="s">
         <v>102</v>
       </c>
       <c r="S189"/>
       <c r="T189" t="s">
+        <v>1812</v>
+      </c>
+      <c r="U189" t="s">
         <v>1813</v>
-      </c>
-[...1 lines deleted...]
-        <v>1814</v>
       </c>
       <c r="V189" t="s">
         <v>227</v>
       </c>
       <c r="W189" t="s">
-        <v>1815</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="190" spans="1:122">
       <c r="A190" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="B190" t="s">
         <v>217</v>
       </c>
       <c r="C190" t="s">
         <v>218</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
       <c r="F190">
         <v>1</v>
       </c>
       <c r="G190">
         <v>37988467</v>
       </c>
       <c r="H190" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="I190">
         <v>2023</v>
       </c>
       <c r="J190" t="s">
+        <v>1817</v>
+      </c>
+      <c r="K190" t="s">
         <v>1818</v>
-      </c>
-[...1 lines deleted...]
-        <v>1819</v>
       </c>
       <c r="L190" t="s">
         <v>597</v>
       </c>
       <c r="M190"/>
       <c r="N190" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="O190"/>
       <c r="P190">
         <v>48</v>
       </c>
       <c r="Q190">
         <v>120</v>
       </c>
       <c r="R190" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="S190"/>
       <c r="T190" t="s">
+        <v>1821</v>
+      </c>
+      <c r="U190" t="s">
         <v>1822</v>
       </c>
-      <c r="U190" t="s">
+      <c r="V190" t="s">
         <v>1823</v>
       </c>
-      <c r="V190" t="s">
+      <c r="W190" t="s">
         <v>1824</v>
-      </c>
-[...1 lines deleted...]
-        <v>1825</v>
       </c>
     </row>
     <row r="191" spans="1:122">
       <c r="A191" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="B191" t="s">
         <v>217</v>
       </c>
       <c r="C191" t="s">
         <v>218</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="F191">
         <v>1</v>
       </c>
       <c r="G191">
         <v>38090586</v>
       </c>
       <c r="H191" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="I191">
         <v>2023</v>
       </c>
       <c r="J191" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="K191" t="s">
         <v>1157</v>
       </c>
       <c r="L191" t="s">
         <v>1158</v>
       </c>
       <c r="M191"/>
       <c r="N191" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="O191"/>
       <c r="P191"/>
       <c r="Q191">
         <v>14</v>
       </c>
       <c r="R191" t="s">
-        <v>1830</v>
+        <v>1829</v>
       </c>
       <c r="S191"/>
       <c r="T191" t="s">
+        <v>1830</v>
+      </c>
+      <c r="U191" t="s">
         <v>1831</v>
-      </c>
-[...1 lines deleted...]
-        <v>1832</v>
       </c>
       <c r="V191" t="s">
         <v>546</v>
       </c>
       <c r="W191" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="192" spans="1:122">
       <c r="A192" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="B192" t="s">
         <v>1244</v>
       </c>
       <c r="C192" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>345</v>
       </c>
       <c r="F192">
         <v>1</v>
       </c>
       <c r="G192">
         <v>38102058</v>
       </c>
       <c r="H192" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="I192">
         <v>2023</v>
       </c>
       <c r="J192" t="s">
+        <v>1835</v>
+      </c>
+      <c r="K192" t="s">
         <v>1836</v>
       </c>
-      <c r="K192" t="s">
+      <c r="L192" t="s">
         <v>1837</v>
-      </c>
-[...1 lines deleted...]
-        <v>1838</v>
       </c>
       <c r="M192"/>
       <c r="N192" t="s">
+        <v>1838</v>
+      </c>
+      <c r="O192" t="s">
         <v>1839</v>
-      </c>
-[...1 lines deleted...]
-        <v>1840</v>
       </c>
       <c r="P192">
         <v>1</v>
       </c>
       <c r="Q192">
         <v>47</v>
       </c>
       <c r="R192" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
       <c r="S192"/>
       <c r="T192" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="U192" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="V192" t="s">
         <v>1253</v>
       </c>
       <c r="W192" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="193" spans="1:122">
       <c r="A193" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="B193" t="s">
         <v>39</v>
       </c>
       <c r="C193" t="s">
         <v>40</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
       <c r="F193">
         <v>1</v>
       </c>
       <c r="G193">
         <v>38622200</v>
       </c>
       <c r="H193" t="s">
-        <v>1844</v>
+        <v>1843</v>
       </c>
       <c r="I193">
         <v>2024</v>
       </c>
       <c r="J193" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="K193" t="s">
         <v>43</v>
       </c>
       <c r="L193" t="s">
         <v>44</v>
       </c>
       <c r="M193"/>
       <c r="N193" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="O193"/>
       <c r="P193"/>
       <c r="Q193">
         <v>0</v>
       </c>
       <c r="R193" t="s">
         <v>616</v>
       </c>
       <c r="S193"/>
       <c r="T193" t="s">
+        <v>1846</v>
+      </c>
+      <c r="U193" t="s">
         <v>1847</v>
       </c>
-      <c r="U193" t="s">
+      <c r="V193" t="s">
         <v>1848</v>
       </c>
-      <c r="V193" t="s">
+      <c r="W193" t="s">
         <v>1849</v>
-      </c>
-[...1 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="194" spans="1:122">
       <c r="A194" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B194" t="s">
         <v>1851</v>
-      </c>
-[...1 lines deleted...]
-        <v>1852</v>
       </c>
       <c r="C194" t="s">
         <v>652</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>182</v>
       </c>
       <c r="F194">
         <v>0</v>
       </c>
       <c r="G194"/>
       <c r="H194" t="s">
-        <v>1853</v>
+        <v>1852</v>
       </c>
       <c r="I194">
         <v>2024</v>
       </c>
       <c r="J194" t="s">
+        <v>1853</v>
+      </c>
+      <c r="K194" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="L194"/>
       <c r="M194"/>
       <c r="N194" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="O194"/>
       <c r="P194"/>
       <c r="Q194">
         <v>0</v>
       </c>
       <c r="R194" t="s">
-        <v>1855</v>
+        <v>1854</v>
       </c>
       <c r="S194"/>
       <c r="T194" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="U194" t="s">
         <v>657</v>
       </c>
       <c r="V194" t="s">
+        <v>1857</v>
+      </c>
+      <c r="W194" t="s">
         <v>1858</v>
-      </c>
-[...1 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="195" spans="1:122">
       <c r="A195" t="s">
-        <v>1860</v>
+        <v>1859</v>
       </c>
       <c r="B195" t="s">
         <v>204</v>
       </c>
       <c r="C195" t="s">
         <v>205</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="F195">
         <v>1</v>
       </c>
       <c r="G195">
         <v>39043180</v>
       </c>
       <c r="H195" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="I195">
         <v>2024</v>
       </c>
       <c r="J195" t="s">
+        <v>1861</v>
+      </c>
+      <c r="K195" t="s">
         <v>1862</v>
       </c>
-      <c r="K195" t="s">
+      <c r="L195" t="s">
         <v>1863</v>
-      </c>
-[...1 lines deleted...]
-        <v>1864</v>
       </c>
       <c r="M195"/>
       <c r="N195" t="s">
+        <v>1864</v>
+      </c>
+      <c r="O195" t="s">
         <v>1865</v>
-      </c>
-[...1 lines deleted...]
-        <v>1866</v>
       </c>
       <c r="P195">
         <v>17</v>
       </c>
       <c r="Q195">
         <v>187</v>
       </c>
       <c r="R195" t="s">
-        <v>1863</v>
+        <v>1862</v>
       </c>
       <c r="S195"/>
       <c r="T195" t="s">
+        <v>1866</v>
+      </c>
+      <c r="U195" t="s">
         <v>1867</v>
-      </c>
-[...1 lines deleted...]
-        <v>1868</v>
       </c>
       <c r="V195" t="s">
         <v>214</v>
       </c>
       <c r="W195" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="196" spans="1:122">
       <c r="A196" t="s">
-        <v>1870</v>
+        <v>1869</v>
       </c>
       <c r="B196" t="s">
         <v>686</v>
       </c>
       <c r="C196" t="s">
         <v>407</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
       <c r="F196">
         <v>1</v>
       </c>
       <c r="G196">
         <v>39102289</v>
       </c>
       <c r="H196" t="s">
-        <v>1871</v>
+        <v>1870</v>
       </c>
       <c r="I196">
         <v>2024</v>
       </c>
       <c r="J196" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="K196" t="s">
         <v>946</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
         <v>947</v>
       </c>
       <c r="N196" t="s">
-        <v>1873</v>
+        <v>1872</v>
       </c>
       <c r="O196"/>
       <c r="P196"/>
       <c r="Q196">
         <v>12</v>
       </c>
       <c r="R196" t="s">
-        <v>1874</v>
+        <v>1873</v>
       </c>
       <c r="S196"/>
       <c r="T196" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
       <c r="U196" t="s">
         <v>200</v>
       </c>
       <c r="V196" t="s">
         <v>201</v>
       </c>
       <c r="W196" t="s">
-        <v>1876</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="197" spans="1:122">
       <c r="A197" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B197" t="s">
         <v>1877</v>
       </c>
-      <c r="B197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="F197">
         <v>1</v>
       </c>
       <c r="G197">
         <v>39138218</v>
       </c>
       <c r="H197" t="s">
-        <v>1879</v>
+        <v>1878</v>
       </c>
       <c r="I197">
         <v>2024</v>
       </c>
       <c r="J197" t="s">
-        <v>1880</v>
+        <v>1879</v>
       </c>
       <c r="K197" t="s">
         <v>112</v>
       </c>
       <c r="L197" t="s">
         <v>113</v>
       </c>
       <c r="M197"/>
       <c r="N197" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="O197"/>
       <c r="P197">
         <v>1</v>
       </c>
       <c r="Q197">
         <v>15</v>
       </c>
       <c r="R197" t="s">
         <v>115</v>
       </c>
       <c r="S197"/>
       <c r="T197" t="s">
+        <v>1881</v>
+      </c>
+      <c r="U197" t="s">
         <v>1882</v>
       </c>
-      <c r="U197" t="s">
+      <c r="V197" t="s">
         <v>1883</v>
       </c>
-      <c r="V197" t="s">
+      <c r="W197" t="s">
         <v>1884</v>
-      </c>
-[...1 lines deleted...]
-        <v>1885</v>
       </c>
     </row>
     <row r="198" spans="1:122">
       <c r="A198" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B198" t="s">
         <v>1886</v>
-      </c>
-[...1 lines deleted...]
-        <v>1887</v>
       </c>
       <c r="C198" t="s">
         <v>427</v>
       </c>
       <c r="D198" t="s">
-        <v>1888</v>
+        <v>1887</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
       <c r="F198">
         <v>2</v>
       </c>
       <c r="G198">
         <v>38940173</v>
       </c>
       <c r="H198" t="s">
-        <v>1889</v>
+        <v>1888</v>
       </c>
       <c r="I198">
         <v>2024</v>
       </c>
       <c r="J198" t="s">
+        <v>1889</v>
+      </c>
+      <c r="K198" t="s">
         <v>1890</v>
       </c>
-      <c r="K198" t="s">
+      <c r="L198" t="s">
         <v>1891</v>
       </c>
-      <c r="L198" t="s">
+      <c r="M198" t="s">
         <v>1892</v>
       </c>
-      <c r="M198" t="s">
+      <c r="N198" t="s">
         <v>1893</v>
       </c>
-      <c r="N198" t="s">
+      <c r="O198" t="s">
         <v>1894</v>
       </c>
-      <c r="O198" t="s">
+      <c r="P198" t="s">
         <v>1895</v>
-      </c>
-[...1 lines deleted...]
-        <v>1896</v>
       </c>
       <c r="Q198">
         <v>40</v>
       </c>
       <c r="R198" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="S198"/>
       <c r="T198" t="s">
+        <v>1897</v>
+      </c>
+      <c r="U198" t="s">
         <v>1898</v>
       </c>
-      <c r="U198" t="s">
+      <c r="V198" t="s">
         <v>1899</v>
       </c>
-      <c r="V198" t="s">
+      <c r="W198" t="s">
         <v>1900</v>
-      </c>
-[...1 lines deleted...]
-        <v>1901</v>
       </c>
     </row>
     <row r="199" spans="1:122">
       <c r="A199" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="B199" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="C199" t="s">
         <v>427</v>
       </c>
       <c r="D199" t="s">
-        <v>1888</v>
+        <v>1887</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="F199">
         <v>2</v>
       </c>
       <c r="G199">
         <v>38940181</v>
       </c>
       <c r="H199" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="I199">
         <v>2024</v>
       </c>
       <c r="J199" t="s">
+        <v>1903</v>
+      </c>
+      <c r="K199" t="s">
+        <v>1890</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1891</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1892</v>
+      </c>
+      <c r="N199" t="s">
         <v>1904</v>
       </c>
-      <c r="K199" t="s">
-[...8 lines deleted...]
-      <c r="N199" t="s">
+      <c r="O199" t="s">
         <v>1905</v>
       </c>
-      <c r="O199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P199" t="s">
-        <v>1896</v>
+        <v>1895</v>
       </c>
       <c r="Q199">
         <v>40</v>
       </c>
       <c r="R199" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="S199"/>
       <c r="T199" t="s">
+        <v>1906</v>
+      </c>
+      <c r="U199" t="s">
         <v>1907</v>
       </c>
-      <c r="U199" t="s">
+      <c r="V199" t="s">
+        <v>1899</v>
+      </c>
+      <c r="W199" t="s">
         <v>1908</v>
-      </c>
-[...4 lines deleted...]
-        <v>1909</v>
       </c>
     </row>
     <row r="200" spans="1:122">
       <c r="A200" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B200" t="s">
         <v>1910</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
         <v>1911</v>
-      </c>
-[...1 lines deleted...]
-        <v>1912</v>
       </c>
       <c r="D200" t="s">
         <v>67</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
       <c r="F200">
         <v>1</v>
       </c>
       <c r="G200">
         <v>39331727</v>
       </c>
       <c r="H200" t="s">
-        <v>1913</v>
+        <v>1912</v>
       </c>
       <c r="I200">
         <v>2024</v>
       </c>
       <c r="J200" t="s">
+        <v>1913</v>
+      </c>
+      <c r="K200" t="s">
         <v>1914</v>
       </c>
-      <c r="K200" t="s">
+      <c r="L200" t="s">
         <v>1915</v>
-      </c>
-[...1 lines deleted...]
-        <v>1916</v>
       </c>
       <c r="M200"/>
       <c r="N200" t="s">
-        <v>1917</v>
+        <v>1916</v>
       </c>
       <c r="O200"/>
       <c r="P200">
         <v>99</v>
       </c>
       <c r="Q200">
         <v>9</v>
       </c>
       <c r="R200" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="S200"/>
       <c r="T200" t="s">
+        <v>1918</v>
+      </c>
+      <c r="U200" t="s">
         <v>1919</v>
       </c>
-      <c r="U200" t="s">
+      <c r="V200" t="s">
         <v>1920</v>
       </c>
-      <c r="V200" t="s">
+      <c r="W200" t="s">
         <v>1921</v>
-      </c>
-[...1 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="201" spans="1:122">
       <c r="A201" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B201" t="s">
         <v>1923</v>
-      </c>
-[...1 lines deleted...]
-        <v>1924</v>
       </c>
       <c r="C201" t="s">
         <v>66</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
       <c r="F201">
         <v>1</v>
       </c>
       <c r="G201">
         <v>39319704</v>
       </c>
       <c r="H201" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="I201">
         <v>2024</v>
       </c>
       <c r="J201" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="K201" t="s">
         <v>221</v>
       </c>
       <c r="L201" t="s">
         <v>222</v>
       </c>
       <c r="M201" t="s">
         <v>223</v>
       </c>
       <c r="N201" t="s">
-        <v>1927</v>
+        <v>1926</v>
       </c>
       <c r="O201"/>
       <c r="P201"/>
       <c r="Q201">
         <v>0</v>
       </c>
       <c r="R201" t="s">
         <v>221</v>
       </c>
       <c r="S201"/>
       <c r="T201" t="s">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="U201" t="s">
         <v>445</v>
       </c>
       <c r="V201" t="s">
         <v>287</v>
       </c>
       <c r="W201" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="202" spans="1:122">
       <c r="A202" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
       <c r="B202" t="s">
         <v>1244</v>
       </c>
       <c r="C202" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>345</v>
       </c>
       <c r="F202">
         <v>2</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
       <c r="I202">
         <v>2024</v>
       </c>
       <c r="J202" t="s">
+        <v>1931</v>
+      </c>
+      <c r="K202" t="s">
         <v>1932</v>
-      </c>
-[...1 lines deleted...]
-        <v>1933</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
+        <v>1933</v>
+      </c>
+      <c r="N202" t="s">
         <v>1934</v>
-      </c>
-[...1 lines deleted...]
-        <v>1935</v>
       </c>
       <c r="O202">
         <v>1474</v>
       </c>
       <c r="P202">
         <v>11</v>
       </c>
       <c r="Q202">
         <v>17</v>
       </c>
       <c r="R202" t="s">
-        <v>1933</v>
+        <v>1932</v>
       </c>
       <c r="S202"/>
       <c r="T202" t="s">
+        <v>1935</v>
+      </c>
+      <c r="U202" t="s">
         <v>1936</v>
-      </c>
-[...1 lines deleted...]
-        <v>1937</v>
       </c>
       <c r="V202" t="s">
         <v>1253</v>
       </c>
       <c r="W202" t="s">
-        <v>1938</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="203" spans="1:122">
       <c r="A203" t="s">
-        <v>1939</v>
+        <v>1938</v>
       </c>
       <c r="B203" t="s">
         <v>1244</v>
       </c>
       <c r="C203" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D203" t="s">
         <v>67</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
       <c r="F203">
         <v>1</v>
       </c>
       <c r="G203">
         <v>39496464</v>
       </c>
       <c r="H203" t="s">
-        <v>1940</v>
+        <v>1939</v>
       </c>
       <c r="I203">
         <v>2024</v>
       </c>
       <c r="J203" t="s">
+        <v>1940</v>
+      </c>
+      <c r="K203" t="s">
         <v>1941</v>
       </c>
-      <c r="K203" t="s">
+      <c r="L203" t="s">
         <v>1942</v>
-      </c>
-[...1 lines deleted...]
-        <v>1943</v>
       </c>
       <c r="M203"/>
       <c r="N203" t="s">
+        <v>1943</v>
+      </c>
+      <c r="O203" t="s">
         <v>1944</v>
-      </c>
-[...1 lines deleted...]
-        <v>1945</v>
       </c>
       <c r="P203"/>
       <c r="Q203">
         <v>0</v>
       </c>
       <c r="R203" t="s">
-        <v>1946</v>
+        <v>1945</v>
       </c>
       <c r="S203"/>
       <c r="T203" t="s">
+        <v>1946</v>
+      </c>
+      <c r="U203" t="s">
         <v>1947</v>
       </c>
-      <c r="U203" t="s">
+      <c r="V203" t="s">
+        <v>1768</v>
+      </c>
+      <c r="W203" t="s">
         <v>1948</v>
-      </c>
-[...4 lines deleted...]
-        <v>1949</v>
       </c>
     </row>
     <row r="204" spans="1:122">
       <c r="A204" t="s">
-        <v>1950</v>
+        <v>1949</v>
       </c>
       <c r="B204" t="s">
         <v>181</v>
       </c>
       <c r="C204" t="s">
-        <v>1951</v>
+        <v>1950</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
       <c r="F204">
         <v>1</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>1952</v>
+        <v>1951</v>
       </c>
       <c r="I204">
         <v>2024</v>
       </c>
       <c r="J204" t="s">
-        <v>1953</v>
+        <v>1952</v>
       </c>
       <c r="K204" t="s">
         <v>112</v>
       </c>
       <c r="L204" t="s">
         <v>113</v>
       </c>
       <c r="M204" t="s">
         <v>113</v>
       </c>
       <c r="N204" t="s">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="O204"/>
       <c r="P204">
         <v>1</v>
       </c>
       <c r="Q204">
         <v>15</v>
       </c>
       <c r="R204" t="s">
         <v>115</v>
       </c>
       <c r="S204"/>
       <c r="T204" t="s">
+        <v>1954</v>
+      </c>
+      <c r="U204" t="s">
         <v>1955</v>
-      </c>
-[...1 lines deleted...]
-        <v>1956</v>
       </c>
       <c r="V204" t="s">
         <v>36</v>
       </c>
       <c r="W204" t="s">
-        <v>1957</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="205" spans="1:122">
       <c r="A205" t="s">
-        <v>1958</v>
+        <v>1957</v>
       </c>
       <c r="B205" t="s">
         <v>290</v>
       </c>
       <c r="C205" t="s">
         <v>66</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>345</v>
       </c>
       <c r="F205">
         <v>2</v>
       </c>
       <c r="G205">
         <v>39541972</v>
       </c>
       <c r="H205" t="s">
-        <v>1959</v>
+        <v>1958</v>
       </c>
       <c r="I205">
         <v>2024</v>
       </c>
       <c r="J205" t="s">
-        <v>1960</v>
+        <v>1959</v>
       </c>
       <c r="K205" t="s">
         <v>325</v>
       </c>
       <c r="L205" t="s">
         <v>326</v>
       </c>
       <c r="M205" t="s">
         <v>327</v>
       </c>
       <c r="N205" t="s">
-        <v>1961</v>
+        <v>1960</v>
       </c>
       <c r="O205"/>
       <c r="P205"/>
       <c r="Q205">
         <v>0</v>
       </c>
       <c r="R205" t="s">
         <v>325</v>
       </c>
       <c r="S205"/>
       <c r="T205" t="s">
+        <v>1961</v>
+      </c>
+      <c r="U205" t="s">
         <v>1962</v>
-      </c>
-[...1 lines deleted...]
-        <v>1963</v>
       </c>
       <c r="V205" t="s">
         <v>36</v>
       </c>
       <c r="W205" t="s">
-        <v>1964</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="206" spans="1:122">
       <c r="A206" t="s">
-        <v>1965</v>
+        <v>1964</v>
       </c>
       <c r="B206" t="s">
         <v>1244</v>
       </c>
       <c r="C206" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="F206">
         <v>1</v>
       </c>
       <c r="G206"/>
       <c r="H206" t="s">
-        <v>1966</v>
+        <v>1965</v>
       </c>
       <c r="I206">
         <v>2024</v>
       </c>
       <c r="J206" t="s">
-        <v>1967</v>
+        <v>1966</v>
       </c>
       <c r="K206" t="s">
         <v>720</v>
       </c>
       <c r="L206" t="s">
         <v>721</v>
       </c>
       <c r="M206"/>
       <c r="N206" t="s">
-        <v>1968</v>
+        <v>1967</v>
       </c>
       <c r="O206"/>
       <c r="P206">
         <v>41</v>
       </c>
       <c r="Q206">
         <v>11</v>
       </c>
       <c r="R206" t="s">
         <v>720</v>
       </c>
       <c r="S206"/>
       <c r="T206" t="s">
+        <v>1968</v>
+      </c>
+      <c r="U206" t="s">
         <v>1969</v>
       </c>
-      <c r="U206" t="s">
+      <c r="V206" t="s">
         <v>1970</v>
       </c>
-      <c r="V206" t="s">
+      <c r="W206" t="s">
         <v>1971</v>
-      </c>
-[...1 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="207" spans="1:122">
       <c r="A207" t="s">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="B207" t="s">
         <v>716</v>
       </c>
       <c r="C207" t="s">
         <v>717</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
       <c r="F207">
         <v>1</v>
       </c>
       <c r="G207">
         <v>39272980</v>
       </c>
       <c r="H207" t="s">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="I207">
         <v>2024</v>
       </c>
       <c r="J207" t="s">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="K207" t="s">
         <v>57</v>
       </c>
       <c r="L207" t="s">
         <v>58</v>
       </c>
       <c r="M207"/>
       <c r="N207" t="s">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="O207">
         <v>1408</v>
       </c>
       <c r="P207">
         <v>17</v>
       </c>
       <c r="Q207">
         <v>13</v>
       </c>
       <c r="R207" t="s">
         <v>57</v>
       </c>
       <c r="S207"/>
       <c r="T207" t="s">
+        <v>1976</v>
+      </c>
+      <c r="U207" t="s">
         <v>1977</v>
-      </c>
-[...1 lines deleted...]
-        <v>1978</v>
       </c>
       <c r="V207" t="s">
         <v>1070</v>
       </c>
       <c r="W207" t="s">
-        <v>1979</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="208" spans="1:122">
       <c r="A208" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B208" t="s">
         <v>1980</v>
       </c>
-      <c r="B208" t="s">
+      <c r="C208" t="s">
         <v>1981</v>
-      </c>
-[...1 lines deleted...]
-        <v>1982</v>
       </c>
       <c r="D208" t="s">
         <v>67</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
       <c r="F208">
         <v>2</v>
       </c>
       <c r="G208">
         <v>39419029</v>
       </c>
       <c r="H208" t="s">
-        <v>1983</v>
+        <v>1982</v>
       </c>
       <c r="I208">
         <v>2024</v>
       </c>
       <c r="J208" t="s">
-        <v>1984</v>
+        <v>1983</v>
       </c>
       <c r="K208" t="s">
         <v>208</v>
       </c>
       <c r="L208" t="s">
         <v>209</v>
       </c>
       <c r="M208"/>
       <c r="N208" t="s">
+        <v>1984</v>
+      </c>
+      <c r="O208" t="s">
         <v>1985</v>
-      </c>
-[...1 lines deleted...]
-        <v>1986</v>
       </c>
       <c r="P208">
         <v>11</v>
       </c>
       <c r="Q208">
         <v>57</v>
       </c>
       <c r="R208" t="s">
         <v>208</v>
       </c>
       <c r="S208"/>
       <c r="T208" t="s">
+        <v>1986</v>
+      </c>
+      <c r="U208" t="s">
         <v>1987</v>
-      </c>
-[...1 lines deleted...]
-        <v>1988</v>
       </c>
       <c r="V208" t="s">
         <v>36</v>
       </c>
       <c r="W208" t="s">
-        <v>1989</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="209" spans="1:122">
       <c r="A209" t="s">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="B209" t="s">
         <v>369</v>
       </c>
       <c r="C209" t="s">
         <v>40</v>
       </c>
       <c r="D209" t="s">
         <v>67</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
       <c r="F209">
         <v>1</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="I209">
         <v>2024</v>
       </c>
       <c r="J209" t="s">
+        <v>1991</v>
+      </c>
+      <c r="K209" t="s">
         <v>1992</v>
       </c>
-      <c r="K209" t="s">
+      <c r="L209" t="s">
         <v>1993</v>
-      </c>
-[...1 lines deleted...]
-        <v>1994</v>
       </c>
       <c r="M209"/>
       <c r="N209" t="s">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="O209"/>
       <c r="P209"/>
       <c r="Q209">
         <v>0</v>
       </c>
       <c r="R209" t="s">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="S209"/>
       <c r="T209" t="s">
+        <v>1996</v>
+      </c>
+      <c r="U209" t="s">
         <v>1997</v>
       </c>
-      <c r="U209" t="s">
+      <c r="V209" t="s">
         <v>1998</v>
       </c>
-      <c r="V209" t="s">
+      <c r="W209" t="s">
         <v>1999</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="210" spans="1:122">
       <c r="A210" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B210" t="s">
         <v>2001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="C210" t="s">
         <v>263</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
       <c r="F210">
         <v>1</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
         <v>2002</v>
       </c>
       <c r="I210">
         <v>2024</v>
       </c>
       <c r="J210" t="s">
         <v>2003</v>
       </c>
       <c r="K210" t="s">
         <v>929</v>
@@ -35712,51 +35800,51 @@
       <c r="R210" t="s">
         <v>2006</v>
       </c>
       <c r="S210"/>
       <c r="T210" t="s">
         <v>2007</v>
       </c>
       <c r="U210" t="s">
         <v>2008</v>
       </c>
       <c r="V210" t="s">
         <v>932</v>
       </c>
       <c r="W210" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="211" spans="1:122">
       <c r="A211" t="s">
         <v>2010</v>
       </c>
       <c r="B211" t="s">
         <v>2011</v>
       </c>
       <c r="C211" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
       <c r="F211">
         <v>1</v>
       </c>
       <c r="G211">
         <v>39546606</v>
       </c>
       <c r="H211" t="s">
         <v>2012</v>
       </c>
       <c r="I211">
         <v>2024</v>
       </c>
       <c r="J211" t="s">
         <v>2013</v>
       </c>
       <c r="K211" t="s">
         <v>810</v>
       </c>
@@ -35903,94 +35991,94 @@
       <c r="R213" t="s">
         <v>208</v>
       </c>
       <c r="S213"/>
       <c r="T213" t="s">
         <v>2031</v>
       </c>
       <c r="U213" t="s">
         <v>2032</v>
       </c>
       <c r="V213" t="s">
         <v>2033</v>
       </c>
       <c r="W213" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="214" spans="1:122">
       <c r="A214" t="s">
         <v>2035</v>
       </c>
       <c r="B214" t="s">
         <v>1244</v>
       </c>
       <c r="C214" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D214" t="s">
         <v>67</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
       <c r="F214">
         <v>1</v>
       </c>
       <c r="G214">
         <v>39708205</v>
       </c>
       <c r="H214" t="s">
         <v>2036</v>
       </c>
       <c r="I214">
         <v>2024</v>
       </c>
       <c r="J214" t="s">
         <v>2037</v>
       </c>
       <c r="K214" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L214" t="s">
         <v>1671</v>
       </c>
-      <c r="L214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M214" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
       <c r="N214" t="s">
         <v>2038</v>
       </c>
       <c r="O214"/>
       <c r="P214">
         <v>1</v>
       </c>
       <c r="Q214">
         <v>272</v>
       </c>
       <c r="R214" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="S214"/>
       <c r="T214" t="s">
         <v>2039</v>
       </c>
       <c r="U214" t="s">
         <v>2040</v>
       </c>
       <c r="V214" t="s">
         <v>2041</v>
       </c>
       <c r="W214" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="215" spans="1:122">
       <c r="A215" t="s">
         <v>2043</v>
       </c>
       <c r="B215" t="s">
         <v>2044</v>
       </c>
       <c r="C215" t="s">
         <v>2045</v>
       </c>
@@ -36201,51 +36289,51 @@
       <c r="K218" t="s">
         <v>137</v>
       </c>
       <c r="L218" t="s">
         <v>138</v>
       </c>
       <c r="M218" t="s">
         <v>139</v>
       </c>
       <c r="N218" t="s">
         <v>2071</v>
       </c>
       <c r="O218"/>
       <c r="P218"/>
       <c r="Q218">
         <v>0</v>
       </c>
       <c r="R218" t="s">
         <v>142</v>
       </c>
       <c r="S218"/>
       <c r="T218" t="s">
         <v>2072</v>
       </c>
       <c r="U218" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="V218" t="s">
         <v>36</v>
       </c>
       <c r="W218" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="219" spans="1:122">
       <c r="A219" t="s">
         <v>2074</v>
       </c>
       <c r="B219" t="s">
         <v>217</v>
       </c>
       <c r="C219" t="s">
         <v>218</v>
       </c>
       <c r="D219" t="s">
         <v>67</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
       <c r="F219">
@@ -36547,51 +36635,51 @@
       <c r="R223" t="s">
         <v>2108</v>
       </c>
       <c r="S223"/>
       <c r="T223" t="s">
         <v>2109</v>
       </c>
       <c r="U223" t="s">
         <v>341</v>
       </c>
       <c r="V223" t="s">
         <v>342</v>
       </c>
       <c r="W223" t="s">
         <v>2110</v>
       </c>
     </row>
     <row r="224" spans="1:122">
       <c r="A224" t="s">
         <v>2111</v>
       </c>
       <c r="B224" t="s">
         <v>668</v>
       </c>
       <c r="C224" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
       <c r="F224">
         <v>1</v>
       </c>
       <c r="G224">
         <v>39994409</v>
       </c>
       <c r="H224" t="s">
         <v>2112</v>
       </c>
       <c r="I224">
         <v>2025</v>
       </c>
       <c r="J224" t="s">
         <v>2113</v>
       </c>
       <c r="K224" t="s">
         <v>137</v>
       </c>
@@ -36634,51 +36722,51 @@
       <c r="C225" t="s">
         <v>254</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="F225">
         <v>1</v>
       </c>
       <c r="G225">
         <v>39992313</v>
       </c>
       <c r="H225" t="s">
         <v>2119</v>
       </c>
       <c r="I225">
         <v>2025</v>
       </c>
       <c r="J225" t="s">
         <v>2120</v>
       </c>
       <c r="K225" t="s">
-        <v>1874</v>
+        <v>1873</v>
       </c>
       <c r="L225" t="s">
         <v>947</v>
       </c>
       <c r="M225"/>
       <c r="N225" t="s">
         <v>2121</v>
       </c>
       <c r="O225"/>
       <c r="P225"/>
       <c r="Q225">
         <v>13</v>
       </c>
       <c r="R225"/>
       <c r="S225"/>
       <c r="T225" t="s">
         <v>2122</v>
       </c>
       <c r="U225" t="s">
         <v>2123</v>
       </c>
       <c r="V225" t="s">
         <v>2124</v>
       </c>
       <c r="W225" t="s">
@@ -36934,51 +37022,51 @@
       <c r="Q229">
         <v>0</v>
       </c>
       <c r="R229" t="s">
         <v>1479</v>
       </c>
       <c r="S229"/>
       <c r="T229" t="s">
         <v>2150</v>
       </c>
       <c r="U229" t="s">
         <v>2151</v>
       </c>
       <c r="V229" t="s">
         <v>2152</v>
       </c>
       <c r="W229" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="230" spans="1:122">
       <c r="A230" t="s">
         <v>2159</v>
       </c>
       <c r="B230" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="C230" t="s">
         <v>2053</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>345</v>
       </c>
       <c r="F230">
         <v>2</v>
       </c>
       <c r="G230"/>
       <c r="H230" t="s">
         <v>2160</v>
       </c>
       <c r="I230">
         <v>2025</v>
       </c>
       <c r="J230" t="s">
         <v>2161</v>
       </c>
       <c r="K230" t="s">
         <v>2162</v>
@@ -37585,51 +37673,51 @@
       <c r="R239" t="s">
         <v>115</v>
       </c>
       <c r="S239"/>
       <c r="T239" t="s">
         <v>2243</v>
       </c>
       <c r="U239" t="s">
         <v>2244</v>
       </c>
       <c r="V239" t="s">
         <v>2245</v>
       </c>
       <c r="W239" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="240" spans="1:122">
       <c r="A240" t="s">
         <v>2247</v>
       </c>
       <c r="B240" t="s">
         <v>668</v>
       </c>
       <c r="C240" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="F240">
         <v>1</v>
       </c>
       <c r="G240">
         <v>40247387</v>
       </c>
       <c r="H240" t="s">
         <v>2248</v>
       </c>
       <c r="I240">
         <v>2025</v>
       </c>
       <c r="J240" t="s">
         <v>2249</v>
       </c>
       <c r="K240" t="s">
         <v>2250</v>
       </c>
@@ -37674,157 +37762,157 @@
       <c r="C241" t="s">
         <v>254</v>
       </c>
       <c r="D241" t="s">
         <v>67</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="F241">
         <v>1</v>
       </c>
       <c r="G241">
         <v>40258140</v>
       </c>
       <c r="H241" t="s">
         <v>2258</v>
       </c>
       <c r="I241">
         <v>2025</v>
       </c>
       <c r="J241" t="s">
         <v>2259</v>
       </c>
       <c r="K241" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
       <c r="L241" t="s">
         <v>597</v>
       </c>
       <c r="M241"/>
       <c r="N241" t="s">
         <v>2260</v>
       </c>
       <c r="O241"/>
       <c r="P241">
         <v>18</v>
       </c>
       <c r="Q241">
         <v>122</v>
       </c>
       <c r="R241" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="S241"/>
       <c r="T241" t="s">
         <v>2261</v>
       </c>
       <c r="U241" t="s">
         <v>2262</v>
       </c>
       <c r="V241" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="W241" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="242" spans="1:122">
       <c r="A242" t="s">
         <v>2264</v>
       </c>
       <c r="B242" t="s">
         <v>290</v>
       </c>
       <c r="C242" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="F242">
         <v>1</v>
       </c>
       <c r="G242">
         <v>40404995</v>
       </c>
       <c r="H242" t="s">
         <v>2265</v>
       </c>
       <c r="I242">
         <v>2025</v>
       </c>
       <c r="J242" t="s">
         <v>2266</v>
       </c>
       <c r="K242" t="s">
         <v>137</v>
       </c>
       <c r="L242" t="s">
         <v>138</v>
       </c>
       <c r="M242" t="s">
         <v>139</v>
       </c>
       <c r="N242" t="s">
         <v>2267</v>
       </c>
       <c r="O242"/>
       <c r="P242"/>
       <c r="Q242">
         <v>0</v>
       </c>
       <c r="R242" t="s">
         <v>142</v>
       </c>
       <c r="S242"/>
       <c r="T242" t="s">
         <v>2268</v>
       </c>
       <c r="U242" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="V242" t="s">
         <v>36</v>
       </c>
       <c r="W242" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="243" spans="1:122">
       <c r="A243" t="s">
         <v>2270</v>
       </c>
       <c r="B243" t="s">
         <v>1244</v>
       </c>
       <c r="C243" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D243" t="s">
         <v>67</v>
       </c>
       <c r="E243" t="s">
         <v>345</v>
       </c>
       <c r="F243">
         <v>2</v>
       </c>
       <c r="G243"/>
       <c r="H243" t="s">
         <v>2271</v>
       </c>
       <c r="I243">
         <v>2025</v>
       </c>
       <c r="J243" t="s">
         <v>2272</v>
       </c>
       <c r="K243" t="s">
         <v>2273</v>
       </c>
       <c r="L243" t="s">
         <v>2274</v>
@@ -37912,78 +38000,78 @@
       <c r="R244" t="s">
         <v>102</v>
       </c>
       <c r="S244"/>
       <c r="T244" t="s">
         <v>2286</v>
       </c>
       <c r="U244" t="s">
         <v>2203</v>
       </c>
       <c r="V244" t="s">
         <v>50</v>
       </c>
       <c r="W244" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="245" spans="1:122">
       <c r="A245" t="s">
         <v>2288</v>
       </c>
       <c r="B245" t="s">
         <v>1244</v>
       </c>
       <c r="C245" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
       <c r="F245">
         <v>1</v>
       </c>
       <c r="G245">
         <v>40470489</v>
       </c>
       <c r="H245" t="s">
         <v>2289</v>
       </c>
       <c r="I245">
         <v>2025</v>
       </c>
       <c r="J245" t="s">
         <v>2290</v>
       </c>
       <c r="K245" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L245" t="s">
         <v>1605</v>
-      </c>
-[...1 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="M245"/>
       <c r="N245" t="s">
         <v>2291</v>
       </c>
       <c r="O245"/>
       <c r="P245"/>
       <c r="Q245">
         <v>16</v>
       </c>
       <c r="R245" t="s">
         <v>2292</v>
       </c>
       <c r="S245"/>
       <c r="T245" t="s">
         <v>2293</v>
       </c>
       <c r="U245" t="s">
         <v>2294</v>
       </c>
       <c r="V245" t="s">
         <v>2295</v>
       </c>
       <c r="W245" t="s">
         <v>2296</v>
@@ -38061,78 +38149,78 @@
       <c r="B247" t="s">
         <v>80</v>
       </c>
       <c r="C247" t="s">
         <v>254</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
       <c r="F247">
         <v>1</v>
       </c>
       <c r="G247">
         <v>40562742</v>
       </c>
       <c r="H247" t="s">
         <v>2306</v>
       </c>
       <c r="I247">
         <v>2025</v>
       </c>
       <c r="J247" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="K247" t="s">
         <v>112</v>
       </c>
       <c r="L247" t="s">
         <v>113</v>
       </c>
       <c r="M247"/>
       <c r="N247" t="s">
         <v>2307</v>
       </c>
       <c r="O247"/>
       <c r="P247">
         <v>1</v>
       </c>
       <c r="Q247">
         <v>16</v>
       </c>
       <c r="R247" t="s">
         <v>115</v>
       </c>
       <c r="S247"/>
       <c r="T247" t="s">
         <v>2308</v>
       </c>
       <c r="U247" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="V247" t="s">
         <v>178</v>
       </c>
       <c r="W247" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="248" spans="1:122">
       <c r="A248" t="s">
         <v>2310</v>
       </c>
       <c r="B248" t="s">
         <v>549</v>
       </c>
       <c r="C248" t="s">
         <v>66</v>
       </c>
       <c r="D248" t="s">
         <v>67</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="F248">
@@ -38220,51 +38308,51 @@
       </c>
       <c r="L249" t="s">
         <v>302</v>
       </c>
       <c r="M249" t="s">
         <v>303</v>
       </c>
       <c r="N249" t="s">
         <v>2321</v>
       </c>
       <c r="O249"/>
       <c r="P249">
         <v>9</v>
       </c>
       <c r="Q249">
         <v>222</v>
       </c>
       <c r="R249" t="s">
         <v>305</v>
       </c>
       <c r="S249"/>
       <c r="T249" t="s">
         <v>2322</v>
       </c>
       <c r="U249" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
       <c r="V249" t="s">
         <v>36</v>
       </c>
       <c r="W249" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="250" spans="1:122">
       <c r="A250" t="s">
         <v>2324</v>
       </c>
       <c r="B250" t="s">
         <v>716</v>
       </c>
       <c r="C250" t="s">
         <v>717</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>345</v>
       </c>
       <c r="F250">
@@ -38299,105 +38387,105 @@
       <c r="Q250">
         <v>0</v>
       </c>
       <c r="R250" t="s">
         <v>2006</v>
       </c>
       <c r="S250"/>
       <c r="T250" t="s">
         <v>2328</v>
       </c>
       <c r="U250" t="s">
         <v>2329</v>
       </c>
       <c r="V250" t="s">
         <v>1070</v>
       </c>
       <c r="W250" t="s">
         <v>2330</v>
       </c>
     </row>
     <row r="251" spans="1:122">
       <c r="A251" t="s">
         <v>2331</v>
       </c>
       <c r="B251" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="C251" t="s">
         <v>427</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
       <c r="F251">
         <v>1</v>
       </c>
       <c r="G251">
         <v>40662776</v>
       </c>
       <c r="H251" t="s">
         <v>2332</v>
       </c>
       <c r="I251">
         <v>2025</v>
       </c>
       <c r="J251" t="s">
         <v>2333</v>
       </c>
       <c r="K251" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="L251" t="s">
-        <v>1892</v>
+        <v>1891</v>
       </c>
       <c r="M251"/>
       <c r="N251" t="s">
         <v>2334</v>
       </c>
       <c r="O251" t="s">
         <v>2335</v>
       </c>
       <c r="P251" t="s">
         <v>2336</v>
       </c>
       <c r="Q251">
         <v>41</v>
       </c>
       <c r="R251"/>
       <c r="S251"/>
       <c r="T251" t="s">
         <v>2337</v>
       </c>
       <c r="U251" t="s">
         <v>2338</v>
       </c>
       <c r="V251" t="s">
-        <v>1908</v>
+        <v>1907</v>
       </c>
       <c r="W251" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="252" spans="1:122">
       <c r="A252" t="s">
         <v>2340</v>
       </c>
       <c r="B252" t="s">
         <v>1211</v>
       </c>
       <c r="C252" t="s">
         <v>277</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
       <c r="F252">
         <v>1</v>
       </c>
       <c r="G252">
@@ -38413,68 +38501,68 @@
         <v>2342</v>
       </c>
       <c r="K252" t="s">
         <v>2343</v>
       </c>
       <c r="L252" t="s">
         <v>2344</v>
       </c>
       <c r="M252"/>
       <c r="N252" t="s">
         <v>2345</v>
       </c>
       <c r="O252"/>
       <c r="P252"/>
       <c r="Q252">
         <v>0</v>
       </c>
       <c r="R252" t="s">
         <v>2343</v>
       </c>
       <c r="S252"/>
       <c r="T252" t="s">
         <v>2346</v>
       </c>
       <c r="U252" t="s">
+        <v>1785</v>
+      </c>
+      <c r="V252" t="s">
         <v>1786</v>
-      </c>
-[...1 lines deleted...]
-        <v>1787</v>
       </c>
       <c r="W252" t="s">
         <v>2347</v>
       </c>
     </row>
     <row r="253" spans="1:122">
       <c r="A253" t="s">
         <v>2348</v>
       </c>
       <c r="B253" t="s">
         <v>1244</v>
       </c>
       <c r="C253" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>345</v>
       </c>
       <c r="F253">
         <v>2</v>
       </c>
       <c r="G253">
         <v>40969774</v>
       </c>
       <c r="H253" t="s">
         <v>2349</v>
       </c>
       <c r="I253">
         <v>2025</v>
       </c>
       <c r="J253" t="s">
         <v>2350</v>
       </c>
       <c r="K253" t="s">
         <v>2351</v>
       </c>
@@ -38548,50 +38636,306 @@
         <v>2364</v>
       </c>
       <c r="N254" t="s">
         <v>2365</v>
       </c>
       <c r="O254"/>
       <c r="P254"/>
       <c r="Q254">
         <v>0</v>
       </c>
       <c r="R254" t="s">
         <v>2366</v>
       </c>
       <c r="S254"/>
       <c r="T254" t="s">
         <v>2367</v>
       </c>
       <c r="U254" t="s">
         <v>2368</v>
       </c>
       <c r="V254" t="s">
         <v>2369</v>
       </c>
       <c r="W254" t="s">
         <v>2370</v>
+      </c>
+    </row>
+    <row r="255" spans="1:122">
+      <c r="A255" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B255" t="s">
+        <v>39</v>
+      </c>
+      <c r="C255" t="s">
+        <v>40</v>
+      </c>
+      <c r="D255" t="s">
+        <v>26</v>
+      </c>
+      <c r="E255" t="s">
+        <v>27</v>
+      </c>
+      <c r="F255">
+        <v>1</v>
+      </c>
+      <c r="G255">
+        <v>40957896</v>
+      </c>
+      <c r="H255" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I255">
+        <v>2025</v>
+      </c>
+      <c r="J255" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K255" t="s">
+        <v>112</v>
+      </c>
+      <c r="L255" t="s">
+        <v>113</v>
+      </c>
+      <c r="M255"/>
+      <c r="N255" t="s">
+        <v>2374</v>
+      </c>
+      <c r="O255"/>
+      <c r="P255">
+        <v>1</v>
+      </c>
+      <c r="Q255">
+        <v>16</v>
+      </c>
+      <c r="R255" t="s">
+        <v>115</v>
+      </c>
+      <c r="S255"/>
+      <c r="T255" t="s">
+        <v>2375</v>
+      </c>
+      <c r="U255" t="s">
+        <v>2376</v>
+      </c>
+      <c r="V255" t="s">
+        <v>50</v>
+      </c>
+      <c r="W255" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="256" spans="1:122">
+      <c r="A256" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B256" t="s">
+        <v>134</v>
+      </c>
+      <c r="C256"/>
+      <c r="D256" t="s">
+        <v>67</v>
+      </c>
+      <c r="E256" t="s">
+        <v>27</v>
+      </c>
+      <c r="F256">
+        <v>2</v>
+      </c>
+      <c r="G256">
+        <v>40972969</v>
+      </c>
+      <c r="H256" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I256">
+        <v>2025</v>
+      </c>
+      <c r="J256" t="s">
+        <v>2380</v>
+      </c>
+      <c r="K256" t="s">
+        <v>2381</v>
+      </c>
+      <c r="L256" t="s">
+        <v>2382</v>
+      </c>
+      <c r="M256"/>
+      <c r="N256" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O256">
+        <v>100903</v>
+      </c>
+      <c r="P256"/>
+      <c r="Q256">
+        <v>0</v>
+      </c>
+      <c r="R256" t="s">
+        <v>2381</v>
+      </c>
+      <c r="S256"/>
+      <c r="T256" t="s">
+        <v>2384</v>
+      </c>
+      <c r="U256" t="s">
+        <v>2385</v>
+      </c>
+      <c r="V256" t="s">
+        <v>295</v>
+      </c>
+      <c r="W256" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="257" spans="1:122">
+      <c r="A257" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B257" t="s">
+        <v>39</v>
+      </c>
+      <c r="C257" t="s">
+        <v>40</v>
+      </c>
+      <c r="D257" t="s">
+        <v>67</v>
+      </c>
+      <c r="E257" t="s">
+        <v>27</v>
+      </c>
+      <c r="F257">
+        <v>2</v>
+      </c>
+      <c r="G257">
+        <v>41028570</v>
+      </c>
+      <c r="H257" t="s">
+        <v>2388</v>
+      </c>
+      <c r="I257">
+        <v>2025</v>
+      </c>
+      <c r="J257" t="s">
+        <v>2389</v>
+      </c>
+      <c r="K257" t="s">
+        <v>43</v>
+      </c>
+      <c r="L257" t="s">
+        <v>44</v>
+      </c>
+      <c r="M257"/>
+      <c r="N257" t="s">
+        <v>2390</v>
+      </c>
+      <c r="O257"/>
+      <c r="P257"/>
+      <c r="Q257">
+        <v>0</v>
+      </c>
+      <c r="R257" t="s">
+        <v>616</v>
+      </c>
+      <c r="S257"/>
+      <c r="T257" t="s">
+        <v>2391</v>
+      </c>
+      <c r="U257" t="s">
+        <v>250</v>
+      </c>
+      <c r="V257" t="s">
+        <v>50</v>
+      </c>
+      <c r="W257" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="258" spans="1:122">
+      <c r="A258" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C258" t="s">
+        <v>254</v>
+      </c>
+      <c r="D258" t="s">
+        <v>67</v>
+      </c>
+      <c r="E258" t="s">
+        <v>27</v>
+      </c>
+      <c r="F258">
+        <v>2</v>
+      </c>
+      <c r="G258">
+        <v>41032626</v>
+      </c>
+      <c r="H258" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I258">
+        <v>2025</v>
+      </c>
+      <c r="J258" t="s">
+        <v>2395</v>
+      </c>
+      <c r="K258" t="s">
+        <v>700</v>
+      </c>
+      <c r="L258" t="s">
+        <v>701</v>
+      </c>
+      <c r="M258"/>
+      <c r="N258" t="s">
+        <v>2396</v>
+      </c>
+      <c r="O258"/>
+      <c r="P258">
+        <v>818</v>
+      </c>
+      <c r="Q258">
+        <v>17</v>
+      </c>
+      <c r="R258" t="s">
+        <v>2397</v>
+      </c>
+      <c r="S258"/>
+      <c r="T258" t="s">
+        <v>2398</v>
+      </c>
+      <c r="U258" t="s">
+        <v>2399</v>
+      </c>
+      <c r="V258" t="s">
+        <v>166</v>
+      </c>
+      <c r="W258" t="s">
+        <v>2400</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="X1:CU1"/>
     <mergeCell ref="CV1:DP1"/>
     <mergeCell ref="DQ1:DQ1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_16"/>
@@ -38810,2909 +39154,2913 @@
     <hyperlink ref="A230" r:id="rId_hyperlink_229"/>
     <hyperlink ref="A231" r:id="rId_hyperlink_230"/>
     <hyperlink ref="A232" r:id="rId_hyperlink_231"/>
     <hyperlink ref="A233" r:id="rId_hyperlink_232"/>
     <hyperlink ref="A234" r:id="rId_hyperlink_233"/>
     <hyperlink ref="A235" r:id="rId_hyperlink_234"/>
     <hyperlink ref="A236" r:id="rId_hyperlink_235"/>
     <hyperlink ref="A237" r:id="rId_hyperlink_236"/>
     <hyperlink ref="A238" r:id="rId_hyperlink_237"/>
     <hyperlink ref="A239" r:id="rId_hyperlink_238"/>
     <hyperlink ref="A240" r:id="rId_hyperlink_239"/>
     <hyperlink ref="A241" r:id="rId_hyperlink_240"/>
     <hyperlink ref="A242" r:id="rId_hyperlink_241"/>
     <hyperlink ref="A243" r:id="rId_hyperlink_242"/>
     <hyperlink ref="A244" r:id="rId_hyperlink_243"/>
     <hyperlink ref="A245" r:id="rId_hyperlink_244"/>
     <hyperlink ref="A246" r:id="rId_hyperlink_245"/>
     <hyperlink ref="A247" r:id="rId_hyperlink_246"/>
     <hyperlink ref="A248" r:id="rId_hyperlink_247"/>
     <hyperlink ref="A249" r:id="rId_hyperlink_248"/>
     <hyperlink ref="A250" r:id="rId_hyperlink_249"/>
     <hyperlink ref="A251" r:id="rId_hyperlink_250"/>
     <hyperlink ref="A252" r:id="rId_hyperlink_251"/>
     <hyperlink ref="A253" r:id="rId_hyperlink_252"/>
     <hyperlink ref="A254" r:id="rId_hyperlink_253"/>
-    <hyperlink ref="X2" r:id="rId_hyperlink_254"/>
-[...2857 lines deleted...]
-    <hyperlink ref="X158" r:id="rId_hyperlink_3112"/>
+    <hyperlink ref="A255" r:id="rId_hyperlink_254"/>
+    <hyperlink ref="A256" r:id="rId_hyperlink_255"/>
+    <hyperlink ref="A257" r:id="rId_hyperlink_256"/>
+    <hyperlink ref="A258" r:id="rId_hyperlink_257"/>
+    <hyperlink ref="X2" r:id="rId_hyperlink_258"/>
+    <hyperlink ref="Y2" r:id="rId_hyperlink_259"/>
+    <hyperlink ref="Z2" r:id="rId_hyperlink_260"/>
+    <hyperlink ref="AA2" r:id="rId_hyperlink_261"/>
+    <hyperlink ref="AB2" r:id="rId_hyperlink_262"/>
+    <hyperlink ref="AC2" r:id="rId_hyperlink_263"/>
+    <hyperlink ref="AD2" r:id="rId_hyperlink_264"/>
+    <hyperlink ref="AE2" r:id="rId_hyperlink_265"/>
+    <hyperlink ref="AF2" r:id="rId_hyperlink_266"/>
+    <hyperlink ref="AG2" r:id="rId_hyperlink_267"/>
+    <hyperlink ref="AH2" r:id="rId_hyperlink_268"/>
+    <hyperlink ref="AI2" r:id="rId_hyperlink_269"/>
+    <hyperlink ref="AJ2" r:id="rId_hyperlink_270"/>
+    <hyperlink ref="AK2" r:id="rId_hyperlink_271"/>
+    <hyperlink ref="AL2" r:id="rId_hyperlink_272"/>
+    <hyperlink ref="AM2" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="AN2" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="AO2" r:id="rId_hyperlink_275"/>
+    <hyperlink ref="X3" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="Y3" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="Z3" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="AA3" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="AB3" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="AC3" r:id="rId_hyperlink_281"/>
+    <hyperlink ref="AD3" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="AE3" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="AF3" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="AG3" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="AH3" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="AI3" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="AJ3" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="AK3" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="AL3" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="AM3" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="AN3" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="X4" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="Y4" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="Z4" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="AA4" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="AB4" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="AC4" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="AD4" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="AE4" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="AF4" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="AG4" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="AH4" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="AI4" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="AJ4" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="AK4" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="AL4" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="AM4" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="AN4" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="AO4" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="AP4" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="X5" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="Y5" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="Z5" r:id="rId_hyperlink_314"/>
+    <hyperlink ref="AA5" r:id="rId_hyperlink_315"/>
+    <hyperlink ref="AB5" r:id="rId_hyperlink_316"/>
+    <hyperlink ref="AC5" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="AD5" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="AE5" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="AF5" r:id="rId_hyperlink_320"/>
+    <hyperlink ref="AG5" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="AH5" r:id="rId_hyperlink_322"/>
+    <hyperlink ref="AI5" r:id="rId_hyperlink_323"/>
+    <hyperlink ref="AJ5" r:id="rId_hyperlink_324"/>
+    <hyperlink ref="AK5" r:id="rId_hyperlink_325"/>
+    <hyperlink ref="AL5" r:id="rId_hyperlink_326"/>
+    <hyperlink ref="AM5" r:id="rId_hyperlink_327"/>
+    <hyperlink ref="AN5" r:id="rId_hyperlink_328"/>
+    <hyperlink ref="AO5" r:id="rId_hyperlink_329"/>
+    <hyperlink ref="AP5" r:id="rId_hyperlink_330"/>
+    <hyperlink ref="AQ5" r:id="rId_hyperlink_331"/>
+    <hyperlink ref="AR5" r:id="rId_hyperlink_332"/>
+    <hyperlink ref="AS5" r:id="rId_hyperlink_333"/>
+    <hyperlink ref="AT5" r:id="rId_hyperlink_334"/>
+    <hyperlink ref="AU5" r:id="rId_hyperlink_335"/>
+    <hyperlink ref="AV5" r:id="rId_hyperlink_336"/>
+    <hyperlink ref="AW5" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="AX5" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="AY5" r:id="rId_hyperlink_339"/>
+    <hyperlink ref="AZ5" r:id="rId_hyperlink_340"/>
+    <hyperlink ref="BA5" r:id="rId_hyperlink_341"/>
+    <hyperlink ref="BB5" r:id="rId_hyperlink_342"/>
+    <hyperlink ref="BC5" r:id="rId_hyperlink_343"/>
+    <hyperlink ref="BD5" r:id="rId_hyperlink_344"/>
+    <hyperlink ref="BE5" r:id="rId_hyperlink_345"/>
+    <hyperlink ref="BF5" r:id="rId_hyperlink_346"/>
+    <hyperlink ref="BG5" r:id="rId_hyperlink_347"/>
+    <hyperlink ref="BH5" r:id="rId_hyperlink_348"/>
+    <hyperlink ref="BI5" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="BJ5" r:id="rId_hyperlink_350"/>
+    <hyperlink ref="BK5" r:id="rId_hyperlink_351"/>
+    <hyperlink ref="BL5" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="BM5" r:id="rId_hyperlink_353"/>
+    <hyperlink ref="BN5" r:id="rId_hyperlink_354"/>
+    <hyperlink ref="BO5" r:id="rId_hyperlink_355"/>
+    <hyperlink ref="BP5" r:id="rId_hyperlink_356"/>
+    <hyperlink ref="BQ5" r:id="rId_hyperlink_357"/>
+    <hyperlink ref="BR5" r:id="rId_hyperlink_358"/>
+    <hyperlink ref="BS5" r:id="rId_hyperlink_359"/>
+    <hyperlink ref="BT5" r:id="rId_hyperlink_360"/>
+    <hyperlink ref="BU5" r:id="rId_hyperlink_361"/>
+    <hyperlink ref="BV5" r:id="rId_hyperlink_362"/>
+    <hyperlink ref="BW5" r:id="rId_hyperlink_363"/>
+    <hyperlink ref="BX5" r:id="rId_hyperlink_364"/>
+    <hyperlink ref="BY5" r:id="rId_hyperlink_365"/>
+    <hyperlink ref="BZ5" r:id="rId_hyperlink_366"/>
+    <hyperlink ref="CA5" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="CB5" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="CC5" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="CD5" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="CE5" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="CF5" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="CG5" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="CH5" r:id="rId_hyperlink_374"/>
+    <hyperlink ref="CI5" r:id="rId_hyperlink_375"/>
+    <hyperlink ref="CJ5" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="CK5" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="CL5" r:id="rId_hyperlink_378"/>
+    <hyperlink ref="CM5" r:id="rId_hyperlink_379"/>
+    <hyperlink ref="CN5" r:id="rId_hyperlink_380"/>
+    <hyperlink ref="CO5" r:id="rId_hyperlink_381"/>
+    <hyperlink ref="CP5" r:id="rId_hyperlink_382"/>
+    <hyperlink ref="CQ5" r:id="rId_hyperlink_383"/>
+    <hyperlink ref="CR5" r:id="rId_hyperlink_384"/>
+    <hyperlink ref="CS5" r:id="rId_hyperlink_385"/>
+    <hyperlink ref="CT5" r:id="rId_hyperlink_386"/>
+    <hyperlink ref="CU5" r:id="rId_hyperlink_387"/>
+    <hyperlink ref="X6" r:id="rId_hyperlink_388"/>
+    <hyperlink ref="Y6" r:id="rId_hyperlink_389"/>
+    <hyperlink ref="Z6" r:id="rId_hyperlink_390"/>
+    <hyperlink ref="AA6" r:id="rId_hyperlink_391"/>
+    <hyperlink ref="AB6" r:id="rId_hyperlink_392"/>
+    <hyperlink ref="AC6" r:id="rId_hyperlink_393"/>
+    <hyperlink ref="AD6" r:id="rId_hyperlink_394"/>
+    <hyperlink ref="AE6" r:id="rId_hyperlink_395"/>
+    <hyperlink ref="AF6" r:id="rId_hyperlink_396"/>
+    <hyperlink ref="AG6" r:id="rId_hyperlink_397"/>
+    <hyperlink ref="AH6" r:id="rId_hyperlink_398"/>
+    <hyperlink ref="AI6" r:id="rId_hyperlink_399"/>
+    <hyperlink ref="AJ6" r:id="rId_hyperlink_400"/>
+    <hyperlink ref="AK6" r:id="rId_hyperlink_401"/>
+    <hyperlink ref="AL6" r:id="rId_hyperlink_402"/>
+    <hyperlink ref="AM6" r:id="rId_hyperlink_403"/>
+    <hyperlink ref="AN6" r:id="rId_hyperlink_404"/>
+    <hyperlink ref="AO6" r:id="rId_hyperlink_405"/>
+    <hyperlink ref="AP6" r:id="rId_hyperlink_406"/>
+    <hyperlink ref="AQ6" r:id="rId_hyperlink_407"/>
+    <hyperlink ref="AR6" r:id="rId_hyperlink_408"/>
+    <hyperlink ref="AS6" r:id="rId_hyperlink_409"/>
+    <hyperlink ref="AT6" r:id="rId_hyperlink_410"/>
+    <hyperlink ref="AU6" r:id="rId_hyperlink_411"/>
+    <hyperlink ref="AV6" r:id="rId_hyperlink_412"/>
+    <hyperlink ref="X7" r:id="rId_hyperlink_413"/>
+    <hyperlink ref="Y7" r:id="rId_hyperlink_414"/>
+    <hyperlink ref="Z7" r:id="rId_hyperlink_415"/>
+    <hyperlink ref="AA7" r:id="rId_hyperlink_416"/>
+    <hyperlink ref="AB7" r:id="rId_hyperlink_417"/>
+    <hyperlink ref="AC7" r:id="rId_hyperlink_418"/>
+    <hyperlink ref="AD7" r:id="rId_hyperlink_419"/>
+    <hyperlink ref="AE7" r:id="rId_hyperlink_420"/>
+    <hyperlink ref="AF7" r:id="rId_hyperlink_421"/>
+    <hyperlink ref="AG7" r:id="rId_hyperlink_422"/>
+    <hyperlink ref="AH7" r:id="rId_hyperlink_423"/>
+    <hyperlink ref="AI7" r:id="rId_hyperlink_424"/>
+    <hyperlink ref="X8" r:id="rId_hyperlink_425"/>
+    <hyperlink ref="Y8" r:id="rId_hyperlink_426"/>
+    <hyperlink ref="Z8" r:id="rId_hyperlink_427"/>
+    <hyperlink ref="AA8" r:id="rId_hyperlink_428"/>
+    <hyperlink ref="AB8" r:id="rId_hyperlink_429"/>
+    <hyperlink ref="AC8" r:id="rId_hyperlink_430"/>
+    <hyperlink ref="AD8" r:id="rId_hyperlink_431"/>
+    <hyperlink ref="AE8" r:id="rId_hyperlink_432"/>
+    <hyperlink ref="AF8" r:id="rId_hyperlink_433"/>
+    <hyperlink ref="AG8" r:id="rId_hyperlink_434"/>
+    <hyperlink ref="AH8" r:id="rId_hyperlink_435"/>
+    <hyperlink ref="AI8" r:id="rId_hyperlink_436"/>
+    <hyperlink ref="AJ8" r:id="rId_hyperlink_437"/>
+    <hyperlink ref="AK8" r:id="rId_hyperlink_438"/>
+    <hyperlink ref="AL8" r:id="rId_hyperlink_439"/>
+    <hyperlink ref="AM8" r:id="rId_hyperlink_440"/>
+    <hyperlink ref="AN8" r:id="rId_hyperlink_441"/>
+    <hyperlink ref="AO8" r:id="rId_hyperlink_442"/>
+    <hyperlink ref="AP8" r:id="rId_hyperlink_443"/>
+    <hyperlink ref="AQ8" r:id="rId_hyperlink_444"/>
+    <hyperlink ref="AR8" r:id="rId_hyperlink_445"/>
+    <hyperlink ref="AS8" r:id="rId_hyperlink_446"/>
+    <hyperlink ref="X9" r:id="rId_hyperlink_447"/>
+    <hyperlink ref="Y9" r:id="rId_hyperlink_448"/>
+    <hyperlink ref="Z9" r:id="rId_hyperlink_449"/>
+    <hyperlink ref="AA9" r:id="rId_hyperlink_450"/>
+    <hyperlink ref="AB9" r:id="rId_hyperlink_451"/>
+    <hyperlink ref="AC9" r:id="rId_hyperlink_452"/>
+    <hyperlink ref="AD9" r:id="rId_hyperlink_453"/>
+    <hyperlink ref="AE9" r:id="rId_hyperlink_454"/>
+    <hyperlink ref="AF9" r:id="rId_hyperlink_455"/>
+    <hyperlink ref="AG9" r:id="rId_hyperlink_456"/>
+    <hyperlink ref="AH9" r:id="rId_hyperlink_457"/>
+    <hyperlink ref="AI9" r:id="rId_hyperlink_458"/>
+    <hyperlink ref="AJ9" r:id="rId_hyperlink_459"/>
+    <hyperlink ref="AK9" r:id="rId_hyperlink_460"/>
+    <hyperlink ref="AL9" r:id="rId_hyperlink_461"/>
+    <hyperlink ref="AM9" r:id="rId_hyperlink_462"/>
+    <hyperlink ref="AN9" r:id="rId_hyperlink_463"/>
+    <hyperlink ref="AO9" r:id="rId_hyperlink_464"/>
+    <hyperlink ref="AP9" r:id="rId_hyperlink_465"/>
+    <hyperlink ref="AQ9" r:id="rId_hyperlink_466"/>
+    <hyperlink ref="AR9" r:id="rId_hyperlink_467"/>
+    <hyperlink ref="AS9" r:id="rId_hyperlink_468"/>
+    <hyperlink ref="AT9" r:id="rId_hyperlink_469"/>
+    <hyperlink ref="AU9" r:id="rId_hyperlink_470"/>
+    <hyperlink ref="AV9" r:id="rId_hyperlink_471"/>
+    <hyperlink ref="AW9" r:id="rId_hyperlink_472"/>
+    <hyperlink ref="AX9" r:id="rId_hyperlink_473"/>
+    <hyperlink ref="AY9" r:id="rId_hyperlink_474"/>
+    <hyperlink ref="AZ9" r:id="rId_hyperlink_475"/>
+    <hyperlink ref="BA9" r:id="rId_hyperlink_476"/>
+    <hyperlink ref="BB9" r:id="rId_hyperlink_477"/>
+    <hyperlink ref="BC9" r:id="rId_hyperlink_478"/>
+    <hyperlink ref="BD9" r:id="rId_hyperlink_479"/>
+    <hyperlink ref="BE9" r:id="rId_hyperlink_480"/>
+    <hyperlink ref="BF9" r:id="rId_hyperlink_481"/>
+    <hyperlink ref="BG9" r:id="rId_hyperlink_482"/>
+    <hyperlink ref="BH9" r:id="rId_hyperlink_483"/>
+    <hyperlink ref="BI9" r:id="rId_hyperlink_484"/>
+    <hyperlink ref="BJ9" r:id="rId_hyperlink_485"/>
+    <hyperlink ref="BK9" r:id="rId_hyperlink_486"/>
+    <hyperlink ref="BL9" r:id="rId_hyperlink_487"/>
+    <hyperlink ref="BM9" r:id="rId_hyperlink_488"/>
+    <hyperlink ref="BN9" r:id="rId_hyperlink_489"/>
+    <hyperlink ref="BO9" r:id="rId_hyperlink_490"/>
+    <hyperlink ref="BP9" r:id="rId_hyperlink_491"/>
+    <hyperlink ref="BQ9" r:id="rId_hyperlink_492"/>
+    <hyperlink ref="BR9" r:id="rId_hyperlink_493"/>
+    <hyperlink ref="BS9" r:id="rId_hyperlink_494"/>
+    <hyperlink ref="BT9" r:id="rId_hyperlink_495"/>
+    <hyperlink ref="BU9" r:id="rId_hyperlink_496"/>
+    <hyperlink ref="BV9" r:id="rId_hyperlink_497"/>
+    <hyperlink ref="BW9" r:id="rId_hyperlink_498"/>
+    <hyperlink ref="BX9" r:id="rId_hyperlink_499"/>
+    <hyperlink ref="BY9" r:id="rId_hyperlink_500"/>
+    <hyperlink ref="X10" r:id="rId_hyperlink_501"/>
+    <hyperlink ref="Y10" r:id="rId_hyperlink_502"/>
+    <hyperlink ref="Z10" r:id="rId_hyperlink_503"/>
+    <hyperlink ref="AA10" r:id="rId_hyperlink_504"/>
+    <hyperlink ref="AB10" r:id="rId_hyperlink_505"/>
+    <hyperlink ref="AC10" r:id="rId_hyperlink_506"/>
+    <hyperlink ref="AD10" r:id="rId_hyperlink_507"/>
+    <hyperlink ref="AE10" r:id="rId_hyperlink_508"/>
+    <hyperlink ref="AF10" r:id="rId_hyperlink_509"/>
+    <hyperlink ref="AG10" r:id="rId_hyperlink_510"/>
+    <hyperlink ref="AH10" r:id="rId_hyperlink_511"/>
+    <hyperlink ref="AI10" r:id="rId_hyperlink_512"/>
+    <hyperlink ref="AJ10" r:id="rId_hyperlink_513"/>
+    <hyperlink ref="AK10" r:id="rId_hyperlink_514"/>
+    <hyperlink ref="AL10" r:id="rId_hyperlink_515"/>
+    <hyperlink ref="AM10" r:id="rId_hyperlink_516"/>
+    <hyperlink ref="AN10" r:id="rId_hyperlink_517"/>
+    <hyperlink ref="AO10" r:id="rId_hyperlink_518"/>
+    <hyperlink ref="AP10" r:id="rId_hyperlink_519"/>
+    <hyperlink ref="AQ10" r:id="rId_hyperlink_520"/>
+    <hyperlink ref="AR10" r:id="rId_hyperlink_521"/>
+    <hyperlink ref="AS10" r:id="rId_hyperlink_522"/>
+    <hyperlink ref="AT10" r:id="rId_hyperlink_523"/>
+    <hyperlink ref="AU10" r:id="rId_hyperlink_524"/>
+    <hyperlink ref="AV10" r:id="rId_hyperlink_525"/>
+    <hyperlink ref="AW10" r:id="rId_hyperlink_526"/>
+    <hyperlink ref="AX10" r:id="rId_hyperlink_527"/>
+    <hyperlink ref="AY10" r:id="rId_hyperlink_528"/>
+    <hyperlink ref="AZ10" r:id="rId_hyperlink_529"/>
+    <hyperlink ref="BA10" r:id="rId_hyperlink_530"/>
+    <hyperlink ref="BB10" r:id="rId_hyperlink_531"/>
+    <hyperlink ref="BC10" r:id="rId_hyperlink_532"/>
+    <hyperlink ref="BD10" r:id="rId_hyperlink_533"/>
+    <hyperlink ref="BE10" r:id="rId_hyperlink_534"/>
+    <hyperlink ref="X11" r:id="rId_hyperlink_535"/>
+    <hyperlink ref="Y11" r:id="rId_hyperlink_536"/>
+    <hyperlink ref="Z11" r:id="rId_hyperlink_537"/>
+    <hyperlink ref="AA11" r:id="rId_hyperlink_538"/>
+    <hyperlink ref="AB11" r:id="rId_hyperlink_539"/>
+    <hyperlink ref="AC11" r:id="rId_hyperlink_540"/>
+    <hyperlink ref="AD11" r:id="rId_hyperlink_541"/>
+    <hyperlink ref="AE11" r:id="rId_hyperlink_542"/>
+    <hyperlink ref="AF11" r:id="rId_hyperlink_543"/>
+    <hyperlink ref="AG11" r:id="rId_hyperlink_544"/>
+    <hyperlink ref="AH11" r:id="rId_hyperlink_545"/>
+    <hyperlink ref="AI11" r:id="rId_hyperlink_546"/>
+    <hyperlink ref="AJ11" r:id="rId_hyperlink_547"/>
+    <hyperlink ref="AK11" r:id="rId_hyperlink_548"/>
+    <hyperlink ref="AL11" r:id="rId_hyperlink_549"/>
+    <hyperlink ref="AM11" r:id="rId_hyperlink_550"/>
+    <hyperlink ref="AN11" r:id="rId_hyperlink_551"/>
+    <hyperlink ref="AO11" r:id="rId_hyperlink_552"/>
+    <hyperlink ref="AP11" r:id="rId_hyperlink_553"/>
+    <hyperlink ref="AQ11" r:id="rId_hyperlink_554"/>
+    <hyperlink ref="AR11" r:id="rId_hyperlink_555"/>
+    <hyperlink ref="AS11" r:id="rId_hyperlink_556"/>
+    <hyperlink ref="AT11" r:id="rId_hyperlink_557"/>
+    <hyperlink ref="AU11" r:id="rId_hyperlink_558"/>
+    <hyperlink ref="AV11" r:id="rId_hyperlink_559"/>
+    <hyperlink ref="AW11" r:id="rId_hyperlink_560"/>
+    <hyperlink ref="AX11" r:id="rId_hyperlink_561"/>
+    <hyperlink ref="AY11" r:id="rId_hyperlink_562"/>
+    <hyperlink ref="AZ11" r:id="rId_hyperlink_563"/>
+    <hyperlink ref="BA11" r:id="rId_hyperlink_564"/>
+    <hyperlink ref="BB11" r:id="rId_hyperlink_565"/>
+    <hyperlink ref="BC11" r:id="rId_hyperlink_566"/>
+    <hyperlink ref="BD11" r:id="rId_hyperlink_567"/>
+    <hyperlink ref="BE11" r:id="rId_hyperlink_568"/>
+    <hyperlink ref="BF11" r:id="rId_hyperlink_569"/>
+    <hyperlink ref="BG11" r:id="rId_hyperlink_570"/>
+    <hyperlink ref="BH11" r:id="rId_hyperlink_571"/>
+    <hyperlink ref="BI11" r:id="rId_hyperlink_572"/>
+    <hyperlink ref="BJ11" r:id="rId_hyperlink_573"/>
+    <hyperlink ref="BK11" r:id="rId_hyperlink_574"/>
+    <hyperlink ref="BL11" r:id="rId_hyperlink_575"/>
+    <hyperlink ref="BM11" r:id="rId_hyperlink_576"/>
+    <hyperlink ref="BN11" r:id="rId_hyperlink_577"/>
+    <hyperlink ref="BO11" r:id="rId_hyperlink_578"/>
+    <hyperlink ref="BP11" r:id="rId_hyperlink_579"/>
+    <hyperlink ref="BQ11" r:id="rId_hyperlink_580"/>
+    <hyperlink ref="BR11" r:id="rId_hyperlink_581"/>
+    <hyperlink ref="BS11" r:id="rId_hyperlink_582"/>
+    <hyperlink ref="BT11" r:id="rId_hyperlink_583"/>
+    <hyperlink ref="BU11" r:id="rId_hyperlink_584"/>
+    <hyperlink ref="BV11" r:id="rId_hyperlink_585"/>
+    <hyperlink ref="X12" r:id="rId_hyperlink_586"/>
+    <hyperlink ref="Y12" r:id="rId_hyperlink_587"/>
+    <hyperlink ref="Z12" r:id="rId_hyperlink_588"/>
+    <hyperlink ref="AA12" r:id="rId_hyperlink_589"/>
+    <hyperlink ref="AB12" r:id="rId_hyperlink_590"/>
+    <hyperlink ref="AC12" r:id="rId_hyperlink_591"/>
+    <hyperlink ref="AD12" r:id="rId_hyperlink_592"/>
+    <hyperlink ref="AE12" r:id="rId_hyperlink_593"/>
+    <hyperlink ref="AF12" r:id="rId_hyperlink_594"/>
+    <hyperlink ref="AG12" r:id="rId_hyperlink_595"/>
+    <hyperlink ref="AH12" r:id="rId_hyperlink_596"/>
+    <hyperlink ref="AI12" r:id="rId_hyperlink_597"/>
+    <hyperlink ref="AJ12" r:id="rId_hyperlink_598"/>
+    <hyperlink ref="AK12" r:id="rId_hyperlink_599"/>
+    <hyperlink ref="AL12" r:id="rId_hyperlink_600"/>
+    <hyperlink ref="AM12" r:id="rId_hyperlink_601"/>
+    <hyperlink ref="AN12" r:id="rId_hyperlink_602"/>
+    <hyperlink ref="AO12" r:id="rId_hyperlink_603"/>
+    <hyperlink ref="AP12" r:id="rId_hyperlink_604"/>
+    <hyperlink ref="AQ12" r:id="rId_hyperlink_605"/>
+    <hyperlink ref="AR12" r:id="rId_hyperlink_606"/>
+    <hyperlink ref="AS12" r:id="rId_hyperlink_607"/>
+    <hyperlink ref="AT12" r:id="rId_hyperlink_608"/>
+    <hyperlink ref="AU12" r:id="rId_hyperlink_609"/>
+    <hyperlink ref="AV12" r:id="rId_hyperlink_610"/>
+    <hyperlink ref="AW12" r:id="rId_hyperlink_611"/>
+    <hyperlink ref="AX12" r:id="rId_hyperlink_612"/>
+    <hyperlink ref="AY12" r:id="rId_hyperlink_613"/>
+    <hyperlink ref="AZ12" r:id="rId_hyperlink_614"/>
+    <hyperlink ref="BA12" r:id="rId_hyperlink_615"/>
+    <hyperlink ref="BB12" r:id="rId_hyperlink_616"/>
+    <hyperlink ref="BC12" r:id="rId_hyperlink_617"/>
+    <hyperlink ref="BD12" r:id="rId_hyperlink_618"/>
+    <hyperlink ref="BE12" r:id="rId_hyperlink_619"/>
+    <hyperlink ref="BF12" r:id="rId_hyperlink_620"/>
+    <hyperlink ref="BG12" r:id="rId_hyperlink_621"/>
+    <hyperlink ref="BH12" r:id="rId_hyperlink_622"/>
+    <hyperlink ref="BI12" r:id="rId_hyperlink_623"/>
+    <hyperlink ref="BJ12" r:id="rId_hyperlink_624"/>
+    <hyperlink ref="BK12" r:id="rId_hyperlink_625"/>
+    <hyperlink ref="BL12" r:id="rId_hyperlink_626"/>
+    <hyperlink ref="BM12" r:id="rId_hyperlink_627"/>
+    <hyperlink ref="BN12" r:id="rId_hyperlink_628"/>
+    <hyperlink ref="BO12" r:id="rId_hyperlink_629"/>
+    <hyperlink ref="BP12" r:id="rId_hyperlink_630"/>
+    <hyperlink ref="BQ12" r:id="rId_hyperlink_631"/>
+    <hyperlink ref="BR12" r:id="rId_hyperlink_632"/>
+    <hyperlink ref="BS12" r:id="rId_hyperlink_633"/>
+    <hyperlink ref="BT12" r:id="rId_hyperlink_634"/>
+    <hyperlink ref="X13" r:id="rId_hyperlink_635"/>
+    <hyperlink ref="Y13" r:id="rId_hyperlink_636"/>
+    <hyperlink ref="Z13" r:id="rId_hyperlink_637"/>
+    <hyperlink ref="AA13" r:id="rId_hyperlink_638"/>
+    <hyperlink ref="AB13" r:id="rId_hyperlink_639"/>
+    <hyperlink ref="AC13" r:id="rId_hyperlink_640"/>
+    <hyperlink ref="AD13" r:id="rId_hyperlink_641"/>
+    <hyperlink ref="AE13" r:id="rId_hyperlink_642"/>
+    <hyperlink ref="AF13" r:id="rId_hyperlink_643"/>
+    <hyperlink ref="AG13" r:id="rId_hyperlink_644"/>
+    <hyperlink ref="AH13" r:id="rId_hyperlink_645"/>
+    <hyperlink ref="AI13" r:id="rId_hyperlink_646"/>
+    <hyperlink ref="AJ13" r:id="rId_hyperlink_647"/>
+    <hyperlink ref="AK13" r:id="rId_hyperlink_648"/>
+    <hyperlink ref="AL13" r:id="rId_hyperlink_649"/>
+    <hyperlink ref="AM13" r:id="rId_hyperlink_650"/>
+    <hyperlink ref="AN13" r:id="rId_hyperlink_651"/>
+    <hyperlink ref="AO13" r:id="rId_hyperlink_652"/>
+    <hyperlink ref="AP13" r:id="rId_hyperlink_653"/>
+    <hyperlink ref="AQ13" r:id="rId_hyperlink_654"/>
+    <hyperlink ref="AR13" r:id="rId_hyperlink_655"/>
+    <hyperlink ref="AS13" r:id="rId_hyperlink_656"/>
+    <hyperlink ref="AT13" r:id="rId_hyperlink_657"/>
+    <hyperlink ref="AU13" r:id="rId_hyperlink_658"/>
+    <hyperlink ref="AV13" r:id="rId_hyperlink_659"/>
+    <hyperlink ref="AW13" r:id="rId_hyperlink_660"/>
+    <hyperlink ref="AX13" r:id="rId_hyperlink_661"/>
+    <hyperlink ref="AY13" r:id="rId_hyperlink_662"/>
+    <hyperlink ref="AZ13" r:id="rId_hyperlink_663"/>
+    <hyperlink ref="BA13" r:id="rId_hyperlink_664"/>
+    <hyperlink ref="BB13" r:id="rId_hyperlink_665"/>
+    <hyperlink ref="BC13" r:id="rId_hyperlink_666"/>
+    <hyperlink ref="BD13" r:id="rId_hyperlink_667"/>
+    <hyperlink ref="BE13" r:id="rId_hyperlink_668"/>
+    <hyperlink ref="BF13" r:id="rId_hyperlink_669"/>
+    <hyperlink ref="X14" r:id="rId_hyperlink_670"/>
+    <hyperlink ref="Y14" r:id="rId_hyperlink_671"/>
+    <hyperlink ref="Z14" r:id="rId_hyperlink_672"/>
+    <hyperlink ref="AA14" r:id="rId_hyperlink_673"/>
+    <hyperlink ref="AB14" r:id="rId_hyperlink_674"/>
+    <hyperlink ref="AC14" r:id="rId_hyperlink_675"/>
+    <hyperlink ref="AD14" r:id="rId_hyperlink_676"/>
+    <hyperlink ref="AE14" r:id="rId_hyperlink_677"/>
+    <hyperlink ref="AF14" r:id="rId_hyperlink_678"/>
+    <hyperlink ref="AG14" r:id="rId_hyperlink_679"/>
+    <hyperlink ref="AH14" r:id="rId_hyperlink_680"/>
+    <hyperlink ref="AI14" r:id="rId_hyperlink_681"/>
+    <hyperlink ref="AJ14" r:id="rId_hyperlink_682"/>
+    <hyperlink ref="AK14" r:id="rId_hyperlink_683"/>
+    <hyperlink ref="AL14" r:id="rId_hyperlink_684"/>
+    <hyperlink ref="AM14" r:id="rId_hyperlink_685"/>
+    <hyperlink ref="AN14" r:id="rId_hyperlink_686"/>
+    <hyperlink ref="AO14" r:id="rId_hyperlink_687"/>
+    <hyperlink ref="AP14" r:id="rId_hyperlink_688"/>
+    <hyperlink ref="AQ14" r:id="rId_hyperlink_689"/>
+    <hyperlink ref="AR14" r:id="rId_hyperlink_690"/>
+    <hyperlink ref="AS14" r:id="rId_hyperlink_691"/>
+    <hyperlink ref="AT14" r:id="rId_hyperlink_692"/>
+    <hyperlink ref="AU14" r:id="rId_hyperlink_693"/>
+    <hyperlink ref="AV14" r:id="rId_hyperlink_694"/>
+    <hyperlink ref="AW14" r:id="rId_hyperlink_695"/>
+    <hyperlink ref="AX14" r:id="rId_hyperlink_696"/>
+    <hyperlink ref="AY14" r:id="rId_hyperlink_697"/>
+    <hyperlink ref="AZ14" r:id="rId_hyperlink_698"/>
+    <hyperlink ref="BA14" r:id="rId_hyperlink_699"/>
+    <hyperlink ref="BB14" r:id="rId_hyperlink_700"/>
+    <hyperlink ref="BC14" r:id="rId_hyperlink_701"/>
+    <hyperlink ref="BD14" r:id="rId_hyperlink_702"/>
+    <hyperlink ref="X15" r:id="rId_hyperlink_703"/>
+    <hyperlink ref="Y15" r:id="rId_hyperlink_704"/>
+    <hyperlink ref="Z15" r:id="rId_hyperlink_705"/>
+    <hyperlink ref="AA15" r:id="rId_hyperlink_706"/>
+    <hyperlink ref="AB15" r:id="rId_hyperlink_707"/>
+    <hyperlink ref="AC15" r:id="rId_hyperlink_708"/>
+    <hyperlink ref="AD15" r:id="rId_hyperlink_709"/>
+    <hyperlink ref="AE15" r:id="rId_hyperlink_710"/>
+    <hyperlink ref="AF15" r:id="rId_hyperlink_711"/>
+    <hyperlink ref="AG15" r:id="rId_hyperlink_712"/>
+    <hyperlink ref="AH15" r:id="rId_hyperlink_713"/>
+    <hyperlink ref="AI15" r:id="rId_hyperlink_714"/>
+    <hyperlink ref="AJ15" r:id="rId_hyperlink_715"/>
+    <hyperlink ref="AK15" r:id="rId_hyperlink_716"/>
+    <hyperlink ref="AL15" r:id="rId_hyperlink_717"/>
+    <hyperlink ref="X16" r:id="rId_hyperlink_718"/>
+    <hyperlink ref="Y16" r:id="rId_hyperlink_719"/>
+    <hyperlink ref="Z16" r:id="rId_hyperlink_720"/>
+    <hyperlink ref="AA16" r:id="rId_hyperlink_721"/>
+    <hyperlink ref="AB16" r:id="rId_hyperlink_722"/>
+    <hyperlink ref="AC16" r:id="rId_hyperlink_723"/>
+    <hyperlink ref="AD16" r:id="rId_hyperlink_724"/>
+    <hyperlink ref="AE16" r:id="rId_hyperlink_725"/>
+    <hyperlink ref="AF16" r:id="rId_hyperlink_726"/>
+    <hyperlink ref="AG16" r:id="rId_hyperlink_727"/>
+    <hyperlink ref="AH16" r:id="rId_hyperlink_728"/>
+    <hyperlink ref="X17" r:id="rId_hyperlink_729"/>
+    <hyperlink ref="Y17" r:id="rId_hyperlink_730"/>
+    <hyperlink ref="Z17" r:id="rId_hyperlink_731"/>
+    <hyperlink ref="AA17" r:id="rId_hyperlink_732"/>
+    <hyperlink ref="AB17" r:id="rId_hyperlink_733"/>
+    <hyperlink ref="AC17" r:id="rId_hyperlink_734"/>
+    <hyperlink ref="AD17" r:id="rId_hyperlink_735"/>
+    <hyperlink ref="AE17" r:id="rId_hyperlink_736"/>
+    <hyperlink ref="AF17" r:id="rId_hyperlink_737"/>
+    <hyperlink ref="AG17" r:id="rId_hyperlink_738"/>
+    <hyperlink ref="AH17" r:id="rId_hyperlink_739"/>
+    <hyperlink ref="AI17" r:id="rId_hyperlink_740"/>
+    <hyperlink ref="X18" r:id="rId_hyperlink_741"/>
+    <hyperlink ref="Y18" r:id="rId_hyperlink_742"/>
+    <hyperlink ref="Z18" r:id="rId_hyperlink_743"/>
+    <hyperlink ref="AA18" r:id="rId_hyperlink_744"/>
+    <hyperlink ref="AB18" r:id="rId_hyperlink_745"/>
+    <hyperlink ref="AC18" r:id="rId_hyperlink_746"/>
+    <hyperlink ref="AD18" r:id="rId_hyperlink_747"/>
+    <hyperlink ref="AE18" r:id="rId_hyperlink_748"/>
+    <hyperlink ref="AF18" r:id="rId_hyperlink_749"/>
+    <hyperlink ref="AG18" r:id="rId_hyperlink_750"/>
+    <hyperlink ref="AH18" r:id="rId_hyperlink_751"/>
+    <hyperlink ref="AI18" r:id="rId_hyperlink_752"/>
+    <hyperlink ref="AJ18" r:id="rId_hyperlink_753"/>
+    <hyperlink ref="AK18" r:id="rId_hyperlink_754"/>
+    <hyperlink ref="AL18" r:id="rId_hyperlink_755"/>
+    <hyperlink ref="AM18" r:id="rId_hyperlink_756"/>
+    <hyperlink ref="AN18" r:id="rId_hyperlink_757"/>
+    <hyperlink ref="AO18" r:id="rId_hyperlink_758"/>
+    <hyperlink ref="AP18" r:id="rId_hyperlink_759"/>
+    <hyperlink ref="AQ18" r:id="rId_hyperlink_760"/>
+    <hyperlink ref="AR18" r:id="rId_hyperlink_761"/>
+    <hyperlink ref="AS18" r:id="rId_hyperlink_762"/>
+    <hyperlink ref="AT18" r:id="rId_hyperlink_763"/>
+    <hyperlink ref="AU18" r:id="rId_hyperlink_764"/>
+    <hyperlink ref="AV18" r:id="rId_hyperlink_765"/>
+    <hyperlink ref="AW18" r:id="rId_hyperlink_766"/>
+    <hyperlink ref="AX18" r:id="rId_hyperlink_767"/>
+    <hyperlink ref="AY18" r:id="rId_hyperlink_768"/>
+    <hyperlink ref="AZ18" r:id="rId_hyperlink_769"/>
+    <hyperlink ref="BA18" r:id="rId_hyperlink_770"/>
+    <hyperlink ref="X19" r:id="rId_hyperlink_771"/>
+    <hyperlink ref="Y19" r:id="rId_hyperlink_772"/>
+    <hyperlink ref="Z19" r:id="rId_hyperlink_773"/>
+    <hyperlink ref="AA19" r:id="rId_hyperlink_774"/>
+    <hyperlink ref="AB19" r:id="rId_hyperlink_775"/>
+    <hyperlink ref="AC19" r:id="rId_hyperlink_776"/>
+    <hyperlink ref="AD19" r:id="rId_hyperlink_777"/>
+    <hyperlink ref="AE19" r:id="rId_hyperlink_778"/>
+    <hyperlink ref="AF19" r:id="rId_hyperlink_779"/>
+    <hyperlink ref="AG19" r:id="rId_hyperlink_780"/>
+    <hyperlink ref="AH19" r:id="rId_hyperlink_781"/>
+    <hyperlink ref="AI19" r:id="rId_hyperlink_782"/>
+    <hyperlink ref="AJ19" r:id="rId_hyperlink_783"/>
+    <hyperlink ref="AK19" r:id="rId_hyperlink_784"/>
+    <hyperlink ref="AL19" r:id="rId_hyperlink_785"/>
+    <hyperlink ref="AM19" r:id="rId_hyperlink_786"/>
+    <hyperlink ref="AN19" r:id="rId_hyperlink_787"/>
+    <hyperlink ref="AO19" r:id="rId_hyperlink_788"/>
+    <hyperlink ref="AP19" r:id="rId_hyperlink_789"/>
+    <hyperlink ref="AQ19" r:id="rId_hyperlink_790"/>
+    <hyperlink ref="AR19" r:id="rId_hyperlink_791"/>
+    <hyperlink ref="X20" r:id="rId_hyperlink_792"/>
+    <hyperlink ref="Y20" r:id="rId_hyperlink_793"/>
+    <hyperlink ref="Z20" r:id="rId_hyperlink_794"/>
+    <hyperlink ref="AA20" r:id="rId_hyperlink_795"/>
+    <hyperlink ref="AB20" r:id="rId_hyperlink_796"/>
+    <hyperlink ref="AC20" r:id="rId_hyperlink_797"/>
+    <hyperlink ref="AD20" r:id="rId_hyperlink_798"/>
+    <hyperlink ref="AE20" r:id="rId_hyperlink_799"/>
+    <hyperlink ref="AF20" r:id="rId_hyperlink_800"/>
+    <hyperlink ref="AG20" r:id="rId_hyperlink_801"/>
+    <hyperlink ref="AH20" r:id="rId_hyperlink_802"/>
+    <hyperlink ref="AI20" r:id="rId_hyperlink_803"/>
+    <hyperlink ref="AJ20" r:id="rId_hyperlink_804"/>
+    <hyperlink ref="X21" r:id="rId_hyperlink_805"/>
+    <hyperlink ref="Y21" r:id="rId_hyperlink_806"/>
+    <hyperlink ref="Z21" r:id="rId_hyperlink_807"/>
+    <hyperlink ref="AA21" r:id="rId_hyperlink_808"/>
+    <hyperlink ref="AB21" r:id="rId_hyperlink_809"/>
+    <hyperlink ref="AC21" r:id="rId_hyperlink_810"/>
+    <hyperlink ref="AD21" r:id="rId_hyperlink_811"/>
+    <hyperlink ref="AE21" r:id="rId_hyperlink_812"/>
+    <hyperlink ref="AF21" r:id="rId_hyperlink_813"/>
+    <hyperlink ref="AG21" r:id="rId_hyperlink_814"/>
+    <hyperlink ref="AH21" r:id="rId_hyperlink_815"/>
+    <hyperlink ref="X22" r:id="rId_hyperlink_816"/>
+    <hyperlink ref="Y22" r:id="rId_hyperlink_817"/>
+    <hyperlink ref="Z22" r:id="rId_hyperlink_818"/>
+    <hyperlink ref="AA22" r:id="rId_hyperlink_819"/>
+    <hyperlink ref="AB22" r:id="rId_hyperlink_820"/>
+    <hyperlink ref="AC22" r:id="rId_hyperlink_821"/>
+    <hyperlink ref="AD22" r:id="rId_hyperlink_822"/>
+    <hyperlink ref="AE22" r:id="rId_hyperlink_823"/>
+    <hyperlink ref="AF22" r:id="rId_hyperlink_824"/>
+    <hyperlink ref="AG22" r:id="rId_hyperlink_825"/>
+    <hyperlink ref="AH22" r:id="rId_hyperlink_826"/>
+    <hyperlink ref="AI22" r:id="rId_hyperlink_827"/>
+    <hyperlink ref="AJ22" r:id="rId_hyperlink_828"/>
+    <hyperlink ref="AK22" r:id="rId_hyperlink_829"/>
+    <hyperlink ref="AL22" r:id="rId_hyperlink_830"/>
+    <hyperlink ref="AM22" r:id="rId_hyperlink_831"/>
+    <hyperlink ref="X23" r:id="rId_hyperlink_832"/>
+    <hyperlink ref="Y23" r:id="rId_hyperlink_833"/>
+    <hyperlink ref="Z23" r:id="rId_hyperlink_834"/>
+    <hyperlink ref="AA23" r:id="rId_hyperlink_835"/>
+    <hyperlink ref="AB23" r:id="rId_hyperlink_836"/>
+    <hyperlink ref="AC23" r:id="rId_hyperlink_837"/>
+    <hyperlink ref="AD23" r:id="rId_hyperlink_838"/>
+    <hyperlink ref="AE23" r:id="rId_hyperlink_839"/>
+    <hyperlink ref="AF23" r:id="rId_hyperlink_840"/>
+    <hyperlink ref="AG23" r:id="rId_hyperlink_841"/>
+    <hyperlink ref="AH23" r:id="rId_hyperlink_842"/>
+    <hyperlink ref="AI23" r:id="rId_hyperlink_843"/>
+    <hyperlink ref="AJ23" r:id="rId_hyperlink_844"/>
+    <hyperlink ref="AK23" r:id="rId_hyperlink_845"/>
+    <hyperlink ref="AL23" r:id="rId_hyperlink_846"/>
+    <hyperlink ref="AM23" r:id="rId_hyperlink_847"/>
+    <hyperlink ref="AN23" r:id="rId_hyperlink_848"/>
+    <hyperlink ref="AO23" r:id="rId_hyperlink_849"/>
+    <hyperlink ref="AP23" r:id="rId_hyperlink_850"/>
+    <hyperlink ref="AQ23" r:id="rId_hyperlink_851"/>
+    <hyperlink ref="AR23" r:id="rId_hyperlink_852"/>
+    <hyperlink ref="AS23" r:id="rId_hyperlink_853"/>
+    <hyperlink ref="X24" r:id="rId_hyperlink_854"/>
+    <hyperlink ref="Y24" r:id="rId_hyperlink_855"/>
+    <hyperlink ref="Z24" r:id="rId_hyperlink_856"/>
+    <hyperlink ref="AA24" r:id="rId_hyperlink_857"/>
+    <hyperlink ref="AB24" r:id="rId_hyperlink_858"/>
+    <hyperlink ref="AC24" r:id="rId_hyperlink_859"/>
+    <hyperlink ref="AD24" r:id="rId_hyperlink_860"/>
+    <hyperlink ref="AE24" r:id="rId_hyperlink_861"/>
+    <hyperlink ref="AF24" r:id="rId_hyperlink_862"/>
+    <hyperlink ref="AG24" r:id="rId_hyperlink_863"/>
+    <hyperlink ref="AH24" r:id="rId_hyperlink_864"/>
+    <hyperlink ref="AI24" r:id="rId_hyperlink_865"/>
+    <hyperlink ref="AJ24" r:id="rId_hyperlink_866"/>
+    <hyperlink ref="AK24" r:id="rId_hyperlink_867"/>
+    <hyperlink ref="AL24" r:id="rId_hyperlink_868"/>
+    <hyperlink ref="AM24" r:id="rId_hyperlink_869"/>
+    <hyperlink ref="AN24" r:id="rId_hyperlink_870"/>
+    <hyperlink ref="AO24" r:id="rId_hyperlink_871"/>
+    <hyperlink ref="AP24" r:id="rId_hyperlink_872"/>
+    <hyperlink ref="AQ24" r:id="rId_hyperlink_873"/>
+    <hyperlink ref="AR24" r:id="rId_hyperlink_874"/>
+    <hyperlink ref="AS24" r:id="rId_hyperlink_875"/>
+    <hyperlink ref="AT24" r:id="rId_hyperlink_876"/>
+    <hyperlink ref="AU24" r:id="rId_hyperlink_877"/>
+    <hyperlink ref="AV24" r:id="rId_hyperlink_878"/>
+    <hyperlink ref="AW24" r:id="rId_hyperlink_879"/>
+    <hyperlink ref="AX24" r:id="rId_hyperlink_880"/>
+    <hyperlink ref="AY24" r:id="rId_hyperlink_881"/>
+    <hyperlink ref="AZ24" r:id="rId_hyperlink_882"/>
+    <hyperlink ref="BA24" r:id="rId_hyperlink_883"/>
+    <hyperlink ref="BB24" r:id="rId_hyperlink_884"/>
+    <hyperlink ref="BC24" r:id="rId_hyperlink_885"/>
+    <hyperlink ref="BD24" r:id="rId_hyperlink_886"/>
+    <hyperlink ref="BE24" r:id="rId_hyperlink_887"/>
+    <hyperlink ref="BF24" r:id="rId_hyperlink_888"/>
+    <hyperlink ref="X25" r:id="rId_hyperlink_889"/>
+    <hyperlink ref="Y25" r:id="rId_hyperlink_890"/>
+    <hyperlink ref="Z25" r:id="rId_hyperlink_891"/>
+    <hyperlink ref="AA25" r:id="rId_hyperlink_892"/>
+    <hyperlink ref="AB25" r:id="rId_hyperlink_893"/>
+    <hyperlink ref="AC25" r:id="rId_hyperlink_894"/>
+    <hyperlink ref="AD25" r:id="rId_hyperlink_895"/>
+    <hyperlink ref="AE25" r:id="rId_hyperlink_896"/>
+    <hyperlink ref="AF25" r:id="rId_hyperlink_897"/>
+    <hyperlink ref="AG25" r:id="rId_hyperlink_898"/>
+    <hyperlink ref="AH25" r:id="rId_hyperlink_899"/>
+    <hyperlink ref="AI25" r:id="rId_hyperlink_900"/>
+    <hyperlink ref="AJ25" r:id="rId_hyperlink_901"/>
+    <hyperlink ref="AK25" r:id="rId_hyperlink_902"/>
+    <hyperlink ref="AL25" r:id="rId_hyperlink_903"/>
+    <hyperlink ref="AM25" r:id="rId_hyperlink_904"/>
+    <hyperlink ref="AN25" r:id="rId_hyperlink_905"/>
+    <hyperlink ref="AO25" r:id="rId_hyperlink_906"/>
+    <hyperlink ref="AP25" r:id="rId_hyperlink_907"/>
+    <hyperlink ref="AQ25" r:id="rId_hyperlink_908"/>
+    <hyperlink ref="AR25" r:id="rId_hyperlink_909"/>
+    <hyperlink ref="AS25" r:id="rId_hyperlink_910"/>
+    <hyperlink ref="AT25" r:id="rId_hyperlink_911"/>
+    <hyperlink ref="AU25" r:id="rId_hyperlink_912"/>
+    <hyperlink ref="AV25" r:id="rId_hyperlink_913"/>
+    <hyperlink ref="AW25" r:id="rId_hyperlink_914"/>
+    <hyperlink ref="X26" r:id="rId_hyperlink_915"/>
+    <hyperlink ref="Y26" r:id="rId_hyperlink_916"/>
+    <hyperlink ref="Z26" r:id="rId_hyperlink_917"/>
+    <hyperlink ref="AA26" r:id="rId_hyperlink_918"/>
+    <hyperlink ref="AB26" r:id="rId_hyperlink_919"/>
+    <hyperlink ref="AC26" r:id="rId_hyperlink_920"/>
+    <hyperlink ref="AD26" r:id="rId_hyperlink_921"/>
+    <hyperlink ref="AE26" r:id="rId_hyperlink_922"/>
+    <hyperlink ref="AF26" r:id="rId_hyperlink_923"/>
+    <hyperlink ref="AG26" r:id="rId_hyperlink_924"/>
+    <hyperlink ref="AH26" r:id="rId_hyperlink_925"/>
+    <hyperlink ref="AI26" r:id="rId_hyperlink_926"/>
+    <hyperlink ref="AJ26" r:id="rId_hyperlink_927"/>
+    <hyperlink ref="X27" r:id="rId_hyperlink_928"/>
+    <hyperlink ref="Y27" r:id="rId_hyperlink_929"/>
+    <hyperlink ref="Z27" r:id="rId_hyperlink_930"/>
+    <hyperlink ref="AA27" r:id="rId_hyperlink_931"/>
+    <hyperlink ref="AB27" r:id="rId_hyperlink_932"/>
+    <hyperlink ref="AC27" r:id="rId_hyperlink_933"/>
+    <hyperlink ref="AD27" r:id="rId_hyperlink_934"/>
+    <hyperlink ref="AE27" r:id="rId_hyperlink_935"/>
+    <hyperlink ref="AF27" r:id="rId_hyperlink_936"/>
+    <hyperlink ref="AG27" r:id="rId_hyperlink_937"/>
+    <hyperlink ref="AH27" r:id="rId_hyperlink_938"/>
+    <hyperlink ref="AI27" r:id="rId_hyperlink_939"/>
+    <hyperlink ref="AJ27" r:id="rId_hyperlink_940"/>
+    <hyperlink ref="AK27" r:id="rId_hyperlink_941"/>
+    <hyperlink ref="AL27" r:id="rId_hyperlink_942"/>
+    <hyperlink ref="AM27" r:id="rId_hyperlink_943"/>
+    <hyperlink ref="AN27" r:id="rId_hyperlink_944"/>
+    <hyperlink ref="AO27" r:id="rId_hyperlink_945"/>
+    <hyperlink ref="AP27" r:id="rId_hyperlink_946"/>
+    <hyperlink ref="AQ27" r:id="rId_hyperlink_947"/>
+    <hyperlink ref="AR27" r:id="rId_hyperlink_948"/>
+    <hyperlink ref="AS27" r:id="rId_hyperlink_949"/>
+    <hyperlink ref="AT27" r:id="rId_hyperlink_950"/>
+    <hyperlink ref="AU27" r:id="rId_hyperlink_951"/>
+    <hyperlink ref="AV27" r:id="rId_hyperlink_952"/>
+    <hyperlink ref="AW27" r:id="rId_hyperlink_953"/>
+    <hyperlink ref="AX27" r:id="rId_hyperlink_954"/>
+    <hyperlink ref="AY27" r:id="rId_hyperlink_955"/>
+    <hyperlink ref="X28" r:id="rId_hyperlink_956"/>
+    <hyperlink ref="Y28" r:id="rId_hyperlink_957"/>
+    <hyperlink ref="Z28" r:id="rId_hyperlink_958"/>
+    <hyperlink ref="AA28" r:id="rId_hyperlink_959"/>
+    <hyperlink ref="AB28" r:id="rId_hyperlink_960"/>
+    <hyperlink ref="AC28" r:id="rId_hyperlink_961"/>
+    <hyperlink ref="AD28" r:id="rId_hyperlink_962"/>
+    <hyperlink ref="AE28" r:id="rId_hyperlink_963"/>
+    <hyperlink ref="AF28" r:id="rId_hyperlink_964"/>
+    <hyperlink ref="AG28" r:id="rId_hyperlink_965"/>
+    <hyperlink ref="AH28" r:id="rId_hyperlink_966"/>
+    <hyperlink ref="AI28" r:id="rId_hyperlink_967"/>
+    <hyperlink ref="AJ28" r:id="rId_hyperlink_968"/>
+    <hyperlink ref="AK28" r:id="rId_hyperlink_969"/>
+    <hyperlink ref="AL28" r:id="rId_hyperlink_970"/>
+    <hyperlink ref="AM28" r:id="rId_hyperlink_971"/>
+    <hyperlink ref="AN28" r:id="rId_hyperlink_972"/>
+    <hyperlink ref="AO28" r:id="rId_hyperlink_973"/>
+    <hyperlink ref="X29" r:id="rId_hyperlink_974"/>
+    <hyperlink ref="Y29" r:id="rId_hyperlink_975"/>
+    <hyperlink ref="Z29" r:id="rId_hyperlink_976"/>
+    <hyperlink ref="AA29" r:id="rId_hyperlink_977"/>
+    <hyperlink ref="AB29" r:id="rId_hyperlink_978"/>
+    <hyperlink ref="AC29" r:id="rId_hyperlink_979"/>
+    <hyperlink ref="AD29" r:id="rId_hyperlink_980"/>
+    <hyperlink ref="AE29" r:id="rId_hyperlink_981"/>
+    <hyperlink ref="AF29" r:id="rId_hyperlink_982"/>
+    <hyperlink ref="AG29" r:id="rId_hyperlink_983"/>
+    <hyperlink ref="AH29" r:id="rId_hyperlink_984"/>
+    <hyperlink ref="AI29" r:id="rId_hyperlink_985"/>
+    <hyperlink ref="AJ29" r:id="rId_hyperlink_986"/>
+    <hyperlink ref="AK29" r:id="rId_hyperlink_987"/>
+    <hyperlink ref="AL29" r:id="rId_hyperlink_988"/>
+    <hyperlink ref="X30" r:id="rId_hyperlink_989"/>
+    <hyperlink ref="Y30" r:id="rId_hyperlink_990"/>
+    <hyperlink ref="Z30" r:id="rId_hyperlink_991"/>
+    <hyperlink ref="AA30" r:id="rId_hyperlink_992"/>
+    <hyperlink ref="AB30" r:id="rId_hyperlink_993"/>
+    <hyperlink ref="AC30" r:id="rId_hyperlink_994"/>
+    <hyperlink ref="AD30" r:id="rId_hyperlink_995"/>
+    <hyperlink ref="AE30" r:id="rId_hyperlink_996"/>
+    <hyperlink ref="AF30" r:id="rId_hyperlink_997"/>
+    <hyperlink ref="AG30" r:id="rId_hyperlink_998"/>
+    <hyperlink ref="AH30" r:id="rId_hyperlink_999"/>
+    <hyperlink ref="AI30" r:id="rId_hyperlink_1000"/>
+    <hyperlink ref="AJ30" r:id="rId_hyperlink_1001"/>
+    <hyperlink ref="X31" r:id="rId_hyperlink_1002"/>
+    <hyperlink ref="Y31" r:id="rId_hyperlink_1003"/>
+    <hyperlink ref="Z31" r:id="rId_hyperlink_1004"/>
+    <hyperlink ref="AA31" r:id="rId_hyperlink_1005"/>
+    <hyperlink ref="AB31" r:id="rId_hyperlink_1006"/>
+    <hyperlink ref="AC31" r:id="rId_hyperlink_1007"/>
+    <hyperlink ref="AD31" r:id="rId_hyperlink_1008"/>
+    <hyperlink ref="AE31" r:id="rId_hyperlink_1009"/>
+    <hyperlink ref="AF31" r:id="rId_hyperlink_1010"/>
+    <hyperlink ref="AG31" r:id="rId_hyperlink_1011"/>
+    <hyperlink ref="AH31" r:id="rId_hyperlink_1012"/>
+    <hyperlink ref="AI31" r:id="rId_hyperlink_1013"/>
+    <hyperlink ref="AJ31" r:id="rId_hyperlink_1014"/>
+    <hyperlink ref="AK31" r:id="rId_hyperlink_1015"/>
+    <hyperlink ref="AL31" r:id="rId_hyperlink_1016"/>
+    <hyperlink ref="AM31" r:id="rId_hyperlink_1017"/>
+    <hyperlink ref="AN31" r:id="rId_hyperlink_1018"/>
+    <hyperlink ref="AO31" r:id="rId_hyperlink_1019"/>
+    <hyperlink ref="AP31" r:id="rId_hyperlink_1020"/>
+    <hyperlink ref="AQ31" r:id="rId_hyperlink_1021"/>
+    <hyperlink ref="AR31" r:id="rId_hyperlink_1022"/>
+    <hyperlink ref="AS31" r:id="rId_hyperlink_1023"/>
+    <hyperlink ref="AT31" r:id="rId_hyperlink_1024"/>
+    <hyperlink ref="AU31" r:id="rId_hyperlink_1025"/>
+    <hyperlink ref="AV31" r:id="rId_hyperlink_1026"/>
+    <hyperlink ref="AW31" r:id="rId_hyperlink_1027"/>
+    <hyperlink ref="AX31" r:id="rId_hyperlink_1028"/>
+    <hyperlink ref="AY31" r:id="rId_hyperlink_1029"/>
+    <hyperlink ref="AZ31" r:id="rId_hyperlink_1030"/>
+    <hyperlink ref="X32" r:id="rId_hyperlink_1031"/>
+    <hyperlink ref="Y32" r:id="rId_hyperlink_1032"/>
+    <hyperlink ref="Z32" r:id="rId_hyperlink_1033"/>
+    <hyperlink ref="AA32" r:id="rId_hyperlink_1034"/>
+    <hyperlink ref="AB32" r:id="rId_hyperlink_1035"/>
+    <hyperlink ref="AC32" r:id="rId_hyperlink_1036"/>
+    <hyperlink ref="AD32" r:id="rId_hyperlink_1037"/>
+    <hyperlink ref="AE32" r:id="rId_hyperlink_1038"/>
+    <hyperlink ref="AF32" r:id="rId_hyperlink_1039"/>
+    <hyperlink ref="AG32" r:id="rId_hyperlink_1040"/>
+    <hyperlink ref="AH32" r:id="rId_hyperlink_1041"/>
+    <hyperlink ref="AI32" r:id="rId_hyperlink_1042"/>
+    <hyperlink ref="AJ32" r:id="rId_hyperlink_1043"/>
+    <hyperlink ref="AK32" r:id="rId_hyperlink_1044"/>
+    <hyperlink ref="AL32" r:id="rId_hyperlink_1045"/>
+    <hyperlink ref="AM32" r:id="rId_hyperlink_1046"/>
+    <hyperlink ref="X33" r:id="rId_hyperlink_1047"/>
+    <hyperlink ref="Y33" r:id="rId_hyperlink_1048"/>
+    <hyperlink ref="Z33" r:id="rId_hyperlink_1049"/>
+    <hyperlink ref="AA33" r:id="rId_hyperlink_1050"/>
+    <hyperlink ref="AB33" r:id="rId_hyperlink_1051"/>
+    <hyperlink ref="AC33" r:id="rId_hyperlink_1052"/>
+    <hyperlink ref="AD33" r:id="rId_hyperlink_1053"/>
+    <hyperlink ref="AE33" r:id="rId_hyperlink_1054"/>
+    <hyperlink ref="AF33" r:id="rId_hyperlink_1055"/>
+    <hyperlink ref="AG33" r:id="rId_hyperlink_1056"/>
+    <hyperlink ref="AH33" r:id="rId_hyperlink_1057"/>
+    <hyperlink ref="AI33" r:id="rId_hyperlink_1058"/>
+    <hyperlink ref="AJ33" r:id="rId_hyperlink_1059"/>
+    <hyperlink ref="AK33" r:id="rId_hyperlink_1060"/>
+    <hyperlink ref="X34" r:id="rId_hyperlink_1061"/>
+    <hyperlink ref="Y34" r:id="rId_hyperlink_1062"/>
+    <hyperlink ref="Z34" r:id="rId_hyperlink_1063"/>
+    <hyperlink ref="AA34" r:id="rId_hyperlink_1064"/>
+    <hyperlink ref="AB34" r:id="rId_hyperlink_1065"/>
+    <hyperlink ref="AC34" r:id="rId_hyperlink_1066"/>
+    <hyperlink ref="AD34" r:id="rId_hyperlink_1067"/>
+    <hyperlink ref="AE34" r:id="rId_hyperlink_1068"/>
+    <hyperlink ref="AF34" r:id="rId_hyperlink_1069"/>
+    <hyperlink ref="AG34" r:id="rId_hyperlink_1070"/>
+    <hyperlink ref="AH34" r:id="rId_hyperlink_1071"/>
+    <hyperlink ref="AI34" r:id="rId_hyperlink_1072"/>
+    <hyperlink ref="AJ34" r:id="rId_hyperlink_1073"/>
+    <hyperlink ref="AK34" r:id="rId_hyperlink_1074"/>
+    <hyperlink ref="AL34" r:id="rId_hyperlink_1075"/>
+    <hyperlink ref="AM34" r:id="rId_hyperlink_1076"/>
+    <hyperlink ref="AN34" r:id="rId_hyperlink_1077"/>
+    <hyperlink ref="AO34" r:id="rId_hyperlink_1078"/>
+    <hyperlink ref="AP34" r:id="rId_hyperlink_1079"/>
+    <hyperlink ref="AQ34" r:id="rId_hyperlink_1080"/>
+    <hyperlink ref="AR34" r:id="rId_hyperlink_1081"/>
+    <hyperlink ref="AS34" r:id="rId_hyperlink_1082"/>
+    <hyperlink ref="X35" r:id="rId_hyperlink_1083"/>
+    <hyperlink ref="Y35" r:id="rId_hyperlink_1084"/>
+    <hyperlink ref="Z35" r:id="rId_hyperlink_1085"/>
+    <hyperlink ref="AA35" r:id="rId_hyperlink_1086"/>
+    <hyperlink ref="AB35" r:id="rId_hyperlink_1087"/>
+    <hyperlink ref="AC35" r:id="rId_hyperlink_1088"/>
+    <hyperlink ref="AD35" r:id="rId_hyperlink_1089"/>
+    <hyperlink ref="AE35" r:id="rId_hyperlink_1090"/>
+    <hyperlink ref="AF35" r:id="rId_hyperlink_1091"/>
+    <hyperlink ref="AG35" r:id="rId_hyperlink_1092"/>
+    <hyperlink ref="AH35" r:id="rId_hyperlink_1093"/>
+    <hyperlink ref="AI35" r:id="rId_hyperlink_1094"/>
+    <hyperlink ref="AJ35" r:id="rId_hyperlink_1095"/>
+    <hyperlink ref="AK35" r:id="rId_hyperlink_1096"/>
+    <hyperlink ref="AL35" r:id="rId_hyperlink_1097"/>
+    <hyperlink ref="AM35" r:id="rId_hyperlink_1098"/>
+    <hyperlink ref="AN35" r:id="rId_hyperlink_1099"/>
+    <hyperlink ref="AO35" r:id="rId_hyperlink_1100"/>
+    <hyperlink ref="AP35" r:id="rId_hyperlink_1101"/>
+    <hyperlink ref="AQ35" r:id="rId_hyperlink_1102"/>
+    <hyperlink ref="AR35" r:id="rId_hyperlink_1103"/>
+    <hyperlink ref="AS35" r:id="rId_hyperlink_1104"/>
+    <hyperlink ref="AT35" r:id="rId_hyperlink_1105"/>
+    <hyperlink ref="AU35" r:id="rId_hyperlink_1106"/>
+    <hyperlink ref="AV35" r:id="rId_hyperlink_1107"/>
+    <hyperlink ref="AW35" r:id="rId_hyperlink_1108"/>
+    <hyperlink ref="AX35" r:id="rId_hyperlink_1109"/>
+    <hyperlink ref="AY35" r:id="rId_hyperlink_1110"/>
+    <hyperlink ref="AZ35" r:id="rId_hyperlink_1111"/>
+    <hyperlink ref="BA35" r:id="rId_hyperlink_1112"/>
+    <hyperlink ref="X36" r:id="rId_hyperlink_1113"/>
+    <hyperlink ref="Y36" r:id="rId_hyperlink_1114"/>
+    <hyperlink ref="Z36" r:id="rId_hyperlink_1115"/>
+    <hyperlink ref="AA36" r:id="rId_hyperlink_1116"/>
+    <hyperlink ref="AB36" r:id="rId_hyperlink_1117"/>
+    <hyperlink ref="AC36" r:id="rId_hyperlink_1118"/>
+    <hyperlink ref="AD36" r:id="rId_hyperlink_1119"/>
+    <hyperlink ref="AE36" r:id="rId_hyperlink_1120"/>
+    <hyperlink ref="AF36" r:id="rId_hyperlink_1121"/>
+    <hyperlink ref="AG36" r:id="rId_hyperlink_1122"/>
+    <hyperlink ref="AH36" r:id="rId_hyperlink_1123"/>
+    <hyperlink ref="AI36" r:id="rId_hyperlink_1124"/>
+    <hyperlink ref="AJ36" r:id="rId_hyperlink_1125"/>
+    <hyperlink ref="X37" r:id="rId_hyperlink_1126"/>
+    <hyperlink ref="Y37" r:id="rId_hyperlink_1127"/>
+    <hyperlink ref="Z37" r:id="rId_hyperlink_1128"/>
+    <hyperlink ref="AA37" r:id="rId_hyperlink_1129"/>
+    <hyperlink ref="AB37" r:id="rId_hyperlink_1130"/>
+    <hyperlink ref="AC37" r:id="rId_hyperlink_1131"/>
+    <hyperlink ref="AD37" r:id="rId_hyperlink_1132"/>
+    <hyperlink ref="AE37" r:id="rId_hyperlink_1133"/>
+    <hyperlink ref="AF37" r:id="rId_hyperlink_1134"/>
+    <hyperlink ref="AG37" r:id="rId_hyperlink_1135"/>
+    <hyperlink ref="AH37" r:id="rId_hyperlink_1136"/>
+    <hyperlink ref="AI37" r:id="rId_hyperlink_1137"/>
+    <hyperlink ref="AJ37" r:id="rId_hyperlink_1138"/>
+    <hyperlink ref="AK37" r:id="rId_hyperlink_1139"/>
+    <hyperlink ref="AL37" r:id="rId_hyperlink_1140"/>
+    <hyperlink ref="AM37" r:id="rId_hyperlink_1141"/>
+    <hyperlink ref="AN37" r:id="rId_hyperlink_1142"/>
+    <hyperlink ref="AO37" r:id="rId_hyperlink_1143"/>
+    <hyperlink ref="AP37" r:id="rId_hyperlink_1144"/>
+    <hyperlink ref="AQ37" r:id="rId_hyperlink_1145"/>
+    <hyperlink ref="X38" r:id="rId_hyperlink_1146"/>
+    <hyperlink ref="Y38" r:id="rId_hyperlink_1147"/>
+    <hyperlink ref="Z38" r:id="rId_hyperlink_1148"/>
+    <hyperlink ref="AA38" r:id="rId_hyperlink_1149"/>
+    <hyperlink ref="AB38" r:id="rId_hyperlink_1150"/>
+    <hyperlink ref="X39" r:id="rId_hyperlink_1151"/>
+    <hyperlink ref="Y39" r:id="rId_hyperlink_1152"/>
+    <hyperlink ref="Z39" r:id="rId_hyperlink_1153"/>
+    <hyperlink ref="AA39" r:id="rId_hyperlink_1154"/>
+    <hyperlink ref="AB39" r:id="rId_hyperlink_1155"/>
+    <hyperlink ref="AC39" r:id="rId_hyperlink_1156"/>
+    <hyperlink ref="AD39" r:id="rId_hyperlink_1157"/>
+    <hyperlink ref="AE39" r:id="rId_hyperlink_1158"/>
+    <hyperlink ref="AF39" r:id="rId_hyperlink_1159"/>
+    <hyperlink ref="AG39" r:id="rId_hyperlink_1160"/>
+    <hyperlink ref="AH39" r:id="rId_hyperlink_1161"/>
+    <hyperlink ref="AI39" r:id="rId_hyperlink_1162"/>
+    <hyperlink ref="AJ39" r:id="rId_hyperlink_1163"/>
+    <hyperlink ref="X40" r:id="rId_hyperlink_1164"/>
+    <hyperlink ref="Y40" r:id="rId_hyperlink_1165"/>
+    <hyperlink ref="Z40" r:id="rId_hyperlink_1166"/>
+    <hyperlink ref="AA40" r:id="rId_hyperlink_1167"/>
+    <hyperlink ref="AB40" r:id="rId_hyperlink_1168"/>
+    <hyperlink ref="AC40" r:id="rId_hyperlink_1169"/>
+    <hyperlink ref="AD40" r:id="rId_hyperlink_1170"/>
+    <hyperlink ref="AE40" r:id="rId_hyperlink_1171"/>
+    <hyperlink ref="AF40" r:id="rId_hyperlink_1172"/>
+    <hyperlink ref="AG40" r:id="rId_hyperlink_1173"/>
+    <hyperlink ref="AH40" r:id="rId_hyperlink_1174"/>
+    <hyperlink ref="AI40" r:id="rId_hyperlink_1175"/>
+    <hyperlink ref="AJ40" r:id="rId_hyperlink_1176"/>
+    <hyperlink ref="AK40" r:id="rId_hyperlink_1177"/>
+    <hyperlink ref="AL40" r:id="rId_hyperlink_1178"/>
+    <hyperlink ref="AM40" r:id="rId_hyperlink_1179"/>
+    <hyperlink ref="AN40" r:id="rId_hyperlink_1180"/>
+    <hyperlink ref="AO40" r:id="rId_hyperlink_1181"/>
+    <hyperlink ref="AP40" r:id="rId_hyperlink_1182"/>
+    <hyperlink ref="AQ40" r:id="rId_hyperlink_1183"/>
+    <hyperlink ref="AR40" r:id="rId_hyperlink_1184"/>
+    <hyperlink ref="AS40" r:id="rId_hyperlink_1185"/>
+    <hyperlink ref="AT40" r:id="rId_hyperlink_1186"/>
+    <hyperlink ref="AU40" r:id="rId_hyperlink_1187"/>
+    <hyperlink ref="X41" r:id="rId_hyperlink_1188"/>
+    <hyperlink ref="Y41" r:id="rId_hyperlink_1189"/>
+    <hyperlink ref="Z41" r:id="rId_hyperlink_1190"/>
+    <hyperlink ref="AA41" r:id="rId_hyperlink_1191"/>
+    <hyperlink ref="AB41" r:id="rId_hyperlink_1192"/>
+    <hyperlink ref="AC41" r:id="rId_hyperlink_1193"/>
+    <hyperlink ref="AD41" r:id="rId_hyperlink_1194"/>
+    <hyperlink ref="AE41" r:id="rId_hyperlink_1195"/>
+    <hyperlink ref="AF41" r:id="rId_hyperlink_1196"/>
+    <hyperlink ref="AG41" r:id="rId_hyperlink_1197"/>
+    <hyperlink ref="AH41" r:id="rId_hyperlink_1198"/>
+    <hyperlink ref="AI41" r:id="rId_hyperlink_1199"/>
+    <hyperlink ref="AJ41" r:id="rId_hyperlink_1200"/>
+    <hyperlink ref="AK41" r:id="rId_hyperlink_1201"/>
+    <hyperlink ref="X42" r:id="rId_hyperlink_1202"/>
+    <hyperlink ref="Y42" r:id="rId_hyperlink_1203"/>
+    <hyperlink ref="Z42" r:id="rId_hyperlink_1204"/>
+    <hyperlink ref="AA42" r:id="rId_hyperlink_1205"/>
+    <hyperlink ref="AB42" r:id="rId_hyperlink_1206"/>
+    <hyperlink ref="AC42" r:id="rId_hyperlink_1207"/>
+    <hyperlink ref="AD42" r:id="rId_hyperlink_1208"/>
+    <hyperlink ref="AE42" r:id="rId_hyperlink_1209"/>
+    <hyperlink ref="AF42" r:id="rId_hyperlink_1210"/>
+    <hyperlink ref="AG42" r:id="rId_hyperlink_1211"/>
+    <hyperlink ref="AH42" r:id="rId_hyperlink_1212"/>
+    <hyperlink ref="AI42" r:id="rId_hyperlink_1213"/>
+    <hyperlink ref="AJ42" r:id="rId_hyperlink_1214"/>
+    <hyperlink ref="AK42" r:id="rId_hyperlink_1215"/>
+    <hyperlink ref="AL42" r:id="rId_hyperlink_1216"/>
+    <hyperlink ref="AM42" r:id="rId_hyperlink_1217"/>
+    <hyperlink ref="AN42" r:id="rId_hyperlink_1218"/>
+    <hyperlink ref="AO42" r:id="rId_hyperlink_1219"/>
+    <hyperlink ref="AP42" r:id="rId_hyperlink_1220"/>
+    <hyperlink ref="AQ42" r:id="rId_hyperlink_1221"/>
+    <hyperlink ref="AR42" r:id="rId_hyperlink_1222"/>
+    <hyperlink ref="AS42" r:id="rId_hyperlink_1223"/>
+    <hyperlink ref="AT42" r:id="rId_hyperlink_1224"/>
+    <hyperlink ref="AU42" r:id="rId_hyperlink_1225"/>
+    <hyperlink ref="AV42" r:id="rId_hyperlink_1226"/>
+    <hyperlink ref="AW42" r:id="rId_hyperlink_1227"/>
+    <hyperlink ref="AX42" r:id="rId_hyperlink_1228"/>
+    <hyperlink ref="AY42" r:id="rId_hyperlink_1229"/>
+    <hyperlink ref="AZ42" r:id="rId_hyperlink_1230"/>
+    <hyperlink ref="BA42" r:id="rId_hyperlink_1231"/>
+    <hyperlink ref="BB42" r:id="rId_hyperlink_1232"/>
+    <hyperlink ref="BC42" r:id="rId_hyperlink_1233"/>
+    <hyperlink ref="BD42" r:id="rId_hyperlink_1234"/>
+    <hyperlink ref="BE42" r:id="rId_hyperlink_1235"/>
+    <hyperlink ref="BF42" r:id="rId_hyperlink_1236"/>
+    <hyperlink ref="BG42" r:id="rId_hyperlink_1237"/>
+    <hyperlink ref="X43" r:id="rId_hyperlink_1238"/>
+    <hyperlink ref="Y43" r:id="rId_hyperlink_1239"/>
+    <hyperlink ref="Z43" r:id="rId_hyperlink_1240"/>
+    <hyperlink ref="AA43" r:id="rId_hyperlink_1241"/>
+    <hyperlink ref="AB43" r:id="rId_hyperlink_1242"/>
+    <hyperlink ref="AC43" r:id="rId_hyperlink_1243"/>
+    <hyperlink ref="AD43" r:id="rId_hyperlink_1244"/>
+    <hyperlink ref="AE43" r:id="rId_hyperlink_1245"/>
+    <hyperlink ref="AF43" r:id="rId_hyperlink_1246"/>
+    <hyperlink ref="AG43" r:id="rId_hyperlink_1247"/>
+    <hyperlink ref="AH43" r:id="rId_hyperlink_1248"/>
+    <hyperlink ref="AI43" r:id="rId_hyperlink_1249"/>
+    <hyperlink ref="X44" r:id="rId_hyperlink_1250"/>
+    <hyperlink ref="Y44" r:id="rId_hyperlink_1251"/>
+    <hyperlink ref="Z44" r:id="rId_hyperlink_1252"/>
+    <hyperlink ref="AA44" r:id="rId_hyperlink_1253"/>
+    <hyperlink ref="AB44" r:id="rId_hyperlink_1254"/>
+    <hyperlink ref="AC44" r:id="rId_hyperlink_1255"/>
+    <hyperlink ref="AD44" r:id="rId_hyperlink_1256"/>
+    <hyperlink ref="AE44" r:id="rId_hyperlink_1257"/>
+    <hyperlink ref="AF44" r:id="rId_hyperlink_1258"/>
+    <hyperlink ref="AG44" r:id="rId_hyperlink_1259"/>
+    <hyperlink ref="AH44" r:id="rId_hyperlink_1260"/>
+    <hyperlink ref="AI44" r:id="rId_hyperlink_1261"/>
+    <hyperlink ref="AJ44" r:id="rId_hyperlink_1262"/>
+    <hyperlink ref="AK44" r:id="rId_hyperlink_1263"/>
+    <hyperlink ref="AL44" r:id="rId_hyperlink_1264"/>
+    <hyperlink ref="X45" r:id="rId_hyperlink_1265"/>
+    <hyperlink ref="Y45" r:id="rId_hyperlink_1266"/>
+    <hyperlink ref="Z45" r:id="rId_hyperlink_1267"/>
+    <hyperlink ref="AA45" r:id="rId_hyperlink_1268"/>
+    <hyperlink ref="AB45" r:id="rId_hyperlink_1269"/>
+    <hyperlink ref="AC45" r:id="rId_hyperlink_1270"/>
+    <hyperlink ref="AD45" r:id="rId_hyperlink_1271"/>
+    <hyperlink ref="AE45" r:id="rId_hyperlink_1272"/>
+    <hyperlink ref="AF45" r:id="rId_hyperlink_1273"/>
+    <hyperlink ref="AG45" r:id="rId_hyperlink_1274"/>
+    <hyperlink ref="AH45" r:id="rId_hyperlink_1275"/>
+    <hyperlink ref="AI45" r:id="rId_hyperlink_1276"/>
+    <hyperlink ref="AJ45" r:id="rId_hyperlink_1277"/>
+    <hyperlink ref="AK45" r:id="rId_hyperlink_1278"/>
+    <hyperlink ref="AL45" r:id="rId_hyperlink_1279"/>
+    <hyperlink ref="AM45" r:id="rId_hyperlink_1280"/>
+    <hyperlink ref="AN45" r:id="rId_hyperlink_1281"/>
+    <hyperlink ref="AO45" r:id="rId_hyperlink_1282"/>
+    <hyperlink ref="AP45" r:id="rId_hyperlink_1283"/>
+    <hyperlink ref="AQ45" r:id="rId_hyperlink_1284"/>
+    <hyperlink ref="AR45" r:id="rId_hyperlink_1285"/>
+    <hyperlink ref="AS45" r:id="rId_hyperlink_1286"/>
+    <hyperlink ref="AT45" r:id="rId_hyperlink_1287"/>
+    <hyperlink ref="AU45" r:id="rId_hyperlink_1288"/>
+    <hyperlink ref="AV45" r:id="rId_hyperlink_1289"/>
+    <hyperlink ref="AW45" r:id="rId_hyperlink_1290"/>
+    <hyperlink ref="AX45" r:id="rId_hyperlink_1291"/>
+    <hyperlink ref="AY45" r:id="rId_hyperlink_1292"/>
+    <hyperlink ref="AZ45" r:id="rId_hyperlink_1293"/>
+    <hyperlink ref="BA45" r:id="rId_hyperlink_1294"/>
+    <hyperlink ref="BB45" r:id="rId_hyperlink_1295"/>
+    <hyperlink ref="BC45" r:id="rId_hyperlink_1296"/>
+    <hyperlink ref="BD45" r:id="rId_hyperlink_1297"/>
+    <hyperlink ref="BE45" r:id="rId_hyperlink_1298"/>
+    <hyperlink ref="BF45" r:id="rId_hyperlink_1299"/>
+    <hyperlink ref="BG45" r:id="rId_hyperlink_1300"/>
+    <hyperlink ref="BH45" r:id="rId_hyperlink_1301"/>
+    <hyperlink ref="BI45" r:id="rId_hyperlink_1302"/>
+    <hyperlink ref="BJ45" r:id="rId_hyperlink_1303"/>
+    <hyperlink ref="X46" r:id="rId_hyperlink_1304"/>
+    <hyperlink ref="Y46" r:id="rId_hyperlink_1305"/>
+    <hyperlink ref="Z46" r:id="rId_hyperlink_1306"/>
+    <hyperlink ref="AA46" r:id="rId_hyperlink_1307"/>
+    <hyperlink ref="AB46" r:id="rId_hyperlink_1308"/>
+    <hyperlink ref="AC46" r:id="rId_hyperlink_1309"/>
+    <hyperlink ref="AD46" r:id="rId_hyperlink_1310"/>
+    <hyperlink ref="AE46" r:id="rId_hyperlink_1311"/>
+    <hyperlink ref="AF46" r:id="rId_hyperlink_1312"/>
+    <hyperlink ref="AG46" r:id="rId_hyperlink_1313"/>
+    <hyperlink ref="AH46" r:id="rId_hyperlink_1314"/>
+    <hyperlink ref="AI46" r:id="rId_hyperlink_1315"/>
+    <hyperlink ref="AJ46" r:id="rId_hyperlink_1316"/>
+    <hyperlink ref="AK46" r:id="rId_hyperlink_1317"/>
+    <hyperlink ref="AL46" r:id="rId_hyperlink_1318"/>
+    <hyperlink ref="AM46" r:id="rId_hyperlink_1319"/>
+    <hyperlink ref="AN46" r:id="rId_hyperlink_1320"/>
+    <hyperlink ref="AO46" r:id="rId_hyperlink_1321"/>
+    <hyperlink ref="AP46" r:id="rId_hyperlink_1322"/>
+    <hyperlink ref="AQ46" r:id="rId_hyperlink_1323"/>
+    <hyperlink ref="AR46" r:id="rId_hyperlink_1324"/>
+    <hyperlink ref="AS46" r:id="rId_hyperlink_1325"/>
+    <hyperlink ref="AT46" r:id="rId_hyperlink_1326"/>
+    <hyperlink ref="AU46" r:id="rId_hyperlink_1327"/>
+    <hyperlink ref="AV46" r:id="rId_hyperlink_1328"/>
+    <hyperlink ref="AW46" r:id="rId_hyperlink_1329"/>
+    <hyperlink ref="X47" r:id="rId_hyperlink_1330"/>
+    <hyperlink ref="Y47" r:id="rId_hyperlink_1331"/>
+    <hyperlink ref="Z47" r:id="rId_hyperlink_1332"/>
+    <hyperlink ref="AA47" r:id="rId_hyperlink_1333"/>
+    <hyperlink ref="AB47" r:id="rId_hyperlink_1334"/>
+    <hyperlink ref="AC47" r:id="rId_hyperlink_1335"/>
+    <hyperlink ref="AD47" r:id="rId_hyperlink_1336"/>
+    <hyperlink ref="AE47" r:id="rId_hyperlink_1337"/>
+    <hyperlink ref="AF47" r:id="rId_hyperlink_1338"/>
+    <hyperlink ref="AG47" r:id="rId_hyperlink_1339"/>
+    <hyperlink ref="X48" r:id="rId_hyperlink_1340"/>
+    <hyperlink ref="Y48" r:id="rId_hyperlink_1341"/>
+    <hyperlink ref="Z48" r:id="rId_hyperlink_1342"/>
+    <hyperlink ref="AA48" r:id="rId_hyperlink_1343"/>
+    <hyperlink ref="AB48" r:id="rId_hyperlink_1344"/>
+    <hyperlink ref="AC48" r:id="rId_hyperlink_1345"/>
+    <hyperlink ref="AD48" r:id="rId_hyperlink_1346"/>
+    <hyperlink ref="AE48" r:id="rId_hyperlink_1347"/>
+    <hyperlink ref="AF48" r:id="rId_hyperlink_1348"/>
+    <hyperlink ref="AG48" r:id="rId_hyperlink_1349"/>
+    <hyperlink ref="AH48" r:id="rId_hyperlink_1350"/>
+    <hyperlink ref="AI48" r:id="rId_hyperlink_1351"/>
+    <hyperlink ref="AJ48" r:id="rId_hyperlink_1352"/>
+    <hyperlink ref="AK48" r:id="rId_hyperlink_1353"/>
+    <hyperlink ref="AL48" r:id="rId_hyperlink_1354"/>
+    <hyperlink ref="AM48" r:id="rId_hyperlink_1355"/>
+    <hyperlink ref="AN48" r:id="rId_hyperlink_1356"/>
+    <hyperlink ref="AO48" r:id="rId_hyperlink_1357"/>
+    <hyperlink ref="AP48" r:id="rId_hyperlink_1358"/>
+    <hyperlink ref="AQ48" r:id="rId_hyperlink_1359"/>
+    <hyperlink ref="AR48" r:id="rId_hyperlink_1360"/>
+    <hyperlink ref="AS48" r:id="rId_hyperlink_1361"/>
+    <hyperlink ref="AT48" r:id="rId_hyperlink_1362"/>
+    <hyperlink ref="AU48" r:id="rId_hyperlink_1363"/>
+    <hyperlink ref="AV48" r:id="rId_hyperlink_1364"/>
+    <hyperlink ref="AW48" r:id="rId_hyperlink_1365"/>
+    <hyperlink ref="AX48" r:id="rId_hyperlink_1366"/>
+    <hyperlink ref="AY48" r:id="rId_hyperlink_1367"/>
+    <hyperlink ref="AZ48" r:id="rId_hyperlink_1368"/>
+    <hyperlink ref="BA48" r:id="rId_hyperlink_1369"/>
+    <hyperlink ref="BB48" r:id="rId_hyperlink_1370"/>
+    <hyperlink ref="BC48" r:id="rId_hyperlink_1371"/>
+    <hyperlink ref="BD48" r:id="rId_hyperlink_1372"/>
+    <hyperlink ref="BE48" r:id="rId_hyperlink_1373"/>
+    <hyperlink ref="BF48" r:id="rId_hyperlink_1374"/>
+    <hyperlink ref="BG48" r:id="rId_hyperlink_1375"/>
+    <hyperlink ref="BH48" r:id="rId_hyperlink_1376"/>
+    <hyperlink ref="BI48" r:id="rId_hyperlink_1377"/>
+    <hyperlink ref="BJ48" r:id="rId_hyperlink_1378"/>
+    <hyperlink ref="BK48" r:id="rId_hyperlink_1379"/>
+    <hyperlink ref="BL48" r:id="rId_hyperlink_1380"/>
+    <hyperlink ref="BM48" r:id="rId_hyperlink_1381"/>
+    <hyperlink ref="BN48" r:id="rId_hyperlink_1382"/>
+    <hyperlink ref="BO48" r:id="rId_hyperlink_1383"/>
+    <hyperlink ref="BP48" r:id="rId_hyperlink_1384"/>
+    <hyperlink ref="BQ48" r:id="rId_hyperlink_1385"/>
+    <hyperlink ref="BR48" r:id="rId_hyperlink_1386"/>
+    <hyperlink ref="BS48" r:id="rId_hyperlink_1387"/>
+    <hyperlink ref="BT48" r:id="rId_hyperlink_1388"/>
+    <hyperlink ref="BU48" r:id="rId_hyperlink_1389"/>
+    <hyperlink ref="BV48" r:id="rId_hyperlink_1390"/>
+    <hyperlink ref="BW48" r:id="rId_hyperlink_1391"/>
+    <hyperlink ref="BX48" r:id="rId_hyperlink_1392"/>
+    <hyperlink ref="BY48" r:id="rId_hyperlink_1393"/>
+    <hyperlink ref="BZ48" r:id="rId_hyperlink_1394"/>
+    <hyperlink ref="CA48" r:id="rId_hyperlink_1395"/>
+    <hyperlink ref="CB48" r:id="rId_hyperlink_1396"/>
+    <hyperlink ref="CC48" r:id="rId_hyperlink_1397"/>
+    <hyperlink ref="CD48" r:id="rId_hyperlink_1398"/>
+    <hyperlink ref="CE48" r:id="rId_hyperlink_1399"/>
+    <hyperlink ref="CF48" r:id="rId_hyperlink_1400"/>
+    <hyperlink ref="X49" r:id="rId_hyperlink_1401"/>
+    <hyperlink ref="Y49" r:id="rId_hyperlink_1402"/>
+    <hyperlink ref="Z49" r:id="rId_hyperlink_1403"/>
+    <hyperlink ref="AA49" r:id="rId_hyperlink_1404"/>
+    <hyperlink ref="AB49" r:id="rId_hyperlink_1405"/>
+    <hyperlink ref="AC49" r:id="rId_hyperlink_1406"/>
+    <hyperlink ref="AD49" r:id="rId_hyperlink_1407"/>
+    <hyperlink ref="X50" r:id="rId_hyperlink_1408"/>
+    <hyperlink ref="Y50" r:id="rId_hyperlink_1409"/>
+    <hyperlink ref="Z50" r:id="rId_hyperlink_1410"/>
+    <hyperlink ref="AA50" r:id="rId_hyperlink_1411"/>
+    <hyperlink ref="AB50" r:id="rId_hyperlink_1412"/>
+    <hyperlink ref="AC50" r:id="rId_hyperlink_1413"/>
+    <hyperlink ref="AD50" r:id="rId_hyperlink_1414"/>
+    <hyperlink ref="AE50" r:id="rId_hyperlink_1415"/>
+    <hyperlink ref="AF50" r:id="rId_hyperlink_1416"/>
+    <hyperlink ref="AG50" r:id="rId_hyperlink_1417"/>
+    <hyperlink ref="AH50" r:id="rId_hyperlink_1418"/>
+    <hyperlink ref="AI50" r:id="rId_hyperlink_1419"/>
+    <hyperlink ref="AJ50" r:id="rId_hyperlink_1420"/>
+    <hyperlink ref="X51" r:id="rId_hyperlink_1421"/>
+    <hyperlink ref="Y51" r:id="rId_hyperlink_1422"/>
+    <hyperlink ref="Z51" r:id="rId_hyperlink_1423"/>
+    <hyperlink ref="AA51" r:id="rId_hyperlink_1424"/>
+    <hyperlink ref="AB51" r:id="rId_hyperlink_1425"/>
+    <hyperlink ref="AC51" r:id="rId_hyperlink_1426"/>
+    <hyperlink ref="AD51" r:id="rId_hyperlink_1427"/>
+    <hyperlink ref="AE51" r:id="rId_hyperlink_1428"/>
+    <hyperlink ref="AF51" r:id="rId_hyperlink_1429"/>
+    <hyperlink ref="AG51" r:id="rId_hyperlink_1430"/>
+    <hyperlink ref="AH51" r:id="rId_hyperlink_1431"/>
+    <hyperlink ref="AI51" r:id="rId_hyperlink_1432"/>
+    <hyperlink ref="AJ51" r:id="rId_hyperlink_1433"/>
+    <hyperlink ref="AK51" r:id="rId_hyperlink_1434"/>
+    <hyperlink ref="AL51" r:id="rId_hyperlink_1435"/>
+    <hyperlink ref="AM51" r:id="rId_hyperlink_1436"/>
+    <hyperlink ref="AN51" r:id="rId_hyperlink_1437"/>
+    <hyperlink ref="AO51" r:id="rId_hyperlink_1438"/>
+    <hyperlink ref="AP51" r:id="rId_hyperlink_1439"/>
+    <hyperlink ref="AQ51" r:id="rId_hyperlink_1440"/>
+    <hyperlink ref="X52" r:id="rId_hyperlink_1441"/>
+    <hyperlink ref="X53" r:id="rId_hyperlink_1442"/>
+    <hyperlink ref="Y53" r:id="rId_hyperlink_1443"/>
+    <hyperlink ref="Z53" r:id="rId_hyperlink_1444"/>
+    <hyperlink ref="AA53" r:id="rId_hyperlink_1445"/>
+    <hyperlink ref="AB53" r:id="rId_hyperlink_1446"/>
+    <hyperlink ref="AC53" r:id="rId_hyperlink_1447"/>
+    <hyperlink ref="AD53" r:id="rId_hyperlink_1448"/>
+    <hyperlink ref="AE53" r:id="rId_hyperlink_1449"/>
+    <hyperlink ref="AF53" r:id="rId_hyperlink_1450"/>
+    <hyperlink ref="AG53" r:id="rId_hyperlink_1451"/>
+    <hyperlink ref="AH53" r:id="rId_hyperlink_1452"/>
+    <hyperlink ref="AI53" r:id="rId_hyperlink_1453"/>
+    <hyperlink ref="AJ53" r:id="rId_hyperlink_1454"/>
+    <hyperlink ref="AK53" r:id="rId_hyperlink_1455"/>
+    <hyperlink ref="AL53" r:id="rId_hyperlink_1456"/>
+    <hyperlink ref="AM53" r:id="rId_hyperlink_1457"/>
+    <hyperlink ref="AN53" r:id="rId_hyperlink_1458"/>
+    <hyperlink ref="AO53" r:id="rId_hyperlink_1459"/>
+    <hyperlink ref="AP53" r:id="rId_hyperlink_1460"/>
+    <hyperlink ref="AQ53" r:id="rId_hyperlink_1461"/>
+    <hyperlink ref="AR53" r:id="rId_hyperlink_1462"/>
+    <hyperlink ref="AS53" r:id="rId_hyperlink_1463"/>
+    <hyperlink ref="AT53" r:id="rId_hyperlink_1464"/>
+    <hyperlink ref="AU53" r:id="rId_hyperlink_1465"/>
+    <hyperlink ref="AV53" r:id="rId_hyperlink_1466"/>
+    <hyperlink ref="AW53" r:id="rId_hyperlink_1467"/>
+    <hyperlink ref="X54" r:id="rId_hyperlink_1468"/>
+    <hyperlink ref="Y54" r:id="rId_hyperlink_1469"/>
+    <hyperlink ref="Z54" r:id="rId_hyperlink_1470"/>
+    <hyperlink ref="X55" r:id="rId_hyperlink_1471"/>
+    <hyperlink ref="Y55" r:id="rId_hyperlink_1472"/>
+    <hyperlink ref="Z55" r:id="rId_hyperlink_1473"/>
+    <hyperlink ref="AA55" r:id="rId_hyperlink_1474"/>
+    <hyperlink ref="AB55" r:id="rId_hyperlink_1475"/>
+    <hyperlink ref="AC55" r:id="rId_hyperlink_1476"/>
+    <hyperlink ref="AD55" r:id="rId_hyperlink_1477"/>
+    <hyperlink ref="AE55" r:id="rId_hyperlink_1478"/>
+    <hyperlink ref="AF55" r:id="rId_hyperlink_1479"/>
+    <hyperlink ref="AG55" r:id="rId_hyperlink_1480"/>
+    <hyperlink ref="AH55" r:id="rId_hyperlink_1481"/>
+    <hyperlink ref="X56" r:id="rId_hyperlink_1482"/>
+    <hyperlink ref="Y56" r:id="rId_hyperlink_1483"/>
+    <hyperlink ref="Z56" r:id="rId_hyperlink_1484"/>
+    <hyperlink ref="AA56" r:id="rId_hyperlink_1485"/>
+    <hyperlink ref="AB56" r:id="rId_hyperlink_1486"/>
+    <hyperlink ref="AC56" r:id="rId_hyperlink_1487"/>
+    <hyperlink ref="AD56" r:id="rId_hyperlink_1488"/>
+    <hyperlink ref="AE56" r:id="rId_hyperlink_1489"/>
+    <hyperlink ref="AF56" r:id="rId_hyperlink_1490"/>
+    <hyperlink ref="AG56" r:id="rId_hyperlink_1491"/>
+    <hyperlink ref="AH56" r:id="rId_hyperlink_1492"/>
+    <hyperlink ref="AI56" r:id="rId_hyperlink_1493"/>
+    <hyperlink ref="AJ56" r:id="rId_hyperlink_1494"/>
+    <hyperlink ref="AK56" r:id="rId_hyperlink_1495"/>
+    <hyperlink ref="AL56" r:id="rId_hyperlink_1496"/>
+    <hyperlink ref="AM56" r:id="rId_hyperlink_1497"/>
+    <hyperlink ref="AN56" r:id="rId_hyperlink_1498"/>
+    <hyperlink ref="AO56" r:id="rId_hyperlink_1499"/>
+    <hyperlink ref="AP56" r:id="rId_hyperlink_1500"/>
+    <hyperlink ref="AQ56" r:id="rId_hyperlink_1501"/>
+    <hyperlink ref="AR56" r:id="rId_hyperlink_1502"/>
+    <hyperlink ref="AS56" r:id="rId_hyperlink_1503"/>
+    <hyperlink ref="AT56" r:id="rId_hyperlink_1504"/>
+    <hyperlink ref="AU56" r:id="rId_hyperlink_1505"/>
+    <hyperlink ref="AV56" r:id="rId_hyperlink_1506"/>
+    <hyperlink ref="AW56" r:id="rId_hyperlink_1507"/>
+    <hyperlink ref="AX56" r:id="rId_hyperlink_1508"/>
+    <hyperlink ref="AY56" r:id="rId_hyperlink_1509"/>
+    <hyperlink ref="AZ56" r:id="rId_hyperlink_1510"/>
+    <hyperlink ref="BA56" r:id="rId_hyperlink_1511"/>
+    <hyperlink ref="BB56" r:id="rId_hyperlink_1512"/>
+    <hyperlink ref="BC56" r:id="rId_hyperlink_1513"/>
+    <hyperlink ref="BD56" r:id="rId_hyperlink_1514"/>
+    <hyperlink ref="BE56" r:id="rId_hyperlink_1515"/>
+    <hyperlink ref="BF56" r:id="rId_hyperlink_1516"/>
+    <hyperlink ref="BG56" r:id="rId_hyperlink_1517"/>
+    <hyperlink ref="BH56" r:id="rId_hyperlink_1518"/>
+    <hyperlink ref="BI56" r:id="rId_hyperlink_1519"/>
+    <hyperlink ref="BJ56" r:id="rId_hyperlink_1520"/>
+    <hyperlink ref="BK56" r:id="rId_hyperlink_1521"/>
+    <hyperlink ref="BL56" r:id="rId_hyperlink_1522"/>
+    <hyperlink ref="BM56" r:id="rId_hyperlink_1523"/>
+    <hyperlink ref="BN56" r:id="rId_hyperlink_1524"/>
+    <hyperlink ref="BO56" r:id="rId_hyperlink_1525"/>
+    <hyperlink ref="BP56" r:id="rId_hyperlink_1526"/>
+    <hyperlink ref="X57" r:id="rId_hyperlink_1527"/>
+    <hyperlink ref="Y57" r:id="rId_hyperlink_1528"/>
+    <hyperlink ref="Z57" r:id="rId_hyperlink_1529"/>
+    <hyperlink ref="AA57" r:id="rId_hyperlink_1530"/>
+    <hyperlink ref="AB57" r:id="rId_hyperlink_1531"/>
+    <hyperlink ref="AC57" r:id="rId_hyperlink_1532"/>
+    <hyperlink ref="AD57" r:id="rId_hyperlink_1533"/>
+    <hyperlink ref="X58" r:id="rId_hyperlink_1534"/>
+    <hyperlink ref="Y58" r:id="rId_hyperlink_1535"/>
+    <hyperlink ref="Z58" r:id="rId_hyperlink_1536"/>
+    <hyperlink ref="AA58" r:id="rId_hyperlink_1537"/>
+    <hyperlink ref="AB58" r:id="rId_hyperlink_1538"/>
+    <hyperlink ref="AC58" r:id="rId_hyperlink_1539"/>
+    <hyperlink ref="AD58" r:id="rId_hyperlink_1540"/>
+    <hyperlink ref="AE58" r:id="rId_hyperlink_1541"/>
+    <hyperlink ref="AF58" r:id="rId_hyperlink_1542"/>
+    <hyperlink ref="AG58" r:id="rId_hyperlink_1543"/>
+    <hyperlink ref="AH58" r:id="rId_hyperlink_1544"/>
+    <hyperlink ref="AI58" r:id="rId_hyperlink_1545"/>
+    <hyperlink ref="AJ58" r:id="rId_hyperlink_1546"/>
+    <hyperlink ref="AK58" r:id="rId_hyperlink_1547"/>
+    <hyperlink ref="AL58" r:id="rId_hyperlink_1548"/>
+    <hyperlink ref="AM58" r:id="rId_hyperlink_1549"/>
+    <hyperlink ref="AN58" r:id="rId_hyperlink_1550"/>
+    <hyperlink ref="AO58" r:id="rId_hyperlink_1551"/>
+    <hyperlink ref="AP58" r:id="rId_hyperlink_1552"/>
+    <hyperlink ref="AQ58" r:id="rId_hyperlink_1553"/>
+    <hyperlink ref="AR58" r:id="rId_hyperlink_1554"/>
+    <hyperlink ref="AS58" r:id="rId_hyperlink_1555"/>
+    <hyperlink ref="AT58" r:id="rId_hyperlink_1556"/>
+    <hyperlink ref="AU58" r:id="rId_hyperlink_1557"/>
+    <hyperlink ref="AV58" r:id="rId_hyperlink_1558"/>
+    <hyperlink ref="AW58" r:id="rId_hyperlink_1559"/>
+    <hyperlink ref="AX58" r:id="rId_hyperlink_1560"/>
+    <hyperlink ref="AY58" r:id="rId_hyperlink_1561"/>
+    <hyperlink ref="AZ58" r:id="rId_hyperlink_1562"/>
+    <hyperlink ref="BA58" r:id="rId_hyperlink_1563"/>
+    <hyperlink ref="BB58" r:id="rId_hyperlink_1564"/>
+    <hyperlink ref="BC58" r:id="rId_hyperlink_1565"/>
+    <hyperlink ref="BD58" r:id="rId_hyperlink_1566"/>
+    <hyperlink ref="BE58" r:id="rId_hyperlink_1567"/>
+    <hyperlink ref="BF58" r:id="rId_hyperlink_1568"/>
+    <hyperlink ref="BG58" r:id="rId_hyperlink_1569"/>
+    <hyperlink ref="BH58" r:id="rId_hyperlink_1570"/>
+    <hyperlink ref="BI58" r:id="rId_hyperlink_1571"/>
+    <hyperlink ref="BJ58" r:id="rId_hyperlink_1572"/>
+    <hyperlink ref="BK58" r:id="rId_hyperlink_1573"/>
+    <hyperlink ref="BL58" r:id="rId_hyperlink_1574"/>
+    <hyperlink ref="BM58" r:id="rId_hyperlink_1575"/>
+    <hyperlink ref="BN58" r:id="rId_hyperlink_1576"/>
+    <hyperlink ref="BO58" r:id="rId_hyperlink_1577"/>
+    <hyperlink ref="BP58" r:id="rId_hyperlink_1578"/>
+    <hyperlink ref="BQ58" r:id="rId_hyperlink_1579"/>
+    <hyperlink ref="BR58" r:id="rId_hyperlink_1580"/>
+    <hyperlink ref="BS58" r:id="rId_hyperlink_1581"/>
+    <hyperlink ref="BT58" r:id="rId_hyperlink_1582"/>
+    <hyperlink ref="X59" r:id="rId_hyperlink_1583"/>
+    <hyperlink ref="Y59" r:id="rId_hyperlink_1584"/>
+    <hyperlink ref="Z59" r:id="rId_hyperlink_1585"/>
+    <hyperlink ref="AA59" r:id="rId_hyperlink_1586"/>
+    <hyperlink ref="AB59" r:id="rId_hyperlink_1587"/>
+    <hyperlink ref="AC59" r:id="rId_hyperlink_1588"/>
+    <hyperlink ref="AD59" r:id="rId_hyperlink_1589"/>
+    <hyperlink ref="AE59" r:id="rId_hyperlink_1590"/>
+    <hyperlink ref="AF59" r:id="rId_hyperlink_1591"/>
+    <hyperlink ref="AG59" r:id="rId_hyperlink_1592"/>
+    <hyperlink ref="AH59" r:id="rId_hyperlink_1593"/>
+    <hyperlink ref="AI59" r:id="rId_hyperlink_1594"/>
+    <hyperlink ref="AJ59" r:id="rId_hyperlink_1595"/>
+    <hyperlink ref="AK59" r:id="rId_hyperlink_1596"/>
+    <hyperlink ref="AL59" r:id="rId_hyperlink_1597"/>
+    <hyperlink ref="AM59" r:id="rId_hyperlink_1598"/>
+    <hyperlink ref="AN59" r:id="rId_hyperlink_1599"/>
+    <hyperlink ref="AO59" r:id="rId_hyperlink_1600"/>
+    <hyperlink ref="AP59" r:id="rId_hyperlink_1601"/>
+    <hyperlink ref="AQ59" r:id="rId_hyperlink_1602"/>
+    <hyperlink ref="AR59" r:id="rId_hyperlink_1603"/>
+    <hyperlink ref="X60" r:id="rId_hyperlink_1604"/>
+    <hyperlink ref="Y60" r:id="rId_hyperlink_1605"/>
+    <hyperlink ref="Z60" r:id="rId_hyperlink_1606"/>
+    <hyperlink ref="AA60" r:id="rId_hyperlink_1607"/>
+    <hyperlink ref="AB60" r:id="rId_hyperlink_1608"/>
+    <hyperlink ref="AC60" r:id="rId_hyperlink_1609"/>
+    <hyperlink ref="AD60" r:id="rId_hyperlink_1610"/>
+    <hyperlink ref="AE60" r:id="rId_hyperlink_1611"/>
+    <hyperlink ref="AF60" r:id="rId_hyperlink_1612"/>
+    <hyperlink ref="AG60" r:id="rId_hyperlink_1613"/>
+    <hyperlink ref="AH60" r:id="rId_hyperlink_1614"/>
+    <hyperlink ref="AI60" r:id="rId_hyperlink_1615"/>
+    <hyperlink ref="AJ60" r:id="rId_hyperlink_1616"/>
+    <hyperlink ref="AK60" r:id="rId_hyperlink_1617"/>
+    <hyperlink ref="X61" r:id="rId_hyperlink_1618"/>
+    <hyperlink ref="Y61" r:id="rId_hyperlink_1619"/>
+    <hyperlink ref="Z61" r:id="rId_hyperlink_1620"/>
+    <hyperlink ref="AA61" r:id="rId_hyperlink_1621"/>
+    <hyperlink ref="AB61" r:id="rId_hyperlink_1622"/>
+    <hyperlink ref="AC61" r:id="rId_hyperlink_1623"/>
+    <hyperlink ref="AD61" r:id="rId_hyperlink_1624"/>
+    <hyperlink ref="AE61" r:id="rId_hyperlink_1625"/>
+    <hyperlink ref="AF61" r:id="rId_hyperlink_1626"/>
+    <hyperlink ref="AG61" r:id="rId_hyperlink_1627"/>
+    <hyperlink ref="AH61" r:id="rId_hyperlink_1628"/>
+    <hyperlink ref="AI61" r:id="rId_hyperlink_1629"/>
+    <hyperlink ref="AJ61" r:id="rId_hyperlink_1630"/>
+    <hyperlink ref="AK61" r:id="rId_hyperlink_1631"/>
+    <hyperlink ref="AL61" r:id="rId_hyperlink_1632"/>
+    <hyperlink ref="AM61" r:id="rId_hyperlink_1633"/>
+    <hyperlink ref="AN61" r:id="rId_hyperlink_1634"/>
+    <hyperlink ref="AO61" r:id="rId_hyperlink_1635"/>
+    <hyperlink ref="AP61" r:id="rId_hyperlink_1636"/>
+    <hyperlink ref="AQ61" r:id="rId_hyperlink_1637"/>
+    <hyperlink ref="AR61" r:id="rId_hyperlink_1638"/>
+    <hyperlink ref="AS61" r:id="rId_hyperlink_1639"/>
+    <hyperlink ref="X62" r:id="rId_hyperlink_1640"/>
+    <hyperlink ref="Y62" r:id="rId_hyperlink_1641"/>
+    <hyperlink ref="Z62" r:id="rId_hyperlink_1642"/>
+    <hyperlink ref="AA62" r:id="rId_hyperlink_1643"/>
+    <hyperlink ref="AB62" r:id="rId_hyperlink_1644"/>
+    <hyperlink ref="AC62" r:id="rId_hyperlink_1645"/>
+    <hyperlink ref="AD62" r:id="rId_hyperlink_1646"/>
+    <hyperlink ref="AE62" r:id="rId_hyperlink_1647"/>
+    <hyperlink ref="AF62" r:id="rId_hyperlink_1648"/>
+    <hyperlink ref="AG62" r:id="rId_hyperlink_1649"/>
+    <hyperlink ref="X63" r:id="rId_hyperlink_1650"/>
+    <hyperlink ref="Y63" r:id="rId_hyperlink_1651"/>
+    <hyperlink ref="Z63" r:id="rId_hyperlink_1652"/>
+    <hyperlink ref="AA63" r:id="rId_hyperlink_1653"/>
+    <hyperlink ref="AB63" r:id="rId_hyperlink_1654"/>
+    <hyperlink ref="AC63" r:id="rId_hyperlink_1655"/>
+    <hyperlink ref="AD63" r:id="rId_hyperlink_1656"/>
+    <hyperlink ref="AE63" r:id="rId_hyperlink_1657"/>
+    <hyperlink ref="AF63" r:id="rId_hyperlink_1658"/>
+    <hyperlink ref="AG63" r:id="rId_hyperlink_1659"/>
+    <hyperlink ref="AH63" r:id="rId_hyperlink_1660"/>
+    <hyperlink ref="AI63" r:id="rId_hyperlink_1661"/>
+    <hyperlink ref="AJ63" r:id="rId_hyperlink_1662"/>
+    <hyperlink ref="AK63" r:id="rId_hyperlink_1663"/>
+    <hyperlink ref="AL63" r:id="rId_hyperlink_1664"/>
+    <hyperlink ref="AM63" r:id="rId_hyperlink_1665"/>
+    <hyperlink ref="AN63" r:id="rId_hyperlink_1666"/>
+    <hyperlink ref="X64" r:id="rId_hyperlink_1667"/>
+    <hyperlink ref="Y64" r:id="rId_hyperlink_1668"/>
+    <hyperlink ref="Z64" r:id="rId_hyperlink_1669"/>
+    <hyperlink ref="AA64" r:id="rId_hyperlink_1670"/>
+    <hyperlink ref="AB64" r:id="rId_hyperlink_1671"/>
+    <hyperlink ref="AC64" r:id="rId_hyperlink_1672"/>
+    <hyperlink ref="AD64" r:id="rId_hyperlink_1673"/>
+    <hyperlink ref="AE64" r:id="rId_hyperlink_1674"/>
+    <hyperlink ref="AF64" r:id="rId_hyperlink_1675"/>
+    <hyperlink ref="AG64" r:id="rId_hyperlink_1676"/>
+    <hyperlink ref="AH64" r:id="rId_hyperlink_1677"/>
+    <hyperlink ref="AI64" r:id="rId_hyperlink_1678"/>
+    <hyperlink ref="AJ64" r:id="rId_hyperlink_1679"/>
+    <hyperlink ref="AK64" r:id="rId_hyperlink_1680"/>
+    <hyperlink ref="AL64" r:id="rId_hyperlink_1681"/>
+    <hyperlink ref="AM64" r:id="rId_hyperlink_1682"/>
+    <hyperlink ref="AN64" r:id="rId_hyperlink_1683"/>
+    <hyperlink ref="AO64" r:id="rId_hyperlink_1684"/>
+    <hyperlink ref="AP64" r:id="rId_hyperlink_1685"/>
+    <hyperlink ref="AQ64" r:id="rId_hyperlink_1686"/>
+    <hyperlink ref="AR64" r:id="rId_hyperlink_1687"/>
+    <hyperlink ref="AS64" r:id="rId_hyperlink_1688"/>
+    <hyperlink ref="AT64" r:id="rId_hyperlink_1689"/>
+    <hyperlink ref="AU64" r:id="rId_hyperlink_1690"/>
+    <hyperlink ref="X65" r:id="rId_hyperlink_1691"/>
+    <hyperlink ref="Y65" r:id="rId_hyperlink_1692"/>
+    <hyperlink ref="Z65" r:id="rId_hyperlink_1693"/>
+    <hyperlink ref="AA65" r:id="rId_hyperlink_1694"/>
+    <hyperlink ref="AB65" r:id="rId_hyperlink_1695"/>
+    <hyperlink ref="AC65" r:id="rId_hyperlink_1696"/>
+    <hyperlink ref="AD65" r:id="rId_hyperlink_1697"/>
+    <hyperlink ref="AE65" r:id="rId_hyperlink_1698"/>
+    <hyperlink ref="AF65" r:id="rId_hyperlink_1699"/>
+    <hyperlink ref="AG65" r:id="rId_hyperlink_1700"/>
+    <hyperlink ref="AH65" r:id="rId_hyperlink_1701"/>
+    <hyperlink ref="X66" r:id="rId_hyperlink_1702"/>
+    <hyperlink ref="Y66" r:id="rId_hyperlink_1703"/>
+    <hyperlink ref="Z66" r:id="rId_hyperlink_1704"/>
+    <hyperlink ref="AA66" r:id="rId_hyperlink_1705"/>
+    <hyperlink ref="AB66" r:id="rId_hyperlink_1706"/>
+    <hyperlink ref="AC66" r:id="rId_hyperlink_1707"/>
+    <hyperlink ref="AD66" r:id="rId_hyperlink_1708"/>
+    <hyperlink ref="AE66" r:id="rId_hyperlink_1709"/>
+    <hyperlink ref="AF66" r:id="rId_hyperlink_1710"/>
+    <hyperlink ref="AG66" r:id="rId_hyperlink_1711"/>
+    <hyperlink ref="AH66" r:id="rId_hyperlink_1712"/>
+    <hyperlink ref="AI66" r:id="rId_hyperlink_1713"/>
+    <hyperlink ref="AJ66" r:id="rId_hyperlink_1714"/>
+    <hyperlink ref="AK66" r:id="rId_hyperlink_1715"/>
+    <hyperlink ref="AL66" r:id="rId_hyperlink_1716"/>
+    <hyperlink ref="AM66" r:id="rId_hyperlink_1717"/>
+    <hyperlink ref="AN66" r:id="rId_hyperlink_1718"/>
+    <hyperlink ref="AO66" r:id="rId_hyperlink_1719"/>
+    <hyperlink ref="X67" r:id="rId_hyperlink_1720"/>
+    <hyperlink ref="Y67" r:id="rId_hyperlink_1721"/>
+    <hyperlink ref="Z67" r:id="rId_hyperlink_1722"/>
+    <hyperlink ref="AA67" r:id="rId_hyperlink_1723"/>
+    <hyperlink ref="AB67" r:id="rId_hyperlink_1724"/>
+    <hyperlink ref="AC67" r:id="rId_hyperlink_1725"/>
+    <hyperlink ref="AD67" r:id="rId_hyperlink_1726"/>
+    <hyperlink ref="AE67" r:id="rId_hyperlink_1727"/>
+    <hyperlink ref="AF67" r:id="rId_hyperlink_1728"/>
+    <hyperlink ref="AG67" r:id="rId_hyperlink_1729"/>
+    <hyperlink ref="AH67" r:id="rId_hyperlink_1730"/>
+    <hyperlink ref="AI67" r:id="rId_hyperlink_1731"/>
+    <hyperlink ref="AJ67" r:id="rId_hyperlink_1732"/>
+    <hyperlink ref="AK67" r:id="rId_hyperlink_1733"/>
+    <hyperlink ref="AL67" r:id="rId_hyperlink_1734"/>
+    <hyperlink ref="AM67" r:id="rId_hyperlink_1735"/>
+    <hyperlink ref="AN67" r:id="rId_hyperlink_1736"/>
+    <hyperlink ref="AO67" r:id="rId_hyperlink_1737"/>
+    <hyperlink ref="AP67" r:id="rId_hyperlink_1738"/>
+    <hyperlink ref="AQ67" r:id="rId_hyperlink_1739"/>
+    <hyperlink ref="AR67" r:id="rId_hyperlink_1740"/>
+    <hyperlink ref="X68" r:id="rId_hyperlink_1741"/>
+    <hyperlink ref="Y68" r:id="rId_hyperlink_1742"/>
+    <hyperlink ref="Z68" r:id="rId_hyperlink_1743"/>
+    <hyperlink ref="AA68" r:id="rId_hyperlink_1744"/>
+    <hyperlink ref="AB68" r:id="rId_hyperlink_1745"/>
+    <hyperlink ref="AC68" r:id="rId_hyperlink_1746"/>
+    <hyperlink ref="AD68" r:id="rId_hyperlink_1747"/>
+    <hyperlink ref="AE68" r:id="rId_hyperlink_1748"/>
+    <hyperlink ref="AF68" r:id="rId_hyperlink_1749"/>
+    <hyperlink ref="AG68" r:id="rId_hyperlink_1750"/>
+    <hyperlink ref="AH68" r:id="rId_hyperlink_1751"/>
+    <hyperlink ref="AI68" r:id="rId_hyperlink_1752"/>
+    <hyperlink ref="AJ68" r:id="rId_hyperlink_1753"/>
+    <hyperlink ref="AK68" r:id="rId_hyperlink_1754"/>
+    <hyperlink ref="AL68" r:id="rId_hyperlink_1755"/>
+    <hyperlink ref="AM68" r:id="rId_hyperlink_1756"/>
+    <hyperlink ref="AN68" r:id="rId_hyperlink_1757"/>
+    <hyperlink ref="AO68" r:id="rId_hyperlink_1758"/>
+    <hyperlink ref="AP68" r:id="rId_hyperlink_1759"/>
+    <hyperlink ref="AQ68" r:id="rId_hyperlink_1760"/>
+    <hyperlink ref="AR68" r:id="rId_hyperlink_1761"/>
+    <hyperlink ref="AS68" r:id="rId_hyperlink_1762"/>
+    <hyperlink ref="AT68" r:id="rId_hyperlink_1763"/>
+    <hyperlink ref="AU68" r:id="rId_hyperlink_1764"/>
+    <hyperlink ref="AV68" r:id="rId_hyperlink_1765"/>
+    <hyperlink ref="AW68" r:id="rId_hyperlink_1766"/>
+    <hyperlink ref="AX68" r:id="rId_hyperlink_1767"/>
+    <hyperlink ref="AY68" r:id="rId_hyperlink_1768"/>
+    <hyperlink ref="AZ68" r:id="rId_hyperlink_1769"/>
+    <hyperlink ref="BA68" r:id="rId_hyperlink_1770"/>
+    <hyperlink ref="X69" r:id="rId_hyperlink_1771"/>
+    <hyperlink ref="Y69" r:id="rId_hyperlink_1772"/>
+    <hyperlink ref="Z69" r:id="rId_hyperlink_1773"/>
+    <hyperlink ref="AA69" r:id="rId_hyperlink_1774"/>
+    <hyperlink ref="AB69" r:id="rId_hyperlink_1775"/>
+    <hyperlink ref="AC69" r:id="rId_hyperlink_1776"/>
+    <hyperlink ref="X70" r:id="rId_hyperlink_1777"/>
+    <hyperlink ref="Y70" r:id="rId_hyperlink_1778"/>
+    <hyperlink ref="Z70" r:id="rId_hyperlink_1779"/>
+    <hyperlink ref="AA70" r:id="rId_hyperlink_1780"/>
+    <hyperlink ref="AB70" r:id="rId_hyperlink_1781"/>
+    <hyperlink ref="AC70" r:id="rId_hyperlink_1782"/>
+    <hyperlink ref="AD70" r:id="rId_hyperlink_1783"/>
+    <hyperlink ref="AE70" r:id="rId_hyperlink_1784"/>
+    <hyperlink ref="AF70" r:id="rId_hyperlink_1785"/>
+    <hyperlink ref="AG70" r:id="rId_hyperlink_1786"/>
+    <hyperlink ref="AH70" r:id="rId_hyperlink_1787"/>
+    <hyperlink ref="AI70" r:id="rId_hyperlink_1788"/>
+    <hyperlink ref="AJ70" r:id="rId_hyperlink_1789"/>
+    <hyperlink ref="AK70" r:id="rId_hyperlink_1790"/>
+    <hyperlink ref="AL70" r:id="rId_hyperlink_1791"/>
+    <hyperlink ref="AM70" r:id="rId_hyperlink_1792"/>
+    <hyperlink ref="AN70" r:id="rId_hyperlink_1793"/>
+    <hyperlink ref="AO70" r:id="rId_hyperlink_1794"/>
+    <hyperlink ref="AP70" r:id="rId_hyperlink_1795"/>
+    <hyperlink ref="AQ70" r:id="rId_hyperlink_1796"/>
+    <hyperlink ref="AR70" r:id="rId_hyperlink_1797"/>
+    <hyperlink ref="AS70" r:id="rId_hyperlink_1798"/>
+    <hyperlink ref="AT70" r:id="rId_hyperlink_1799"/>
+    <hyperlink ref="AU70" r:id="rId_hyperlink_1800"/>
+    <hyperlink ref="AV70" r:id="rId_hyperlink_1801"/>
+    <hyperlink ref="AW70" r:id="rId_hyperlink_1802"/>
+    <hyperlink ref="AX70" r:id="rId_hyperlink_1803"/>
+    <hyperlink ref="AY70" r:id="rId_hyperlink_1804"/>
+    <hyperlink ref="AZ70" r:id="rId_hyperlink_1805"/>
+    <hyperlink ref="BA70" r:id="rId_hyperlink_1806"/>
+    <hyperlink ref="BB70" r:id="rId_hyperlink_1807"/>
+    <hyperlink ref="BC70" r:id="rId_hyperlink_1808"/>
+    <hyperlink ref="BD70" r:id="rId_hyperlink_1809"/>
+    <hyperlink ref="BE70" r:id="rId_hyperlink_1810"/>
+    <hyperlink ref="BF70" r:id="rId_hyperlink_1811"/>
+    <hyperlink ref="BG70" r:id="rId_hyperlink_1812"/>
+    <hyperlink ref="BH70" r:id="rId_hyperlink_1813"/>
+    <hyperlink ref="BI70" r:id="rId_hyperlink_1814"/>
+    <hyperlink ref="BJ70" r:id="rId_hyperlink_1815"/>
+    <hyperlink ref="BK70" r:id="rId_hyperlink_1816"/>
+    <hyperlink ref="BL70" r:id="rId_hyperlink_1817"/>
+    <hyperlink ref="BM70" r:id="rId_hyperlink_1818"/>
+    <hyperlink ref="BN70" r:id="rId_hyperlink_1819"/>
+    <hyperlink ref="BO70" r:id="rId_hyperlink_1820"/>
+    <hyperlink ref="BP70" r:id="rId_hyperlink_1821"/>
+    <hyperlink ref="BQ70" r:id="rId_hyperlink_1822"/>
+    <hyperlink ref="X71" r:id="rId_hyperlink_1823"/>
+    <hyperlink ref="Y71" r:id="rId_hyperlink_1824"/>
+    <hyperlink ref="Z71" r:id="rId_hyperlink_1825"/>
+    <hyperlink ref="AA71" r:id="rId_hyperlink_1826"/>
+    <hyperlink ref="AB71" r:id="rId_hyperlink_1827"/>
+    <hyperlink ref="AC71" r:id="rId_hyperlink_1828"/>
+    <hyperlink ref="AD71" r:id="rId_hyperlink_1829"/>
+    <hyperlink ref="AE71" r:id="rId_hyperlink_1830"/>
+    <hyperlink ref="AF71" r:id="rId_hyperlink_1831"/>
+    <hyperlink ref="AG71" r:id="rId_hyperlink_1832"/>
+    <hyperlink ref="AH71" r:id="rId_hyperlink_1833"/>
+    <hyperlink ref="AI71" r:id="rId_hyperlink_1834"/>
+    <hyperlink ref="AJ71" r:id="rId_hyperlink_1835"/>
+    <hyperlink ref="AK71" r:id="rId_hyperlink_1836"/>
+    <hyperlink ref="AL71" r:id="rId_hyperlink_1837"/>
+    <hyperlink ref="AM71" r:id="rId_hyperlink_1838"/>
+    <hyperlink ref="AN71" r:id="rId_hyperlink_1839"/>
+    <hyperlink ref="AO71" r:id="rId_hyperlink_1840"/>
+    <hyperlink ref="AP71" r:id="rId_hyperlink_1841"/>
+    <hyperlink ref="AQ71" r:id="rId_hyperlink_1842"/>
+    <hyperlink ref="AR71" r:id="rId_hyperlink_1843"/>
+    <hyperlink ref="AS71" r:id="rId_hyperlink_1844"/>
+    <hyperlink ref="AT71" r:id="rId_hyperlink_1845"/>
+    <hyperlink ref="AU71" r:id="rId_hyperlink_1846"/>
+    <hyperlink ref="AV71" r:id="rId_hyperlink_1847"/>
+    <hyperlink ref="AW71" r:id="rId_hyperlink_1848"/>
+    <hyperlink ref="AX71" r:id="rId_hyperlink_1849"/>
+    <hyperlink ref="AY71" r:id="rId_hyperlink_1850"/>
+    <hyperlink ref="AZ71" r:id="rId_hyperlink_1851"/>
+    <hyperlink ref="BA71" r:id="rId_hyperlink_1852"/>
+    <hyperlink ref="BB71" r:id="rId_hyperlink_1853"/>
+    <hyperlink ref="BC71" r:id="rId_hyperlink_1854"/>
+    <hyperlink ref="BD71" r:id="rId_hyperlink_1855"/>
+    <hyperlink ref="BE71" r:id="rId_hyperlink_1856"/>
+    <hyperlink ref="BF71" r:id="rId_hyperlink_1857"/>
+    <hyperlink ref="BG71" r:id="rId_hyperlink_1858"/>
+    <hyperlink ref="BH71" r:id="rId_hyperlink_1859"/>
+    <hyperlink ref="BI71" r:id="rId_hyperlink_1860"/>
+    <hyperlink ref="BJ71" r:id="rId_hyperlink_1861"/>
+    <hyperlink ref="BK71" r:id="rId_hyperlink_1862"/>
+    <hyperlink ref="BL71" r:id="rId_hyperlink_1863"/>
+    <hyperlink ref="BM71" r:id="rId_hyperlink_1864"/>
+    <hyperlink ref="BN71" r:id="rId_hyperlink_1865"/>
+    <hyperlink ref="BO71" r:id="rId_hyperlink_1866"/>
+    <hyperlink ref="BP71" r:id="rId_hyperlink_1867"/>
+    <hyperlink ref="BQ71" r:id="rId_hyperlink_1868"/>
+    <hyperlink ref="BR71" r:id="rId_hyperlink_1869"/>
+    <hyperlink ref="BS71" r:id="rId_hyperlink_1870"/>
+    <hyperlink ref="BT71" r:id="rId_hyperlink_1871"/>
+    <hyperlink ref="BU71" r:id="rId_hyperlink_1872"/>
+    <hyperlink ref="BV71" r:id="rId_hyperlink_1873"/>
+    <hyperlink ref="BW71" r:id="rId_hyperlink_1874"/>
+    <hyperlink ref="BX71" r:id="rId_hyperlink_1875"/>
+    <hyperlink ref="BY71" r:id="rId_hyperlink_1876"/>
+    <hyperlink ref="BZ71" r:id="rId_hyperlink_1877"/>
+    <hyperlink ref="CA71" r:id="rId_hyperlink_1878"/>
+    <hyperlink ref="CB71" r:id="rId_hyperlink_1879"/>
+    <hyperlink ref="CC71" r:id="rId_hyperlink_1880"/>
+    <hyperlink ref="CD71" r:id="rId_hyperlink_1881"/>
+    <hyperlink ref="CE71" r:id="rId_hyperlink_1882"/>
+    <hyperlink ref="CF71" r:id="rId_hyperlink_1883"/>
+    <hyperlink ref="X72" r:id="rId_hyperlink_1884"/>
+    <hyperlink ref="Y72" r:id="rId_hyperlink_1885"/>
+    <hyperlink ref="Z72" r:id="rId_hyperlink_1886"/>
+    <hyperlink ref="AA72" r:id="rId_hyperlink_1887"/>
+    <hyperlink ref="AB72" r:id="rId_hyperlink_1888"/>
+    <hyperlink ref="AC72" r:id="rId_hyperlink_1889"/>
+    <hyperlink ref="AD72" r:id="rId_hyperlink_1890"/>
+    <hyperlink ref="AE72" r:id="rId_hyperlink_1891"/>
+    <hyperlink ref="AF72" r:id="rId_hyperlink_1892"/>
+    <hyperlink ref="AG72" r:id="rId_hyperlink_1893"/>
+    <hyperlink ref="AH72" r:id="rId_hyperlink_1894"/>
+    <hyperlink ref="AI72" r:id="rId_hyperlink_1895"/>
+    <hyperlink ref="AJ72" r:id="rId_hyperlink_1896"/>
+    <hyperlink ref="AK72" r:id="rId_hyperlink_1897"/>
+    <hyperlink ref="X73" r:id="rId_hyperlink_1898"/>
+    <hyperlink ref="Y73" r:id="rId_hyperlink_1899"/>
+    <hyperlink ref="Z73" r:id="rId_hyperlink_1900"/>
+    <hyperlink ref="AA73" r:id="rId_hyperlink_1901"/>
+    <hyperlink ref="AB73" r:id="rId_hyperlink_1902"/>
+    <hyperlink ref="AC73" r:id="rId_hyperlink_1903"/>
+    <hyperlink ref="AD73" r:id="rId_hyperlink_1904"/>
+    <hyperlink ref="AE73" r:id="rId_hyperlink_1905"/>
+    <hyperlink ref="AF73" r:id="rId_hyperlink_1906"/>
+    <hyperlink ref="AG73" r:id="rId_hyperlink_1907"/>
+    <hyperlink ref="AH73" r:id="rId_hyperlink_1908"/>
+    <hyperlink ref="AI73" r:id="rId_hyperlink_1909"/>
+    <hyperlink ref="AJ73" r:id="rId_hyperlink_1910"/>
+    <hyperlink ref="AK73" r:id="rId_hyperlink_1911"/>
+    <hyperlink ref="AL73" r:id="rId_hyperlink_1912"/>
+    <hyperlink ref="AM73" r:id="rId_hyperlink_1913"/>
+    <hyperlink ref="AN73" r:id="rId_hyperlink_1914"/>
+    <hyperlink ref="AO73" r:id="rId_hyperlink_1915"/>
+    <hyperlink ref="AP73" r:id="rId_hyperlink_1916"/>
+    <hyperlink ref="AQ73" r:id="rId_hyperlink_1917"/>
+    <hyperlink ref="AR73" r:id="rId_hyperlink_1918"/>
+    <hyperlink ref="AS73" r:id="rId_hyperlink_1919"/>
+    <hyperlink ref="AT73" r:id="rId_hyperlink_1920"/>
+    <hyperlink ref="AU73" r:id="rId_hyperlink_1921"/>
+    <hyperlink ref="AV73" r:id="rId_hyperlink_1922"/>
+    <hyperlink ref="AW73" r:id="rId_hyperlink_1923"/>
+    <hyperlink ref="AX73" r:id="rId_hyperlink_1924"/>
+    <hyperlink ref="AY73" r:id="rId_hyperlink_1925"/>
+    <hyperlink ref="AZ73" r:id="rId_hyperlink_1926"/>
+    <hyperlink ref="BA73" r:id="rId_hyperlink_1927"/>
+    <hyperlink ref="BB73" r:id="rId_hyperlink_1928"/>
+    <hyperlink ref="X74" r:id="rId_hyperlink_1929"/>
+    <hyperlink ref="Y74" r:id="rId_hyperlink_1930"/>
+    <hyperlink ref="Z74" r:id="rId_hyperlink_1931"/>
+    <hyperlink ref="AA74" r:id="rId_hyperlink_1932"/>
+    <hyperlink ref="AB74" r:id="rId_hyperlink_1933"/>
+    <hyperlink ref="AC74" r:id="rId_hyperlink_1934"/>
+    <hyperlink ref="AD74" r:id="rId_hyperlink_1935"/>
+    <hyperlink ref="X75" r:id="rId_hyperlink_1936"/>
+    <hyperlink ref="Y75" r:id="rId_hyperlink_1937"/>
+    <hyperlink ref="Z75" r:id="rId_hyperlink_1938"/>
+    <hyperlink ref="AA75" r:id="rId_hyperlink_1939"/>
+    <hyperlink ref="AB75" r:id="rId_hyperlink_1940"/>
+    <hyperlink ref="AC75" r:id="rId_hyperlink_1941"/>
+    <hyperlink ref="AD75" r:id="rId_hyperlink_1942"/>
+    <hyperlink ref="AE75" r:id="rId_hyperlink_1943"/>
+    <hyperlink ref="AF75" r:id="rId_hyperlink_1944"/>
+    <hyperlink ref="AG75" r:id="rId_hyperlink_1945"/>
+    <hyperlink ref="AH75" r:id="rId_hyperlink_1946"/>
+    <hyperlink ref="AI75" r:id="rId_hyperlink_1947"/>
+    <hyperlink ref="AJ75" r:id="rId_hyperlink_1948"/>
+    <hyperlink ref="AK75" r:id="rId_hyperlink_1949"/>
+    <hyperlink ref="AL75" r:id="rId_hyperlink_1950"/>
+    <hyperlink ref="AM75" r:id="rId_hyperlink_1951"/>
+    <hyperlink ref="AN75" r:id="rId_hyperlink_1952"/>
+    <hyperlink ref="AO75" r:id="rId_hyperlink_1953"/>
+    <hyperlink ref="AP75" r:id="rId_hyperlink_1954"/>
+    <hyperlink ref="AQ75" r:id="rId_hyperlink_1955"/>
+    <hyperlink ref="AR75" r:id="rId_hyperlink_1956"/>
+    <hyperlink ref="AS75" r:id="rId_hyperlink_1957"/>
+    <hyperlink ref="AT75" r:id="rId_hyperlink_1958"/>
+    <hyperlink ref="AU75" r:id="rId_hyperlink_1959"/>
+    <hyperlink ref="AV75" r:id="rId_hyperlink_1960"/>
+    <hyperlink ref="AW75" r:id="rId_hyperlink_1961"/>
+    <hyperlink ref="AX75" r:id="rId_hyperlink_1962"/>
+    <hyperlink ref="AY75" r:id="rId_hyperlink_1963"/>
+    <hyperlink ref="AZ75" r:id="rId_hyperlink_1964"/>
+    <hyperlink ref="BA75" r:id="rId_hyperlink_1965"/>
+    <hyperlink ref="X76" r:id="rId_hyperlink_1966"/>
+    <hyperlink ref="Y76" r:id="rId_hyperlink_1967"/>
+    <hyperlink ref="Z76" r:id="rId_hyperlink_1968"/>
+    <hyperlink ref="AA76" r:id="rId_hyperlink_1969"/>
+    <hyperlink ref="AB76" r:id="rId_hyperlink_1970"/>
+    <hyperlink ref="AC76" r:id="rId_hyperlink_1971"/>
+    <hyperlink ref="AD76" r:id="rId_hyperlink_1972"/>
+    <hyperlink ref="AE76" r:id="rId_hyperlink_1973"/>
+    <hyperlink ref="AF76" r:id="rId_hyperlink_1974"/>
+    <hyperlink ref="AG76" r:id="rId_hyperlink_1975"/>
+    <hyperlink ref="AH76" r:id="rId_hyperlink_1976"/>
+    <hyperlink ref="AI76" r:id="rId_hyperlink_1977"/>
+    <hyperlink ref="AJ76" r:id="rId_hyperlink_1978"/>
+    <hyperlink ref="AK76" r:id="rId_hyperlink_1979"/>
+    <hyperlink ref="AL76" r:id="rId_hyperlink_1980"/>
+    <hyperlink ref="AM76" r:id="rId_hyperlink_1981"/>
+    <hyperlink ref="AN76" r:id="rId_hyperlink_1982"/>
+    <hyperlink ref="AO76" r:id="rId_hyperlink_1983"/>
+    <hyperlink ref="AP76" r:id="rId_hyperlink_1984"/>
+    <hyperlink ref="AQ76" r:id="rId_hyperlink_1985"/>
+    <hyperlink ref="AR76" r:id="rId_hyperlink_1986"/>
+    <hyperlink ref="AS76" r:id="rId_hyperlink_1987"/>
+    <hyperlink ref="AT76" r:id="rId_hyperlink_1988"/>
+    <hyperlink ref="AU76" r:id="rId_hyperlink_1989"/>
+    <hyperlink ref="AV76" r:id="rId_hyperlink_1990"/>
+    <hyperlink ref="AW76" r:id="rId_hyperlink_1991"/>
+    <hyperlink ref="AX76" r:id="rId_hyperlink_1992"/>
+    <hyperlink ref="AY76" r:id="rId_hyperlink_1993"/>
+    <hyperlink ref="AZ76" r:id="rId_hyperlink_1994"/>
+    <hyperlink ref="BA76" r:id="rId_hyperlink_1995"/>
+    <hyperlink ref="BB76" r:id="rId_hyperlink_1996"/>
+    <hyperlink ref="BC76" r:id="rId_hyperlink_1997"/>
+    <hyperlink ref="BD76" r:id="rId_hyperlink_1998"/>
+    <hyperlink ref="BE76" r:id="rId_hyperlink_1999"/>
+    <hyperlink ref="BF76" r:id="rId_hyperlink_2000"/>
+    <hyperlink ref="BG76" r:id="rId_hyperlink_2001"/>
+    <hyperlink ref="BH76" r:id="rId_hyperlink_2002"/>
+    <hyperlink ref="BI76" r:id="rId_hyperlink_2003"/>
+    <hyperlink ref="BJ76" r:id="rId_hyperlink_2004"/>
+    <hyperlink ref="BK76" r:id="rId_hyperlink_2005"/>
+    <hyperlink ref="BL76" r:id="rId_hyperlink_2006"/>
+    <hyperlink ref="BM76" r:id="rId_hyperlink_2007"/>
+    <hyperlink ref="BN76" r:id="rId_hyperlink_2008"/>
+    <hyperlink ref="BO76" r:id="rId_hyperlink_2009"/>
+    <hyperlink ref="BP76" r:id="rId_hyperlink_2010"/>
+    <hyperlink ref="BQ76" r:id="rId_hyperlink_2011"/>
+    <hyperlink ref="BR76" r:id="rId_hyperlink_2012"/>
+    <hyperlink ref="BS76" r:id="rId_hyperlink_2013"/>
+    <hyperlink ref="X77" r:id="rId_hyperlink_2014"/>
+    <hyperlink ref="Y77" r:id="rId_hyperlink_2015"/>
+    <hyperlink ref="Z77" r:id="rId_hyperlink_2016"/>
+    <hyperlink ref="X78" r:id="rId_hyperlink_2017"/>
+    <hyperlink ref="Y78" r:id="rId_hyperlink_2018"/>
+    <hyperlink ref="Z78" r:id="rId_hyperlink_2019"/>
+    <hyperlink ref="AA78" r:id="rId_hyperlink_2020"/>
+    <hyperlink ref="AB78" r:id="rId_hyperlink_2021"/>
+    <hyperlink ref="AC78" r:id="rId_hyperlink_2022"/>
+    <hyperlink ref="AD78" r:id="rId_hyperlink_2023"/>
+    <hyperlink ref="AE78" r:id="rId_hyperlink_2024"/>
+    <hyperlink ref="AF78" r:id="rId_hyperlink_2025"/>
+    <hyperlink ref="AG78" r:id="rId_hyperlink_2026"/>
+    <hyperlink ref="AH78" r:id="rId_hyperlink_2027"/>
+    <hyperlink ref="AI78" r:id="rId_hyperlink_2028"/>
+    <hyperlink ref="AJ78" r:id="rId_hyperlink_2029"/>
+    <hyperlink ref="X79" r:id="rId_hyperlink_2030"/>
+    <hyperlink ref="Y79" r:id="rId_hyperlink_2031"/>
+    <hyperlink ref="Z79" r:id="rId_hyperlink_2032"/>
+    <hyperlink ref="AA79" r:id="rId_hyperlink_2033"/>
+    <hyperlink ref="AB79" r:id="rId_hyperlink_2034"/>
+    <hyperlink ref="AC79" r:id="rId_hyperlink_2035"/>
+    <hyperlink ref="AD79" r:id="rId_hyperlink_2036"/>
+    <hyperlink ref="AE79" r:id="rId_hyperlink_2037"/>
+    <hyperlink ref="AF79" r:id="rId_hyperlink_2038"/>
+    <hyperlink ref="AG79" r:id="rId_hyperlink_2039"/>
+    <hyperlink ref="AH79" r:id="rId_hyperlink_2040"/>
+    <hyperlink ref="AI79" r:id="rId_hyperlink_2041"/>
+    <hyperlink ref="AJ79" r:id="rId_hyperlink_2042"/>
+    <hyperlink ref="AK79" r:id="rId_hyperlink_2043"/>
+    <hyperlink ref="AL79" r:id="rId_hyperlink_2044"/>
+    <hyperlink ref="AM79" r:id="rId_hyperlink_2045"/>
+    <hyperlink ref="AN79" r:id="rId_hyperlink_2046"/>
+    <hyperlink ref="AO79" r:id="rId_hyperlink_2047"/>
+    <hyperlink ref="AP79" r:id="rId_hyperlink_2048"/>
+    <hyperlink ref="AQ79" r:id="rId_hyperlink_2049"/>
+    <hyperlink ref="AR79" r:id="rId_hyperlink_2050"/>
+    <hyperlink ref="AS79" r:id="rId_hyperlink_2051"/>
+    <hyperlink ref="AT79" r:id="rId_hyperlink_2052"/>
+    <hyperlink ref="AU79" r:id="rId_hyperlink_2053"/>
+    <hyperlink ref="AV79" r:id="rId_hyperlink_2054"/>
+    <hyperlink ref="AW79" r:id="rId_hyperlink_2055"/>
+    <hyperlink ref="AX79" r:id="rId_hyperlink_2056"/>
+    <hyperlink ref="AY79" r:id="rId_hyperlink_2057"/>
+    <hyperlink ref="AZ79" r:id="rId_hyperlink_2058"/>
+    <hyperlink ref="BA79" r:id="rId_hyperlink_2059"/>
+    <hyperlink ref="BB79" r:id="rId_hyperlink_2060"/>
+    <hyperlink ref="BC79" r:id="rId_hyperlink_2061"/>
+    <hyperlink ref="BD79" r:id="rId_hyperlink_2062"/>
+    <hyperlink ref="BE79" r:id="rId_hyperlink_2063"/>
+    <hyperlink ref="BF79" r:id="rId_hyperlink_2064"/>
+    <hyperlink ref="BG79" r:id="rId_hyperlink_2065"/>
+    <hyperlink ref="BH79" r:id="rId_hyperlink_2066"/>
+    <hyperlink ref="BI79" r:id="rId_hyperlink_2067"/>
+    <hyperlink ref="BJ79" r:id="rId_hyperlink_2068"/>
+    <hyperlink ref="BK79" r:id="rId_hyperlink_2069"/>
+    <hyperlink ref="BL79" r:id="rId_hyperlink_2070"/>
+    <hyperlink ref="BM79" r:id="rId_hyperlink_2071"/>
+    <hyperlink ref="BN79" r:id="rId_hyperlink_2072"/>
+    <hyperlink ref="BO79" r:id="rId_hyperlink_2073"/>
+    <hyperlink ref="BP79" r:id="rId_hyperlink_2074"/>
+    <hyperlink ref="BQ79" r:id="rId_hyperlink_2075"/>
+    <hyperlink ref="BR79" r:id="rId_hyperlink_2076"/>
+    <hyperlink ref="BS79" r:id="rId_hyperlink_2077"/>
+    <hyperlink ref="BT79" r:id="rId_hyperlink_2078"/>
+    <hyperlink ref="BU79" r:id="rId_hyperlink_2079"/>
+    <hyperlink ref="BV79" r:id="rId_hyperlink_2080"/>
+    <hyperlink ref="BW79" r:id="rId_hyperlink_2081"/>
+    <hyperlink ref="BX79" r:id="rId_hyperlink_2082"/>
+    <hyperlink ref="X80" r:id="rId_hyperlink_2083"/>
+    <hyperlink ref="Y80" r:id="rId_hyperlink_2084"/>
+    <hyperlink ref="Z80" r:id="rId_hyperlink_2085"/>
+    <hyperlink ref="X81" r:id="rId_hyperlink_2086"/>
+    <hyperlink ref="Y81" r:id="rId_hyperlink_2087"/>
+    <hyperlink ref="Z81" r:id="rId_hyperlink_2088"/>
+    <hyperlink ref="AA81" r:id="rId_hyperlink_2089"/>
+    <hyperlink ref="AB81" r:id="rId_hyperlink_2090"/>
+    <hyperlink ref="AC81" r:id="rId_hyperlink_2091"/>
+    <hyperlink ref="AD81" r:id="rId_hyperlink_2092"/>
+    <hyperlink ref="AE81" r:id="rId_hyperlink_2093"/>
+    <hyperlink ref="AF81" r:id="rId_hyperlink_2094"/>
+    <hyperlink ref="AG81" r:id="rId_hyperlink_2095"/>
+    <hyperlink ref="X82" r:id="rId_hyperlink_2096"/>
+    <hyperlink ref="Y82" r:id="rId_hyperlink_2097"/>
+    <hyperlink ref="Z82" r:id="rId_hyperlink_2098"/>
+    <hyperlink ref="AA82" r:id="rId_hyperlink_2099"/>
+    <hyperlink ref="AB82" r:id="rId_hyperlink_2100"/>
+    <hyperlink ref="AC82" r:id="rId_hyperlink_2101"/>
+    <hyperlink ref="AD82" r:id="rId_hyperlink_2102"/>
+    <hyperlink ref="AE82" r:id="rId_hyperlink_2103"/>
+    <hyperlink ref="AF82" r:id="rId_hyperlink_2104"/>
+    <hyperlink ref="AG82" r:id="rId_hyperlink_2105"/>
+    <hyperlink ref="AH82" r:id="rId_hyperlink_2106"/>
+    <hyperlink ref="AI82" r:id="rId_hyperlink_2107"/>
+    <hyperlink ref="AJ82" r:id="rId_hyperlink_2108"/>
+    <hyperlink ref="AK82" r:id="rId_hyperlink_2109"/>
+    <hyperlink ref="AL82" r:id="rId_hyperlink_2110"/>
+    <hyperlink ref="AM82" r:id="rId_hyperlink_2111"/>
+    <hyperlink ref="AN82" r:id="rId_hyperlink_2112"/>
+    <hyperlink ref="AO82" r:id="rId_hyperlink_2113"/>
+    <hyperlink ref="AP82" r:id="rId_hyperlink_2114"/>
+    <hyperlink ref="AQ82" r:id="rId_hyperlink_2115"/>
+    <hyperlink ref="AR82" r:id="rId_hyperlink_2116"/>
+    <hyperlink ref="X83" r:id="rId_hyperlink_2117"/>
+    <hyperlink ref="Y83" r:id="rId_hyperlink_2118"/>
+    <hyperlink ref="Z83" r:id="rId_hyperlink_2119"/>
+    <hyperlink ref="AA83" r:id="rId_hyperlink_2120"/>
+    <hyperlink ref="AB83" r:id="rId_hyperlink_2121"/>
+    <hyperlink ref="AC83" r:id="rId_hyperlink_2122"/>
+    <hyperlink ref="AD83" r:id="rId_hyperlink_2123"/>
+    <hyperlink ref="X84" r:id="rId_hyperlink_2124"/>
+    <hyperlink ref="Y84" r:id="rId_hyperlink_2125"/>
+    <hyperlink ref="Z84" r:id="rId_hyperlink_2126"/>
+    <hyperlink ref="AA84" r:id="rId_hyperlink_2127"/>
+    <hyperlink ref="AB84" r:id="rId_hyperlink_2128"/>
+    <hyperlink ref="AC84" r:id="rId_hyperlink_2129"/>
+    <hyperlink ref="AD84" r:id="rId_hyperlink_2130"/>
+    <hyperlink ref="AE84" r:id="rId_hyperlink_2131"/>
+    <hyperlink ref="AF84" r:id="rId_hyperlink_2132"/>
+    <hyperlink ref="AG84" r:id="rId_hyperlink_2133"/>
+    <hyperlink ref="AH84" r:id="rId_hyperlink_2134"/>
+    <hyperlink ref="AI84" r:id="rId_hyperlink_2135"/>
+    <hyperlink ref="AJ84" r:id="rId_hyperlink_2136"/>
+    <hyperlink ref="AK84" r:id="rId_hyperlink_2137"/>
+    <hyperlink ref="AL84" r:id="rId_hyperlink_2138"/>
+    <hyperlink ref="AM84" r:id="rId_hyperlink_2139"/>
+    <hyperlink ref="AN84" r:id="rId_hyperlink_2140"/>
+    <hyperlink ref="AO84" r:id="rId_hyperlink_2141"/>
+    <hyperlink ref="AP84" r:id="rId_hyperlink_2142"/>
+    <hyperlink ref="AQ84" r:id="rId_hyperlink_2143"/>
+    <hyperlink ref="AR84" r:id="rId_hyperlink_2144"/>
+    <hyperlink ref="AS84" r:id="rId_hyperlink_2145"/>
+    <hyperlink ref="AT84" r:id="rId_hyperlink_2146"/>
+    <hyperlink ref="AU84" r:id="rId_hyperlink_2147"/>
+    <hyperlink ref="AV84" r:id="rId_hyperlink_2148"/>
+    <hyperlink ref="AW84" r:id="rId_hyperlink_2149"/>
+    <hyperlink ref="AX84" r:id="rId_hyperlink_2150"/>
+    <hyperlink ref="AY84" r:id="rId_hyperlink_2151"/>
+    <hyperlink ref="AZ84" r:id="rId_hyperlink_2152"/>
+    <hyperlink ref="BA84" r:id="rId_hyperlink_2153"/>
+    <hyperlink ref="BB84" r:id="rId_hyperlink_2154"/>
+    <hyperlink ref="BC84" r:id="rId_hyperlink_2155"/>
+    <hyperlink ref="BD84" r:id="rId_hyperlink_2156"/>
+    <hyperlink ref="BE84" r:id="rId_hyperlink_2157"/>
+    <hyperlink ref="BF84" r:id="rId_hyperlink_2158"/>
+    <hyperlink ref="BG84" r:id="rId_hyperlink_2159"/>
+    <hyperlink ref="BH84" r:id="rId_hyperlink_2160"/>
+    <hyperlink ref="BI84" r:id="rId_hyperlink_2161"/>
+    <hyperlink ref="BJ84" r:id="rId_hyperlink_2162"/>
+    <hyperlink ref="BK84" r:id="rId_hyperlink_2163"/>
+    <hyperlink ref="BL84" r:id="rId_hyperlink_2164"/>
+    <hyperlink ref="BM84" r:id="rId_hyperlink_2165"/>
+    <hyperlink ref="BN84" r:id="rId_hyperlink_2166"/>
+    <hyperlink ref="BO84" r:id="rId_hyperlink_2167"/>
+    <hyperlink ref="X85" r:id="rId_hyperlink_2168"/>
+    <hyperlink ref="Y85" r:id="rId_hyperlink_2169"/>
+    <hyperlink ref="Z85" r:id="rId_hyperlink_2170"/>
+    <hyperlink ref="AA85" r:id="rId_hyperlink_2171"/>
+    <hyperlink ref="AB85" r:id="rId_hyperlink_2172"/>
+    <hyperlink ref="AC85" r:id="rId_hyperlink_2173"/>
+    <hyperlink ref="AD85" r:id="rId_hyperlink_2174"/>
+    <hyperlink ref="AE85" r:id="rId_hyperlink_2175"/>
+    <hyperlink ref="AF85" r:id="rId_hyperlink_2176"/>
+    <hyperlink ref="AG85" r:id="rId_hyperlink_2177"/>
+    <hyperlink ref="AH85" r:id="rId_hyperlink_2178"/>
+    <hyperlink ref="AI85" r:id="rId_hyperlink_2179"/>
+    <hyperlink ref="AJ85" r:id="rId_hyperlink_2180"/>
+    <hyperlink ref="AK85" r:id="rId_hyperlink_2181"/>
+    <hyperlink ref="AL85" r:id="rId_hyperlink_2182"/>
+    <hyperlink ref="AM85" r:id="rId_hyperlink_2183"/>
+    <hyperlink ref="AN85" r:id="rId_hyperlink_2184"/>
+    <hyperlink ref="AO85" r:id="rId_hyperlink_2185"/>
+    <hyperlink ref="AP85" r:id="rId_hyperlink_2186"/>
+    <hyperlink ref="AQ85" r:id="rId_hyperlink_2187"/>
+    <hyperlink ref="X86" r:id="rId_hyperlink_2188"/>
+    <hyperlink ref="Y86" r:id="rId_hyperlink_2189"/>
+    <hyperlink ref="Z86" r:id="rId_hyperlink_2190"/>
+    <hyperlink ref="X87" r:id="rId_hyperlink_2191"/>
+    <hyperlink ref="Y87" r:id="rId_hyperlink_2192"/>
+    <hyperlink ref="Z87" r:id="rId_hyperlink_2193"/>
+    <hyperlink ref="AA87" r:id="rId_hyperlink_2194"/>
+    <hyperlink ref="AB87" r:id="rId_hyperlink_2195"/>
+    <hyperlink ref="AC87" r:id="rId_hyperlink_2196"/>
+    <hyperlink ref="AD87" r:id="rId_hyperlink_2197"/>
+    <hyperlink ref="AE87" r:id="rId_hyperlink_2198"/>
+    <hyperlink ref="AF87" r:id="rId_hyperlink_2199"/>
+    <hyperlink ref="AG87" r:id="rId_hyperlink_2200"/>
+    <hyperlink ref="AH87" r:id="rId_hyperlink_2201"/>
+    <hyperlink ref="X88" r:id="rId_hyperlink_2202"/>
+    <hyperlink ref="Y88" r:id="rId_hyperlink_2203"/>
+    <hyperlink ref="Z88" r:id="rId_hyperlink_2204"/>
+    <hyperlink ref="AA88" r:id="rId_hyperlink_2205"/>
+    <hyperlink ref="AB88" r:id="rId_hyperlink_2206"/>
+    <hyperlink ref="AC88" r:id="rId_hyperlink_2207"/>
+    <hyperlink ref="AD88" r:id="rId_hyperlink_2208"/>
+    <hyperlink ref="AE88" r:id="rId_hyperlink_2209"/>
+    <hyperlink ref="AF88" r:id="rId_hyperlink_2210"/>
+    <hyperlink ref="AG88" r:id="rId_hyperlink_2211"/>
+    <hyperlink ref="X89" r:id="rId_hyperlink_2212"/>
+    <hyperlink ref="Y89" r:id="rId_hyperlink_2213"/>
+    <hyperlink ref="Z89" r:id="rId_hyperlink_2214"/>
+    <hyperlink ref="AA89" r:id="rId_hyperlink_2215"/>
+    <hyperlink ref="AB89" r:id="rId_hyperlink_2216"/>
+    <hyperlink ref="AC89" r:id="rId_hyperlink_2217"/>
+    <hyperlink ref="AD89" r:id="rId_hyperlink_2218"/>
+    <hyperlink ref="AE89" r:id="rId_hyperlink_2219"/>
+    <hyperlink ref="AF89" r:id="rId_hyperlink_2220"/>
+    <hyperlink ref="AG89" r:id="rId_hyperlink_2221"/>
+    <hyperlink ref="AH89" r:id="rId_hyperlink_2222"/>
+    <hyperlink ref="AI89" r:id="rId_hyperlink_2223"/>
+    <hyperlink ref="AJ89" r:id="rId_hyperlink_2224"/>
+    <hyperlink ref="AK89" r:id="rId_hyperlink_2225"/>
+    <hyperlink ref="AL89" r:id="rId_hyperlink_2226"/>
+    <hyperlink ref="AM89" r:id="rId_hyperlink_2227"/>
+    <hyperlink ref="AN89" r:id="rId_hyperlink_2228"/>
+    <hyperlink ref="AO89" r:id="rId_hyperlink_2229"/>
+    <hyperlink ref="AP89" r:id="rId_hyperlink_2230"/>
+    <hyperlink ref="AQ89" r:id="rId_hyperlink_2231"/>
+    <hyperlink ref="AR89" r:id="rId_hyperlink_2232"/>
+    <hyperlink ref="AS89" r:id="rId_hyperlink_2233"/>
+    <hyperlink ref="AT89" r:id="rId_hyperlink_2234"/>
+    <hyperlink ref="AU89" r:id="rId_hyperlink_2235"/>
+    <hyperlink ref="AV89" r:id="rId_hyperlink_2236"/>
+    <hyperlink ref="AW89" r:id="rId_hyperlink_2237"/>
+    <hyperlink ref="AX89" r:id="rId_hyperlink_2238"/>
+    <hyperlink ref="AY89" r:id="rId_hyperlink_2239"/>
+    <hyperlink ref="AZ89" r:id="rId_hyperlink_2240"/>
+    <hyperlink ref="BA89" r:id="rId_hyperlink_2241"/>
+    <hyperlink ref="BB89" r:id="rId_hyperlink_2242"/>
+    <hyperlink ref="BC89" r:id="rId_hyperlink_2243"/>
+    <hyperlink ref="BD89" r:id="rId_hyperlink_2244"/>
+    <hyperlink ref="BE89" r:id="rId_hyperlink_2245"/>
+    <hyperlink ref="BF89" r:id="rId_hyperlink_2246"/>
+    <hyperlink ref="X90" r:id="rId_hyperlink_2247"/>
+    <hyperlink ref="Y90" r:id="rId_hyperlink_2248"/>
+    <hyperlink ref="Z90" r:id="rId_hyperlink_2249"/>
+    <hyperlink ref="AA90" r:id="rId_hyperlink_2250"/>
+    <hyperlink ref="AB90" r:id="rId_hyperlink_2251"/>
+    <hyperlink ref="AC90" r:id="rId_hyperlink_2252"/>
+    <hyperlink ref="AD90" r:id="rId_hyperlink_2253"/>
+    <hyperlink ref="AE90" r:id="rId_hyperlink_2254"/>
+    <hyperlink ref="AF90" r:id="rId_hyperlink_2255"/>
+    <hyperlink ref="AG90" r:id="rId_hyperlink_2256"/>
+    <hyperlink ref="AH90" r:id="rId_hyperlink_2257"/>
+    <hyperlink ref="AI90" r:id="rId_hyperlink_2258"/>
+    <hyperlink ref="AJ90" r:id="rId_hyperlink_2259"/>
+    <hyperlink ref="AK90" r:id="rId_hyperlink_2260"/>
+    <hyperlink ref="AL90" r:id="rId_hyperlink_2261"/>
+    <hyperlink ref="AM90" r:id="rId_hyperlink_2262"/>
+    <hyperlink ref="AN90" r:id="rId_hyperlink_2263"/>
+    <hyperlink ref="AO90" r:id="rId_hyperlink_2264"/>
+    <hyperlink ref="AP90" r:id="rId_hyperlink_2265"/>
+    <hyperlink ref="AQ90" r:id="rId_hyperlink_2266"/>
+    <hyperlink ref="AR90" r:id="rId_hyperlink_2267"/>
+    <hyperlink ref="AS90" r:id="rId_hyperlink_2268"/>
+    <hyperlink ref="X91" r:id="rId_hyperlink_2269"/>
+    <hyperlink ref="Y91" r:id="rId_hyperlink_2270"/>
+    <hyperlink ref="Z91" r:id="rId_hyperlink_2271"/>
+    <hyperlink ref="AA91" r:id="rId_hyperlink_2272"/>
+    <hyperlink ref="AB91" r:id="rId_hyperlink_2273"/>
+    <hyperlink ref="AC91" r:id="rId_hyperlink_2274"/>
+    <hyperlink ref="AD91" r:id="rId_hyperlink_2275"/>
+    <hyperlink ref="AE91" r:id="rId_hyperlink_2276"/>
+    <hyperlink ref="AF91" r:id="rId_hyperlink_2277"/>
+    <hyperlink ref="AG91" r:id="rId_hyperlink_2278"/>
+    <hyperlink ref="AH91" r:id="rId_hyperlink_2279"/>
+    <hyperlink ref="AI91" r:id="rId_hyperlink_2280"/>
+    <hyperlink ref="AJ91" r:id="rId_hyperlink_2281"/>
+    <hyperlink ref="AK91" r:id="rId_hyperlink_2282"/>
+    <hyperlink ref="AL91" r:id="rId_hyperlink_2283"/>
+    <hyperlink ref="X92" r:id="rId_hyperlink_2284"/>
+    <hyperlink ref="Y92" r:id="rId_hyperlink_2285"/>
+    <hyperlink ref="Z92" r:id="rId_hyperlink_2286"/>
+    <hyperlink ref="AA92" r:id="rId_hyperlink_2287"/>
+    <hyperlink ref="AB92" r:id="rId_hyperlink_2288"/>
+    <hyperlink ref="AC92" r:id="rId_hyperlink_2289"/>
+    <hyperlink ref="AD92" r:id="rId_hyperlink_2290"/>
+    <hyperlink ref="AE92" r:id="rId_hyperlink_2291"/>
+    <hyperlink ref="AF92" r:id="rId_hyperlink_2292"/>
+    <hyperlink ref="AG92" r:id="rId_hyperlink_2293"/>
+    <hyperlink ref="AH92" r:id="rId_hyperlink_2294"/>
+    <hyperlink ref="AI92" r:id="rId_hyperlink_2295"/>
+    <hyperlink ref="AJ92" r:id="rId_hyperlink_2296"/>
+    <hyperlink ref="X93" r:id="rId_hyperlink_2297"/>
+    <hyperlink ref="Y93" r:id="rId_hyperlink_2298"/>
+    <hyperlink ref="Z93" r:id="rId_hyperlink_2299"/>
+    <hyperlink ref="AA93" r:id="rId_hyperlink_2300"/>
+    <hyperlink ref="AB93" r:id="rId_hyperlink_2301"/>
+    <hyperlink ref="AC93" r:id="rId_hyperlink_2302"/>
+    <hyperlink ref="X94" r:id="rId_hyperlink_2303"/>
+    <hyperlink ref="Y94" r:id="rId_hyperlink_2304"/>
+    <hyperlink ref="Z94" r:id="rId_hyperlink_2305"/>
+    <hyperlink ref="AA94" r:id="rId_hyperlink_2306"/>
+    <hyperlink ref="AB94" r:id="rId_hyperlink_2307"/>
+    <hyperlink ref="AC94" r:id="rId_hyperlink_2308"/>
+    <hyperlink ref="AD94" r:id="rId_hyperlink_2309"/>
+    <hyperlink ref="AE94" r:id="rId_hyperlink_2310"/>
+    <hyperlink ref="AF94" r:id="rId_hyperlink_2311"/>
+    <hyperlink ref="AG94" r:id="rId_hyperlink_2312"/>
+    <hyperlink ref="AH94" r:id="rId_hyperlink_2313"/>
+    <hyperlink ref="AI94" r:id="rId_hyperlink_2314"/>
+    <hyperlink ref="AJ94" r:id="rId_hyperlink_2315"/>
+    <hyperlink ref="AK94" r:id="rId_hyperlink_2316"/>
+    <hyperlink ref="X95" r:id="rId_hyperlink_2317"/>
+    <hyperlink ref="Y95" r:id="rId_hyperlink_2318"/>
+    <hyperlink ref="Z95" r:id="rId_hyperlink_2319"/>
+    <hyperlink ref="AA95" r:id="rId_hyperlink_2320"/>
+    <hyperlink ref="AB95" r:id="rId_hyperlink_2321"/>
+    <hyperlink ref="AC95" r:id="rId_hyperlink_2322"/>
+    <hyperlink ref="AD95" r:id="rId_hyperlink_2323"/>
+    <hyperlink ref="AE95" r:id="rId_hyperlink_2324"/>
+    <hyperlink ref="AF95" r:id="rId_hyperlink_2325"/>
+    <hyperlink ref="AG95" r:id="rId_hyperlink_2326"/>
+    <hyperlink ref="AH95" r:id="rId_hyperlink_2327"/>
+    <hyperlink ref="AI95" r:id="rId_hyperlink_2328"/>
+    <hyperlink ref="AJ95" r:id="rId_hyperlink_2329"/>
+    <hyperlink ref="AK95" r:id="rId_hyperlink_2330"/>
+    <hyperlink ref="AL95" r:id="rId_hyperlink_2331"/>
+    <hyperlink ref="AM95" r:id="rId_hyperlink_2332"/>
+    <hyperlink ref="AN95" r:id="rId_hyperlink_2333"/>
+    <hyperlink ref="AO95" r:id="rId_hyperlink_2334"/>
+    <hyperlink ref="AP95" r:id="rId_hyperlink_2335"/>
+    <hyperlink ref="AQ95" r:id="rId_hyperlink_2336"/>
+    <hyperlink ref="AR95" r:id="rId_hyperlink_2337"/>
+    <hyperlink ref="AS95" r:id="rId_hyperlink_2338"/>
+    <hyperlink ref="AT95" r:id="rId_hyperlink_2339"/>
+    <hyperlink ref="AU95" r:id="rId_hyperlink_2340"/>
+    <hyperlink ref="AV95" r:id="rId_hyperlink_2341"/>
+    <hyperlink ref="AW95" r:id="rId_hyperlink_2342"/>
+    <hyperlink ref="AX95" r:id="rId_hyperlink_2343"/>
+    <hyperlink ref="AY95" r:id="rId_hyperlink_2344"/>
+    <hyperlink ref="AZ95" r:id="rId_hyperlink_2345"/>
+    <hyperlink ref="BA95" r:id="rId_hyperlink_2346"/>
+    <hyperlink ref="BB95" r:id="rId_hyperlink_2347"/>
+    <hyperlink ref="BC95" r:id="rId_hyperlink_2348"/>
+    <hyperlink ref="BD95" r:id="rId_hyperlink_2349"/>
+    <hyperlink ref="X96" r:id="rId_hyperlink_2350"/>
+    <hyperlink ref="Y96" r:id="rId_hyperlink_2351"/>
+    <hyperlink ref="Z96" r:id="rId_hyperlink_2352"/>
+    <hyperlink ref="AA96" r:id="rId_hyperlink_2353"/>
+    <hyperlink ref="AB96" r:id="rId_hyperlink_2354"/>
+    <hyperlink ref="AC96" r:id="rId_hyperlink_2355"/>
+    <hyperlink ref="AD96" r:id="rId_hyperlink_2356"/>
+    <hyperlink ref="AE96" r:id="rId_hyperlink_2357"/>
+    <hyperlink ref="AF96" r:id="rId_hyperlink_2358"/>
+    <hyperlink ref="AG96" r:id="rId_hyperlink_2359"/>
+    <hyperlink ref="X97" r:id="rId_hyperlink_2360"/>
+    <hyperlink ref="Y97" r:id="rId_hyperlink_2361"/>
+    <hyperlink ref="Z97" r:id="rId_hyperlink_2362"/>
+    <hyperlink ref="AA97" r:id="rId_hyperlink_2363"/>
+    <hyperlink ref="AB97" r:id="rId_hyperlink_2364"/>
+    <hyperlink ref="AC97" r:id="rId_hyperlink_2365"/>
+    <hyperlink ref="AD97" r:id="rId_hyperlink_2366"/>
+    <hyperlink ref="AE97" r:id="rId_hyperlink_2367"/>
+    <hyperlink ref="AF97" r:id="rId_hyperlink_2368"/>
+    <hyperlink ref="AG97" r:id="rId_hyperlink_2369"/>
+    <hyperlink ref="AH97" r:id="rId_hyperlink_2370"/>
+    <hyperlink ref="AI97" r:id="rId_hyperlink_2371"/>
+    <hyperlink ref="AJ97" r:id="rId_hyperlink_2372"/>
+    <hyperlink ref="AK97" r:id="rId_hyperlink_2373"/>
+    <hyperlink ref="AL97" r:id="rId_hyperlink_2374"/>
+    <hyperlink ref="AM97" r:id="rId_hyperlink_2375"/>
+    <hyperlink ref="AN97" r:id="rId_hyperlink_2376"/>
+    <hyperlink ref="X98" r:id="rId_hyperlink_2377"/>
+    <hyperlink ref="Y98" r:id="rId_hyperlink_2378"/>
+    <hyperlink ref="Z98" r:id="rId_hyperlink_2379"/>
+    <hyperlink ref="AA98" r:id="rId_hyperlink_2380"/>
+    <hyperlink ref="AB98" r:id="rId_hyperlink_2381"/>
+    <hyperlink ref="AC98" r:id="rId_hyperlink_2382"/>
+    <hyperlink ref="AD98" r:id="rId_hyperlink_2383"/>
+    <hyperlink ref="AE98" r:id="rId_hyperlink_2384"/>
+    <hyperlink ref="AF98" r:id="rId_hyperlink_2385"/>
+    <hyperlink ref="AG98" r:id="rId_hyperlink_2386"/>
+    <hyperlink ref="AH98" r:id="rId_hyperlink_2387"/>
+    <hyperlink ref="AI98" r:id="rId_hyperlink_2388"/>
+    <hyperlink ref="AJ98" r:id="rId_hyperlink_2389"/>
+    <hyperlink ref="AK98" r:id="rId_hyperlink_2390"/>
+    <hyperlink ref="AL98" r:id="rId_hyperlink_2391"/>
+    <hyperlink ref="AM98" r:id="rId_hyperlink_2392"/>
+    <hyperlink ref="AN98" r:id="rId_hyperlink_2393"/>
+    <hyperlink ref="AO98" r:id="rId_hyperlink_2394"/>
+    <hyperlink ref="AP98" r:id="rId_hyperlink_2395"/>
+    <hyperlink ref="AQ98" r:id="rId_hyperlink_2396"/>
+    <hyperlink ref="AR98" r:id="rId_hyperlink_2397"/>
+    <hyperlink ref="AS98" r:id="rId_hyperlink_2398"/>
+    <hyperlink ref="AT98" r:id="rId_hyperlink_2399"/>
+    <hyperlink ref="X99" r:id="rId_hyperlink_2400"/>
+    <hyperlink ref="Y99" r:id="rId_hyperlink_2401"/>
+    <hyperlink ref="Z99" r:id="rId_hyperlink_2402"/>
+    <hyperlink ref="AA99" r:id="rId_hyperlink_2403"/>
+    <hyperlink ref="AB99" r:id="rId_hyperlink_2404"/>
+    <hyperlink ref="AC99" r:id="rId_hyperlink_2405"/>
+    <hyperlink ref="AD99" r:id="rId_hyperlink_2406"/>
+    <hyperlink ref="AE99" r:id="rId_hyperlink_2407"/>
+    <hyperlink ref="X100" r:id="rId_hyperlink_2408"/>
+    <hyperlink ref="Y100" r:id="rId_hyperlink_2409"/>
+    <hyperlink ref="Z100" r:id="rId_hyperlink_2410"/>
+    <hyperlink ref="AA100" r:id="rId_hyperlink_2411"/>
+    <hyperlink ref="X101" r:id="rId_hyperlink_2412"/>
+    <hyperlink ref="Y101" r:id="rId_hyperlink_2413"/>
+    <hyperlink ref="Z101" r:id="rId_hyperlink_2414"/>
+    <hyperlink ref="AA101" r:id="rId_hyperlink_2415"/>
+    <hyperlink ref="AB101" r:id="rId_hyperlink_2416"/>
+    <hyperlink ref="AC101" r:id="rId_hyperlink_2417"/>
+    <hyperlink ref="AD101" r:id="rId_hyperlink_2418"/>
+    <hyperlink ref="X102" r:id="rId_hyperlink_2419"/>
+    <hyperlink ref="Y102" r:id="rId_hyperlink_2420"/>
+    <hyperlink ref="Z102" r:id="rId_hyperlink_2421"/>
+    <hyperlink ref="AA102" r:id="rId_hyperlink_2422"/>
+    <hyperlink ref="AB102" r:id="rId_hyperlink_2423"/>
+    <hyperlink ref="AC102" r:id="rId_hyperlink_2424"/>
+    <hyperlink ref="AD102" r:id="rId_hyperlink_2425"/>
+    <hyperlink ref="AE102" r:id="rId_hyperlink_2426"/>
+    <hyperlink ref="X103" r:id="rId_hyperlink_2427"/>
+    <hyperlink ref="Y103" r:id="rId_hyperlink_2428"/>
+    <hyperlink ref="Z103" r:id="rId_hyperlink_2429"/>
+    <hyperlink ref="AA103" r:id="rId_hyperlink_2430"/>
+    <hyperlink ref="AB103" r:id="rId_hyperlink_2431"/>
+    <hyperlink ref="AC103" r:id="rId_hyperlink_2432"/>
+    <hyperlink ref="AD103" r:id="rId_hyperlink_2433"/>
+    <hyperlink ref="AE103" r:id="rId_hyperlink_2434"/>
+    <hyperlink ref="AF103" r:id="rId_hyperlink_2435"/>
+    <hyperlink ref="AG103" r:id="rId_hyperlink_2436"/>
+    <hyperlink ref="AH103" r:id="rId_hyperlink_2437"/>
+    <hyperlink ref="AI103" r:id="rId_hyperlink_2438"/>
+    <hyperlink ref="AJ103" r:id="rId_hyperlink_2439"/>
+    <hyperlink ref="AK103" r:id="rId_hyperlink_2440"/>
+    <hyperlink ref="AL103" r:id="rId_hyperlink_2441"/>
+    <hyperlink ref="X104" r:id="rId_hyperlink_2442"/>
+    <hyperlink ref="Y104" r:id="rId_hyperlink_2443"/>
+    <hyperlink ref="Z104" r:id="rId_hyperlink_2444"/>
+    <hyperlink ref="AA104" r:id="rId_hyperlink_2445"/>
+    <hyperlink ref="AB104" r:id="rId_hyperlink_2446"/>
+    <hyperlink ref="AC104" r:id="rId_hyperlink_2447"/>
+    <hyperlink ref="AD104" r:id="rId_hyperlink_2448"/>
+    <hyperlink ref="AE104" r:id="rId_hyperlink_2449"/>
+    <hyperlink ref="AF104" r:id="rId_hyperlink_2450"/>
+    <hyperlink ref="AG104" r:id="rId_hyperlink_2451"/>
+    <hyperlink ref="AH104" r:id="rId_hyperlink_2452"/>
+    <hyperlink ref="AI104" r:id="rId_hyperlink_2453"/>
+    <hyperlink ref="AJ104" r:id="rId_hyperlink_2454"/>
+    <hyperlink ref="AK104" r:id="rId_hyperlink_2455"/>
+    <hyperlink ref="AL104" r:id="rId_hyperlink_2456"/>
+    <hyperlink ref="X105" r:id="rId_hyperlink_2457"/>
+    <hyperlink ref="Y105" r:id="rId_hyperlink_2458"/>
+    <hyperlink ref="Z105" r:id="rId_hyperlink_2459"/>
+    <hyperlink ref="AA105" r:id="rId_hyperlink_2460"/>
+    <hyperlink ref="X106" r:id="rId_hyperlink_2461"/>
+    <hyperlink ref="Y106" r:id="rId_hyperlink_2462"/>
+    <hyperlink ref="Z106" r:id="rId_hyperlink_2463"/>
+    <hyperlink ref="AA106" r:id="rId_hyperlink_2464"/>
+    <hyperlink ref="AB106" r:id="rId_hyperlink_2465"/>
+    <hyperlink ref="AC106" r:id="rId_hyperlink_2466"/>
+    <hyperlink ref="AD106" r:id="rId_hyperlink_2467"/>
+    <hyperlink ref="AE106" r:id="rId_hyperlink_2468"/>
+    <hyperlink ref="AF106" r:id="rId_hyperlink_2469"/>
+    <hyperlink ref="AG106" r:id="rId_hyperlink_2470"/>
+    <hyperlink ref="AH106" r:id="rId_hyperlink_2471"/>
+    <hyperlink ref="X107" r:id="rId_hyperlink_2472"/>
+    <hyperlink ref="Y107" r:id="rId_hyperlink_2473"/>
+    <hyperlink ref="Z107" r:id="rId_hyperlink_2474"/>
+    <hyperlink ref="AA107" r:id="rId_hyperlink_2475"/>
+    <hyperlink ref="AB107" r:id="rId_hyperlink_2476"/>
+    <hyperlink ref="AC107" r:id="rId_hyperlink_2477"/>
+    <hyperlink ref="AD107" r:id="rId_hyperlink_2478"/>
+    <hyperlink ref="AE107" r:id="rId_hyperlink_2479"/>
+    <hyperlink ref="AF107" r:id="rId_hyperlink_2480"/>
+    <hyperlink ref="AG107" r:id="rId_hyperlink_2481"/>
+    <hyperlink ref="AH107" r:id="rId_hyperlink_2482"/>
+    <hyperlink ref="AI107" r:id="rId_hyperlink_2483"/>
+    <hyperlink ref="AJ107" r:id="rId_hyperlink_2484"/>
+    <hyperlink ref="AK107" r:id="rId_hyperlink_2485"/>
+    <hyperlink ref="AL107" r:id="rId_hyperlink_2486"/>
+    <hyperlink ref="X108" r:id="rId_hyperlink_2487"/>
+    <hyperlink ref="Y108" r:id="rId_hyperlink_2488"/>
+    <hyperlink ref="Z108" r:id="rId_hyperlink_2489"/>
+    <hyperlink ref="AA108" r:id="rId_hyperlink_2490"/>
+    <hyperlink ref="AB108" r:id="rId_hyperlink_2491"/>
+    <hyperlink ref="AC108" r:id="rId_hyperlink_2492"/>
+    <hyperlink ref="AD108" r:id="rId_hyperlink_2493"/>
+    <hyperlink ref="AE108" r:id="rId_hyperlink_2494"/>
+    <hyperlink ref="AF108" r:id="rId_hyperlink_2495"/>
+    <hyperlink ref="AG108" r:id="rId_hyperlink_2496"/>
+    <hyperlink ref="AH108" r:id="rId_hyperlink_2497"/>
+    <hyperlink ref="AI108" r:id="rId_hyperlink_2498"/>
+    <hyperlink ref="AJ108" r:id="rId_hyperlink_2499"/>
+    <hyperlink ref="AK108" r:id="rId_hyperlink_2500"/>
+    <hyperlink ref="AL108" r:id="rId_hyperlink_2501"/>
+    <hyperlink ref="AM108" r:id="rId_hyperlink_2502"/>
+    <hyperlink ref="AN108" r:id="rId_hyperlink_2503"/>
+    <hyperlink ref="AO108" r:id="rId_hyperlink_2504"/>
+    <hyperlink ref="AP108" r:id="rId_hyperlink_2505"/>
+    <hyperlink ref="X109" r:id="rId_hyperlink_2506"/>
+    <hyperlink ref="Y109" r:id="rId_hyperlink_2507"/>
+    <hyperlink ref="Z109" r:id="rId_hyperlink_2508"/>
+    <hyperlink ref="X110" r:id="rId_hyperlink_2509"/>
+    <hyperlink ref="Y110" r:id="rId_hyperlink_2510"/>
+    <hyperlink ref="Z110" r:id="rId_hyperlink_2511"/>
+    <hyperlink ref="AA110" r:id="rId_hyperlink_2512"/>
+    <hyperlink ref="AB110" r:id="rId_hyperlink_2513"/>
+    <hyperlink ref="AC110" r:id="rId_hyperlink_2514"/>
+    <hyperlink ref="AD110" r:id="rId_hyperlink_2515"/>
+    <hyperlink ref="X111" r:id="rId_hyperlink_2516"/>
+    <hyperlink ref="Y111" r:id="rId_hyperlink_2517"/>
+    <hyperlink ref="Z111" r:id="rId_hyperlink_2518"/>
+    <hyperlink ref="AA111" r:id="rId_hyperlink_2519"/>
+    <hyperlink ref="AB111" r:id="rId_hyperlink_2520"/>
+    <hyperlink ref="AC111" r:id="rId_hyperlink_2521"/>
+    <hyperlink ref="X112" r:id="rId_hyperlink_2522"/>
+    <hyperlink ref="Y112" r:id="rId_hyperlink_2523"/>
+    <hyperlink ref="Z112" r:id="rId_hyperlink_2524"/>
+    <hyperlink ref="AA112" r:id="rId_hyperlink_2525"/>
+    <hyperlink ref="AB112" r:id="rId_hyperlink_2526"/>
+    <hyperlink ref="AC112" r:id="rId_hyperlink_2527"/>
+    <hyperlink ref="AD112" r:id="rId_hyperlink_2528"/>
+    <hyperlink ref="AE112" r:id="rId_hyperlink_2529"/>
+    <hyperlink ref="AF112" r:id="rId_hyperlink_2530"/>
+    <hyperlink ref="AG112" r:id="rId_hyperlink_2531"/>
+    <hyperlink ref="AH112" r:id="rId_hyperlink_2532"/>
+    <hyperlink ref="AI112" r:id="rId_hyperlink_2533"/>
+    <hyperlink ref="AJ112" r:id="rId_hyperlink_2534"/>
+    <hyperlink ref="AK112" r:id="rId_hyperlink_2535"/>
+    <hyperlink ref="AL112" r:id="rId_hyperlink_2536"/>
+    <hyperlink ref="AM112" r:id="rId_hyperlink_2537"/>
+    <hyperlink ref="AN112" r:id="rId_hyperlink_2538"/>
+    <hyperlink ref="AO112" r:id="rId_hyperlink_2539"/>
+    <hyperlink ref="AP112" r:id="rId_hyperlink_2540"/>
+    <hyperlink ref="AQ112" r:id="rId_hyperlink_2541"/>
+    <hyperlink ref="AR112" r:id="rId_hyperlink_2542"/>
+    <hyperlink ref="AS112" r:id="rId_hyperlink_2543"/>
+    <hyperlink ref="AT112" r:id="rId_hyperlink_2544"/>
+    <hyperlink ref="AU112" r:id="rId_hyperlink_2545"/>
+    <hyperlink ref="AV112" r:id="rId_hyperlink_2546"/>
+    <hyperlink ref="AW112" r:id="rId_hyperlink_2547"/>
+    <hyperlink ref="AX112" r:id="rId_hyperlink_2548"/>
+    <hyperlink ref="AY112" r:id="rId_hyperlink_2549"/>
+    <hyperlink ref="AZ112" r:id="rId_hyperlink_2550"/>
+    <hyperlink ref="BA112" r:id="rId_hyperlink_2551"/>
+    <hyperlink ref="BB112" r:id="rId_hyperlink_2552"/>
+    <hyperlink ref="BC112" r:id="rId_hyperlink_2553"/>
+    <hyperlink ref="BD112" r:id="rId_hyperlink_2554"/>
+    <hyperlink ref="BE112" r:id="rId_hyperlink_2555"/>
+    <hyperlink ref="BF112" r:id="rId_hyperlink_2556"/>
+    <hyperlink ref="BG112" r:id="rId_hyperlink_2557"/>
+    <hyperlink ref="BH112" r:id="rId_hyperlink_2558"/>
+    <hyperlink ref="BI112" r:id="rId_hyperlink_2559"/>
+    <hyperlink ref="BJ112" r:id="rId_hyperlink_2560"/>
+    <hyperlink ref="BK112" r:id="rId_hyperlink_2561"/>
+    <hyperlink ref="BL112" r:id="rId_hyperlink_2562"/>
+    <hyperlink ref="BM112" r:id="rId_hyperlink_2563"/>
+    <hyperlink ref="BN112" r:id="rId_hyperlink_2564"/>
+    <hyperlink ref="BO112" r:id="rId_hyperlink_2565"/>
+    <hyperlink ref="BP112" r:id="rId_hyperlink_2566"/>
+    <hyperlink ref="BQ112" r:id="rId_hyperlink_2567"/>
+    <hyperlink ref="X113" r:id="rId_hyperlink_2568"/>
+    <hyperlink ref="Y113" r:id="rId_hyperlink_2569"/>
+    <hyperlink ref="Z113" r:id="rId_hyperlink_2570"/>
+    <hyperlink ref="AA113" r:id="rId_hyperlink_2571"/>
+    <hyperlink ref="AB113" r:id="rId_hyperlink_2572"/>
+    <hyperlink ref="AC113" r:id="rId_hyperlink_2573"/>
+    <hyperlink ref="AD113" r:id="rId_hyperlink_2574"/>
+    <hyperlink ref="AE113" r:id="rId_hyperlink_2575"/>
+    <hyperlink ref="AF113" r:id="rId_hyperlink_2576"/>
+    <hyperlink ref="AG113" r:id="rId_hyperlink_2577"/>
+    <hyperlink ref="AH113" r:id="rId_hyperlink_2578"/>
+    <hyperlink ref="AI113" r:id="rId_hyperlink_2579"/>
+    <hyperlink ref="AJ113" r:id="rId_hyperlink_2580"/>
+    <hyperlink ref="AK113" r:id="rId_hyperlink_2581"/>
+    <hyperlink ref="AL113" r:id="rId_hyperlink_2582"/>
+    <hyperlink ref="AM113" r:id="rId_hyperlink_2583"/>
+    <hyperlink ref="AN113" r:id="rId_hyperlink_2584"/>
+    <hyperlink ref="AO113" r:id="rId_hyperlink_2585"/>
+    <hyperlink ref="AP113" r:id="rId_hyperlink_2586"/>
+    <hyperlink ref="AQ113" r:id="rId_hyperlink_2587"/>
+    <hyperlink ref="AR113" r:id="rId_hyperlink_2588"/>
+    <hyperlink ref="AS113" r:id="rId_hyperlink_2589"/>
+    <hyperlink ref="AT113" r:id="rId_hyperlink_2590"/>
+    <hyperlink ref="AU113" r:id="rId_hyperlink_2591"/>
+    <hyperlink ref="AV113" r:id="rId_hyperlink_2592"/>
+    <hyperlink ref="AW113" r:id="rId_hyperlink_2593"/>
+    <hyperlink ref="AX113" r:id="rId_hyperlink_2594"/>
+    <hyperlink ref="AY113" r:id="rId_hyperlink_2595"/>
+    <hyperlink ref="AZ113" r:id="rId_hyperlink_2596"/>
+    <hyperlink ref="BA113" r:id="rId_hyperlink_2597"/>
+    <hyperlink ref="BB113" r:id="rId_hyperlink_2598"/>
+    <hyperlink ref="BC113" r:id="rId_hyperlink_2599"/>
+    <hyperlink ref="BD113" r:id="rId_hyperlink_2600"/>
+    <hyperlink ref="BE113" r:id="rId_hyperlink_2601"/>
+    <hyperlink ref="BF113" r:id="rId_hyperlink_2602"/>
+    <hyperlink ref="BG113" r:id="rId_hyperlink_2603"/>
+    <hyperlink ref="BH113" r:id="rId_hyperlink_2604"/>
+    <hyperlink ref="BI113" r:id="rId_hyperlink_2605"/>
+    <hyperlink ref="BJ113" r:id="rId_hyperlink_2606"/>
+    <hyperlink ref="BK113" r:id="rId_hyperlink_2607"/>
+    <hyperlink ref="BL113" r:id="rId_hyperlink_2608"/>
+    <hyperlink ref="BM113" r:id="rId_hyperlink_2609"/>
+    <hyperlink ref="BN113" r:id="rId_hyperlink_2610"/>
+    <hyperlink ref="BO113" r:id="rId_hyperlink_2611"/>
+    <hyperlink ref="BP113" r:id="rId_hyperlink_2612"/>
+    <hyperlink ref="BQ113" r:id="rId_hyperlink_2613"/>
+    <hyperlink ref="BR113" r:id="rId_hyperlink_2614"/>
+    <hyperlink ref="BS113" r:id="rId_hyperlink_2615"/>
+    <hyperlink ref="BT113" r:id="rId_hyperlink_2616"/>
+    <hyperlink ref="BU113" r:id="rId_hyperlink_2617"/>
+    <hyperlink ref="BV113" r:id="rId_hyperlink_2618"/>
+    <hyperlink ref="BW113" r:id="rId_hyperlink_2619"/>
+    <hyperlink ref="X114" r:id="rId_hyperlink_2620"/>
+    <hyperlink ref="Y114" r:id="rId_hyperlink_2621"/>
+    <hyperlink ref="Z114" r:id="rId_hyperlink_2622"/>
+    <hyperlink ref="AA114" r:id="rId_hyperlink_2623"/>
+    <hyperlink ref="AB114" r:id="rId_hyperlink_2624"/>
+    <hyperlink ref="AC114" r:id="rId_hyperlink_2625"/>
+    <hyperlink ref="X115" r:id="rId_hyperlink_2626"/>
+    <hyperlink ref="Y115" r:id="rId_hyperlink_2627"/>
+    <hyperlink ref="Z115" r:id="rId_hyperlink_2628"/>
+    <hyperlink ref="AA115" r:id="rId_hyperlink_2629"/>
+    <hyperlink ref="AB115" r:id="rId_hyperlink_2630"/>
+    <hyperlink ref="AC115" r:id="rId_hyperlink_2631"/>
+    <hyperlink ref="AD115" r:id="rId_hyperlink_2632"/>
+    <hyperlink ref="AE115" r:id="rId_hyperlink_2633"/>
+    <hyperlink ref="X116" r:id="rId_hyperlink_2634"/>
+    <hyperlink ref="Y116" r:id="rId_hyperlink_2635"/>
+    <hyperlink ref="Z116" r:id="rId_hyperlink_2636"/>
+    <hyperlink ref="AA116" r:id="rId_hyperlink_2637"/>
+    <hyperlink ref="AB116" r:id="rId_hyperlink_2638"/>
+    <hyperlink ref="AC116" r:id="rId_hyperlink_2639"/>
+    <hyperlink ref="X117" r:id="rId_hyperlink_2640"/>
+    <hyperlink ref="Y117" r:id="rId_hyperlink_2641"/>
+    <hyperlink ref="Z117" r:id="rId_hyperlink_2642"/>
+    <hyperlink ref="AA117" r:id="rId_hyperlink_2643"/>
+    <hyperlink ref="X118" r:id="rId_hyperlink_2644"/>
+    <hyperlink ref="Y118" r:id="rId_hyperlink_2645"/>
+    <hyperlink ref="Z118" r:id="rId_hyperlink_2646"/>
+    <hyperlink ref="AA118" r:id="rId_hyperlink_2647"/>
+    <hyperlink ref="AB118" r:id="rId_hyperlink_2648"/>
+    <hyperlink ref="AC118" r:id="rId_hyperlink_2649"/>
+    <hyperlink ref="AD118" r:id="rId_hyperlink_2650"/>
+    <hyperlink ref="AE118" r:id="rId_hyperlink_2651"/>
+    <hyperlink ref="AF118" r:id="rId_hyperlink_2652"/>
+    <hyperlink ref="AG118" r:id="rId_hyperlink_2653"/>
+    <hyperlink ref="AH118" r:id="rId_hyperlink_2654"/>
+    <hyperlink ref="AI118" r:id="rId_hyperlink_2655"/>
+    <hyperlink ref="AJ118" r:id="rId_hyperlink_2656"/>
+    <hyperlink ref="AK118" r:id="rId_hyperlink_2657"/>
+    <hyperlink ref="AL118" r:id="rId_hyperlink_2658"/>
+    <hyperlink ref="AM118" r:id="rId_hyperlink_2659"/>
+    <hyperlink ref="AN118" r:id="rId_hyperlink_2660"/>
+    <hyperlink ref="AO118" r:id="rId_hyperlink_2661"/>
+    <hyperlink ref="AP118" r:id="rId_hyperlink_2662"/>
+    <hyperlink ref="AQ118" r:id="rId_hyperlink_2663"/>
+    <hyperlink ref="AR118" r:id="rId_hyperlink_2664"/>
+    <hyperlink ref="AS118" r:id="rId_hyperlink_2665"/>
+    <hyperlink ref="AT118" r:id="rId_hyperlink_2666"/>
+    <hyperlink ref="AU118" r:id="rId_hyperlink_2667"/>
+    <hyperlink ref="AV118" r:id="rId_hyperlink_2668"/>
+    <hyperlink ref="AW118" r:id="rId_hyperlink_2669"/>
+    <hyperlink ref="AX118" r:id="rId_hyperlink_2670"/>
+    <hyperlink ref="AY118" r:id="rId_hyperlink_2671"/>
+    <hyperlink ref="AZ118" r:id="rId_hyperlink_2672"/>
+    <hyperlink ref="BA118" r:id="rId_hyperlink_2673"/>
+    <hyperlink ref="BB118" r:id="rId_hyperlink_2674"/>
+    <hyperlink ref="BC118" r:id="rId_hyperlink_2675"/>
+    <hyperlink ref="BD118" r:id="rId_hyperlink_2676"/>
+    <hyperlink ref="X119" r:id="rId_hyperlink_2677"/>
+    <hyperlink ref="Y119" r:id="rId_hyperlink_2678"/>
+    <hyperlink ref="Z119" r:id="rId_hyperlink_2679"/>
+    <hyperlink ref="AA119" r:id="rId_hyperlink_2680"/>
+    <hyperlink ref="AB119" r:id="rId_hyperlink_2681"/>
+    <hyperlink ref="AC119" r:id="rId_hyperlink_2682"/>
+    <hyperlink ref="AD119" r:id="rId_hyperlink_2683"/>
+    <hyperlink ref="AE119" r:id="rId_hyperlink_2684"/>
+    <hyperlink ref="AF119" r:id="rId_hyperlink_2685"/>
+    <hyperlink ref="X120" r:id="rId_hyperlink_2686"/>
+    <hyperlink ref="Y120" r:id="rId_hyperlink_2687"/>
+    <hyperlink ref="Z120" r:id="rId_hyperlink_2688"/>
+    <hyperlink ref="AA120" r:id="rId_hyperlink_2689"/>
+    <hyperlink ref="AB120" r:id="rId_hyperlink_2690"/>
+    <hyperlink ref="AC120" r:id="rId_hyperlink_2691"/>
+    <hyperlink ref="AD120" r:id="rId_hyperlink_2692"/>
+    <hyperlink ref="AE120" r:id="rId_hyperlink_2693"/>
+    <hyperlink ref="AF120" r:id="rId_hyperlink_2694"/>
+    <hyperlink ref="AG120" r:id="rId_hyperlink_2695"/>
+    <hyperlink ref="AH120" r:id="rId_hyperlink_2696"/>
+    <hyperlink ref="AI120" r:id="rId_hyperlink_2697"/>
+    <hyperlink ref="AJ120" r:id="rId_hyperlink_2698"/>
+    <hyperlink ref="AK120" r:id="rId_hyperlink_2699"/>
+    <hyperlink ref="X121" r:id="rId_hyperlink_2700"/>
+    <hyperlink ref="Y121" r:id="rId_hyperlink_2701"/>
+    <hyperlink ref="Z121" r:id="rId_hyperlink_2702"/>
+    <hyperlink ref="AA121" r:id="rId_hyperlink_2703"/>
+    <hyperlink ref="AB121" r:id="rId_hyperlink_2704"/>
+    <hyperlink ref="AC121" r:id="rId_hyperlink_2705"/>
+    <hyperlink ref="AD121" r:id="rId_hyperlink_2706"/>
+    <hyperlink ref="AE121" r:id="rId_hyperlink_2707"/>
+    <hyperlink ref="AF121" r:id="rId_hyperlink_2708"/>
+    <hyperlink ref="AG121" r:id="rId_hyperlink_2709"/>
+    <hyperlink ref="AH121" r:id="rId_hyperlink_2710"/>
+    <hyperlink ref="AI121" r:id="rId_hyperlink_2711"/>
+    <hyperlink ref="AJ121" r:id="rId_hyperlink_2712"/>
+    <hyperlink ref="AK121" r:id="rId_hyperlink_2713"/>
+    <hyperlink ref="AL121" r:id="rId_hyperlink_2714"/>
+    <hyperlink ref="AM121" r:id="rId_hyperlink_2715"/>
+    <hyperlink ref="X122" r:id="rId_hyperlink_2716"/>
+    <hyperlink ref="Y122" r:id="rId_hyperlink_2717"/>
+    <hyperlink ref="Z122" r:id="rId_hyperlink_2718"/>
+    <hyperlink ref="AA122" r:id="rId_hyperlink_2719"/>
+    <hyperlink ref="AB122" r:id="rId_hyperlink_2720"/>
+    <hyperlink ref="AC122" r:id="rId_hyperlink_2721"/>
+    <hyperlink ref="AD122" r:id="rId_hyperlink_2722"/>
+    <hyperlink ref="AE122" r:id="rId_hyperlink_2723"/>
+    <hyperlink ref="AF122" r:id="rId_hyperlink_2724"/>
+    <hyperlink ref="AG122" r:id="rId_hyperlink_2725"/>
+    <hyperlink ref="AH122" r:id="rId_hyperlink_2726"/>
+    <hyperlink ref="AI122" r:id="rId_hyperlink_2727"/>
+    <hyperlink ref="AJ122" r:id="rId_hyperlink_2728"/>
+    <hyperlink ref="AK122" r:id="rId_hyperlink_2729"/>
+    <hyperlink ref="AL122" r:id="rId_hyperlink_2730"/>
+    <hyperlink ref="AM122" r:id="rId_hyperlink_2731"/>
+    <hyperlink ref="AN122" r:id="rId_hyperlink_2732"/>
+    <hyperlink ref="AO122" r:id="rId_hyperlink_2733"/>
+    <hyperlink ref="AP122" r:id="rId_hyperlink_2734"/>
+    <hyperlink ref="AQ122" r:id="rId_hyperlink_2735"/>
+    <hyperlink ref="AR122" r:id="rId_hyperlink_2736"/>
+    <hyperlink ref="AS122" r:id="rId_hyperlink_2737"/>
+    <hyperlink ref="AT122" r:id="rId_hyperlink_2738"/>
+    <hyperlink ref="AU122" r:id="rId_hyperlink_2739"/>
+    <hyperlink ref="AV122" r:id="rId_hyperlink_2740"/>
+    <hyperlink ref="AW122" r:id="rId_hyperlink_2741"/>
+    <hyperlink ref="AX122" r:id="rId_hyperlink_2742"/>
+    <hyperlink ref="AY122" r:id="rId_hyperlink_2743"/>
+    <hyperlink ref="AZ122" r:id="rId_hyperlink_2744"/>
+    <hyperlink ref="BA122" r:id="rId_hyperlink_2745"/>
+    <hyperlink ref="BB122" r:id="rId_hyperlink_2746"/>
+    <hyperlink ref="BC122" r:id="rId_hyperlink_2747"/>
+    <hyperlink ref="BD122" r:id="rId_hyperlink_2748"/>
+    <hyperlink ref="BE122" r:id="rId_hyperlink_2749"/>
+    <hyperlink ref="BF122" r:id="rId_hyperlink_2750"/>
+    <hyperlink ref="BG122" r:id="rId_hyperlink_2751"/>
+    <hyperlink ref="BH122" r:id="rId_hyperlink_2752"/>
+    <hyperlink ref="BI122" r:id="rId_hyperlink_2753"/>
+    <hyperlink ref="BJ122" r:id="rId_hyperlink_2754"/>
+    <hyperlink ref="BK122" r:id="rId_hyperlink_2755"/>
+    <hyperlink ref="BL122" r:id="rId_hyperlink_2756"/>
+    <hyperlink ref="BM122" r:id="rId_hyperlink_2757"/>
+    <hyperlink ref="BN122" r:id="rId_hyperlink_2758"/>
+    <hyperlink ref="BO122" r:id="rId_hyperlink_2759"/>
+    <hyperlink ref="BP122" r:id="rId_hyperlink_2760"/>
+    <hyperlink ref="BQ122" r:id="rId_hyperlink_2761"/>
+    <hyperlink ref="BR122" r:id="rId_hyperlink_2762"/>
+    <hyperlink ref="BS122" r:id="rId_hyperlink_2763"/>
+    <hyperlink ref="BT122" r:id="rId_hyperlink_2764"/>
+    <hyperlink ref="BU122" r:id="rId_hyperlink_2765"/>
+    <hyperlink ref="BV122" r:id="rId_hyperlink_2766"/>
+    <hyperlink ref="BW122" r:id="rId_hyperlink_2767"/>
+    <hyperlink ref="BX122" r:id="rId_hyperlink_2768"/>
+    <hyperlink ref="BY122" r:id="rId_hyperlink_2769"/>
+    <hyperlink ref="X123" r:id="rId_hyperlink_2770"/>
+    <hyperlink ref="Y123" r:id="rId_hyperlink_2771"/>
+    <hyperlink ref="Z123" r:id="rId_hyperlink_2772"/>
+    <hyperlink ref="AA123" r:id="rId_hyperlink_2773"/>
+    <hyperlink ref="AB123" r:id="rId_hyperlink_2774"/>
+    <hyperlink ref="AC123" r:id="rId_hyperlink_2775"/>
+    <hyperlink ref="AD123" r:id="rId_hyperlink_2776"/>
+    <hyperlink ref="AE123" r:id="rId_hyperlink_2777"/>
+    <hyperlink ref="AF123" r:id="rId_hyperlink_2778"/>
+    <hyperlink ref="AG123" r:id="rId_hyperlink_2779"/>
+    <hyperlink ref="AH123" r:id="rId_hyperlink_2780"/>
+    <hyperlink ref="AI123" r:id="rId_hyperlink_2781"/>
+    <hyperlink ref="AJ123" r:id="rId_hyperlink_2782"/>
+    <hyperlink ref="AK123" r:id="rId_hyperlink_2783"/>
+    <hyperlink ref="X124" r:id="rId_hyperlink_2784"/>
+    <hyperlink ref="Y124" r:id="rId_hyperlink_2785"/>
+    <hyperlink ref="Z124" r:id="rId_hyperlink_2786"/>
+    <hyperlink ref="AA124" r:id="rId_hyperlink_2787"/>
+    <hyperlink ref="X125" r:id="rId_hyperlink_2788"/>
+    <hyperlink ref="Y125" r:id="rId_hyperlink_2789"/>
+    <hyperlink ref="Z125" r:id="rId_hyperlink_2790"/>
+    <hyperlink ref="AA125" r:id="rId_hyperlink_2791"/>
+    <hyperlink ref="AB125" r:id="rId_hyperlink_2792"/>
+    <hyperlink ref="AC125" r:id="rId_hyperlink_2793"/>
+    <hyperlink ref="AD125" r:id="rId_hyperlink_2794"/>
+    <hyperlink ref="AE125" r:id="rId_hyperlink_2795"/>
+    <hyperlink ref="AF125" r:id="rId_hyperlink_2796"/>
+    <hyperlink ref="AG125" r:id="rId_hyperlink_2797"/>
+    <hyperlink ref="AH125" r:id="rId_hyperlink_2798"/>
+    <hyperlink ref="AI125" r:id="rId_hyperlink_2799"/>
+    <hyperlink ref="AJ125" r:id="rId_hyperlink_2800"/>
+    <hyperlink ref="AK125" r:id="rId_hyperlink_2801"/>
+    <hyperlink ref="AL125" r:id="rId_hyperlink_2802"/>
+    <hyperlink ref="AM125" r:id="rId_hyperlink_2803"/>
+    <hyperlink ref="AN125" r:id="rId_hyperlink_2804"/>
+    <hyperlink ref="AO125" r:id="rId_hyperlink_2805"/>
+    <hyperlink ref="AP125" r:id="rId_hyperlink_2806"/>
+    <hyperlink ref="AQ125" r:id="rId_hyperlink_2807"/>
+    <hyperlink ref="AR125" r:id="rId_hyperlink_2808"/>
+    <hyperlink ref="AS125" r:id="rId_hyperlink_2809"/>
+    <hyperlink ref="AT125" r:id="rId_hyperlink_2810"/>
+    <hyperlink ref="AU125" r:id="rId_hyperlink_2811"/>
+    <hyperlink ref="AV125" r:id="rId_hyperlink_2812"/>
+    <hyperlink ref="AW125" r:id="rId_hyperlink_2813"/>
+    <hyperlink ref="AX125" r:id="rId_hyperlink_2814"/>
+    <hyperlink ref="X126" r:id="rId_hyperlink_2815"/>
+    <hyperlink ref="Y126" r:id="rId_hyperlink_2816"/>
+    <hyperlink ref="Z126" r:id="rId_hyperlink_2817"/>
+    <hyperlink ref="AA126" r:id="rId_hyperlink_2818"/>
+    <hyperlink ref="AB126" r:id="rId_hyperlink_2819"/>
+    <hyperlink ref="AC126" r:id="rId_hyperlink_2820"/>
+    <hyperlink ref="AD126" r:id="rId_hyperlink_2821"/>
+    <hyperlink ref="AE126" r:id="rId_hyperlink_2822"/>
+    <hyperlink ref="AF126" r:id="rId_hyperlink_2823"/>
+    <hyperlink ref="AG126" r:id="rId_hyperlink_2824"/>
+    <hyperlink ref="AH126" r:id="rId_hyperlink_2825"/>
+    <hyperlink ref="AI126" r:id="rId_hyperlink_2826"/>
+    <hyperlink ref="AJ126" r:id="rId_hyperlink_2827"/>
+    <hyperlink ref="X127" r:id="rId_hyperlink_2828"/>
+    <hyperlink ref="Y127" r:id="rId_hyperlink_2829"/>
+    <hyperlink ref="Z127" r:id="rId_hyperlink_2830"/>
+    <hyperlink ref="AA127" r:id="rId_hyperlink_2831"/>
+    <hyperlink ref="AB127" r:id="rId_hyperlink_2832"/>
+    <hyperlink ref="AC127" r:id="rId_hyperlink_2833"/>
+    <hyperlink ref="AD127" r:id="rId_hyperlink_2834"/>
+    <hyperlink ref="AE127" r:id="rId_hyperlink_2835"/>
+    <hyperlink ref="AF127" r:id="rId_hyperlink_2836"/>
+    <hyperlink ref="AG127" r:id="rId_hyperlink_2837"/>
+    <hyperlink ref="AH127" r:id="rId_hyperlink_2838"/>
+    <hyperlink ref="X128" r:id="rId_hyperlink_2839"/>
+    <hyperlink ref="Y128" r:id="rId_hyperlink_2840"/>
+    <hyperlink ref="Z128" r:id="rId_hyperlink_2841"/>
+    <hyperlink ref="AA128" r:id="rId_hyperlink_2842"/>
+    <hyperlink ref="AB128" r:id="rId_hyperlink_2843"/>
+    <hyperlink ref="AC128" r:id="rId_hyperlink_2844"/>
+    <hyperlink ref="AD128" r:id="rId_hyperlink_2845"/>
+    <hyperlink ref="X129" r:id="rId_hyperlink_2846"/>
+    <hyperlink ref="Y129" r:id="rId_hyperlink_2847"/>
+    <hyperlink ref="Z129" r:id="rId_hyperlink_2848"/>
+    <hyperlink ref="AA129" r:id="rId_hyperlink_2849"/>
+    <hyperlink ref="AB129" r:id="rId_hyperlink_2850"/>
+    <hyperlink ref="AC129" r:id="rId_hyperlink_2851"/>
+    <hyperlink ref="AD129" r:id="rId_hyperlink_2852"/>
+    <hyperlink ref="AE129" r:id="rId_hyperlink_2853"/>
+    <hyperlink ref="AF129" r:id="rId_hyperlink_2854"/>
+    <hyperlink ref="AG129" r:id="rId_hyperlink_2855"/>
+    <hyperlink ref="AH129" r:id="rId_hyperlink_2856"/>
+    <hyperlink ref="X130" r:id="rId_hyperlink_2857"/>
+    <hyperlink ref="Y130" r:id="rId_hyperlink_2858"/>
+    <hyperlink ref="Z130" r:id="rId_hyperlink_2859"/>
+    <hyperlink ref="AA130" r:id="rId_hyperlink_2860"/>
+    <hyperlink ref="AB130" r:id="rId_hyperlink_2861"/>
+    <hyperlink ref="AC130" r:id="rId_hyperlink_2862"/>
+    <hyperlink ref="AD130" r:id="rId_hyperlink_2863"/>
+    <hyperlink ref="AE130" r:id="rId_hyperlink_2864"/>
+    <hyperlink ref="AF130" r:id="rId_hyperlink_2865"/>
+    <hyperlink ref="AG130" r:id="rId_hyperlink_2866"/>
+    <hyperlink ref="AH130" r:id="rId_hyperlink_2867"/>
+    <hyperlink ref="AI130" r:id="rId_hyperlink_2868"/>
+    <hyperlink ref="AJ130" r:id="rId_hyperlink_2869"/>
+    <hyperlink ref="AK130" r:id="rId_hyperlink_2870"/>
+    <hyperlink ref="AL130" r:id="rId_hyperlink_2871"/>
+    <hyperlink ref="AM130" r:id="rId_hyperlink_2872"/>
+    <hyperlink ref="AN130" r:id="rId_hyperlink_2873"/>
+    <hyperlink ref="AO130" r:id="rId_hyperlink_2874"/>
+    <hyperlink ref="AP130" r:id="rId_hyperlink_2875"/>
+    <hyperlink ref="AQ130" r:id="rId_hyperlink_2876"/>
+    <hyperlink ref="AR130" r:id="rId_hyperlink_2877"/>
+    <hyperlink ref="X131" r:id="rId_hyperlink_2878"/>
+    <hyperlink ref="Y131" r:id="rId_hyperlink_2879"/>
+    <hyperlink ref="Z131" r:id="rId_hyperlink_2880"/>
+    <hyperlink ref="AA131" r:id="rId_hyperlink_2881"/>
+    <hyperlink ref="AB131" r:id="rId_hyperlink_2882"/>
+    <hyperlink ref="AC131" r:id="rId_hyperlink_2883"/>
+    <hyperlink ref="AD131" r:id="rId_hyperlink_2884"/>
+    <hyperlink ref="AE131" r:id="rId_hyperlink_2885"/>
+    <hyperlink ref="AF131" r:id="rId_hyperlink_2886"/>
+    <hyperlink ref="AG131" r:id="rId_hyperlink_2887"/>
+    <hyperlink ref="X132" r:id="rId_hyperlink_2888"/>
+    <hyperlink ref="Y132" r:id="rId_hyperlink_2889"/>
+    <hyperlink ref="Z132" r:id="rId_hyperlink_2890"/>
+    <hyperlink ref="AA132" r:id="rId_hyperlink_2891"/>
+    <hyperlink ref="AB132" r:id="rId_hyperlink_2892"/>
+    <hyperlink ref="AC132" r:id="rId_hyperlink_2893"/>
+    <hyperlink ref="AD132" r:id="rId_hyperlink_2894"/>
+    <hyperlink ref="AE132" r:id="rId_hyperlink_2895"/>
+    <hyperlink ref="AF132" r:id="rId_hyperlink_2896"/>
+    <hyperlink ref="AG132" r:id="rId_hyperlink_2897"/>
+    <hyperlink ref="AH132" r:id="rId_hyperlink_2898"/>
+    <hyperlink ref="AI132" r:id="rId_hyperlink_2899"/>
+    <hyperlink ref="AJ132" r:id="rId_hyperlink_2900"/>
+    <hyperlink ref="AK132" r:id="rId_hyperlink_2901"/>
+    <hyperlink ref="AL132" r:id="rId_hyperlink_2902"/>
+    <hyperlink ref="AM132" r:id="rId_hyperlink_2903"/>
+    <hyperlink ref="AN132" r:id="rId_hyperlink_2904"/>
+    <hyperlink ref="AO132" r:id="rId_hyperlink_2905"/>
+    <hyperlink ref="AP132" r:id="rId_hyperlink_2906"/>
+    <hyperlink ref="AQ132" r:id="rId_hyperlink_2907"/>
+    <hyperlink ref="AR132" r:id="rId_hyperlink_2908"/>
+    <hyperlink ref="X133" r:id="rId_hyperlink_2909"/>
+    <hyperlink ref="Y133" r:id="rId_hyperlink_2910"/>
+    <hyperlink ref="Z133" r:id="rId_hyperlink_2911"/>
+    <hyperlink ref="AA133" r:id="rId_hyperlink_2912"/>
+    <hyperlink ref="AB133" r:id="rId_hyperlink_2913"/>
+    <hyperlink ref="AC133" r:id="rId_hyperlink_2914"/>
+    <hyperlink ref="X134" r:id="rId_hyperlink_2915"/>
+    <hyperlink ref="Y134" r:id="rId_hyperlink_2916"/>
+    <hyperlink ref="Z134" r:id="rId_hyperlink_2917"/>
+    <hyperlink ref="AA134" r:id="rId_hyperlink_2918"/>
+    <hyperlink ref="AB134" r:id="rId_hyperlink_2919"/>
+    <hyperlink ref="AC134" r:id="rId_hyperlink_2920"/>
+    <hyperlink ref="AD134" r:id="rId_hyperlink_2921"/>
+    <hyperlink ref="AE134" r:id="rId_hyperlink_2922"/>
+    <hyperlink ref="AF134" r:id="rId_hyperlink_2923"/>
+    <hyperlink ref="AG134" r:id="rId_hyperlink_2924"/>
+    <hyperlink ref="AH134" r:id="rId_hyperlink_2925"/>
+    <hyperlink ref="AI134" r:id="rId_hyperlink_2926"/>
+    <hyperlink ref="AJ134" r:id="rId_hyperlink_2927"/>
+    <hyperlink ref="AK134" r:id="rId_hyperlink_2928"/>
+    <hyperlink ref="AL134" r:id="rId_hyperlink_2929"/>
+    <hyperlink ref="AM134" r:id="rId_hyperlink_2930"/>
+    <hyperlink ref="AN134" r:id="rId_hyperlink_2931"/>
+    <hyperlink ref="AO134" r:id="rId_hyperlink_2932"/>
+    <hyperlink ref="AP134" r:id="rId_hyperlink_2933"/>
+    <hyperlink ref="AQ134" r:id="rId_hyperlink_2934"/>
+    <hyperlink ref="AR134" r:id="rId_hyperlink_2935"/>
+    <hyperlink ref="AS134" r:id="rId_hyperlink_2936"/>
+    <hyperlink ref="AT134" r:id="rId_hyperlink_2937"/>
+    <hyperlink ref="AU134" r:id="rId_hyperlink_2938"/>
+    <hyperlink ref="AV134" r:id="rId_hyperlink_2939"/>
+    <hyperlink ref="AW134" r:id="rId_hyperlink_2940"/>
+    <hyperlink ref="AX134" r:id="rId_hyperlink_2941"/>
+    <hyperlink ref="AY134" r:id="rId_hyperlink_2942"/>
+    <hyperlink ref="AZ134" r:id="rId_hyperlink_2943"/>
+    <hyperlink ref="BA134" r:id="rId_hyperlink_2944"/>
+    <hyperlink ref="BB134" r:id="rId_hyperlink_2945"/>
+    <hyperlink ref="BC134" r:id="rId_hyperlink_2946"/>
+    <hyperlink ref="BD134" r:id="rId_hyperlink_2947"/>
+    <hyperlink ref="BE134" r:id="rId_hyperlink_2948"/>
+    <hyperlink ref="BF134" r:id="rId_hyperlink_2949"/>
+    <hyperlink ref="BG134" r:id="rId_hyperlink_2950"/>
+    <hyperlink ref="BH134" r:id="rId_hyperlink_2951"/>
+    <hyperlink ref="BI134" r:id="rId_hyperlink_2952"/>
+    <hyperlink ref="BJ134" r:id="rId_hyperlink_2953"/>
+    <hyperlink ref="BK134" r:id="rId_hyperlink_2954"/>
+    <hyperlink ref="BL134" r:id="rId_hyperlink_2955"/>
+    <hyperlink ref="BM134" r:id="rId_hyperlink_2956"/>
+    <hyperlink ref="BN134" r:id="rId_hyperlink_2957"/>
+    <hyperlink ref="BO134" r:id="rId_hyperlink_2958"/>
+    <hyperlink ref="BP134" r:id="rId_hyperlink_2959"/>
+    <hyperlink ref="BQ134" r:id="rId_hyperlink_2960"/>
+    <hyperlink ref="BR134" r:id="rId_hyperlink_2961"/>
+    <hyperlink ref="BS134" r:id="rId_hyperlink_2962"/>
+    <hyperlink ref="BT134" r:id="rId_hyperlink_2963"/>
+    <hyperlink ref="BU134" r:id="rId_hyperlink_2964"/>
+    <hyperlink ref="X135" r:id="rId_hyperlink_2965"/>
+    <hyperlink ref="Y135" r:id="rId_hyperlink_2966"/>
+    <hyperlink ref="Z135" r:id="rId_hyperlink_2967"/>
+    <hyperlink ref="AA135" r:id="rId_hyperlink_2968"/>
+    <hyperlink ref="AB135" r:id="rId_hyperlink_2969"/>
+    <hyperlink ref="AC135" r:id="rId_hyperlink_2970"/>
+    <hyperlink ref="AD135" r:id="rId_hyperlink_2971"/>
+    <hyperlink ref="AE135" r:id="rId_hyperlink_2972"/>
+    <hyperlink ref="AF135" r:id="rId_hyperlink_2973"/>
+    <hyperlink ref="AG135" r:id="rId_hyperlink_2974"/>
+    <hyperlink ref="AH135" r:id="rId_hyperlink_2975"/>
+    <hyperlink ref="AI135" r:id="rId_hyperlink_2976"/>
+    <hyperlink ref="AJ135" r:id="rId_hyperlink_2977"/>
+    <hyperlink ref="AK135" r:id="rId_hyperlink_2978"/>
+    <hyperlink ref="AL135" r:id="rId_hyperlink_2979"/>
+    <hyperlink ref="AM135" r:id="rId_hyperlink_2980"/>
+    <hyperlink ref="AN135" r:id="rId_hyperlink_2981"/>
+    <hyperlink ref="AO135" r:id="rId_hyperlink_2982"/>
+    <hyperlink ref="AP135" r:id="rId_hyperlink_2983"/>
+    <hyperlink ref="AQ135" r:id="rId_hyperlink_2984"/>
+    <hyperlink ref="AR135" r:id="rId_hyperlink_2985"/>
+    <hyperlink ref="AS135" r:id="rId_hyperlink_2986"/>
+    <hyperlink ref="AT135" r:id="rId_hyperlink_2987"/>
+    <hyperlink ref="AU135" r:id="rId_hyperlink_2988"/>
+    <hyperlink ref="AV135" r:id="rId_hyperlink_2989"/>
+    <hyperlink ref="AW135" r:id="rId_hyperlink_2990"/>
+    <hyperlink ref="AX135" r:id="rId_hyperlink_2991"/>
+    <hyperlink ref="AY135" r:id="rId_hyperlink_2992"/>
+    <hyperlink ref="AZ135" r:id="rId_hyperlink_2993"/>
+    <hyperlink ref="BA135" r:id="rId_hyperlink_2994"/>
+    <hyperlink ref="BB135" r:id="rId_hyperlink_2995"/>
+    <hyperlink ref="BC135" r:id="rId_hyperlink_2996"/>
+    <hyperlink ref="BD135" r:id="rId_hyperlink_2997"/>
+    <hyperlink ref="BE135" r:id="rId_hyperlink_2998"/>
+    <hyperlink ref="BF135" r:id="rId_hyperlink_2999"/>
+    <hyperlink ref="BG135" r:id="rId_hyperlink_3000"/>
+    <hyperlink ref="X136" r:id="rId_hyperlink_3001"/>
+    <hyperlink ref="Y136" r:id="rId_hyperlink_3002"/>
+    <hyperlink ref="Z136" r:id="rId_hyperlink_3003"/>
+    <hyperlink ref="AA136" r:id="rId_hyperlink_3004"/>
+    <hyperlink ref="AB136" r:id="rId_hyperlink_3005"/>
+    <hyperlink ref="AC136" r:id="rId_hyperlink_3006"/>
+    <hyperlink ref="AD136" r:id="rId_hyperlink_3007"/>
+    <hyperlink ref="X137" r:id="rId_hyperlink_3008"/>
+    <hyperlink ref="Y137" r:id="rId_hyperlink_3009"/>
+    <hyperlink ref="X138" r:id="rId_hyperlink_3010"/>
+    <hyperlink ref="Y138" r:id="rId_hyperlink_3011"/>
+    <hyperlink ref="Z138" r:id="rId_hyperlink_3012"/>
+    <hyperlink ref="AA138" r:id="rId_hyperlink_3013"/>
+    <hyperlink ref="AB138" r:id="rId_hyperlink_3014"/>
+    <hyperlink ref="AC138" r:id="rId_hyperlink_3015"/>
+    <hyperlink ref="AD138" r:id="rId_hyperlink_3016"/>
+    <hyperlink ref="X139" r:id="rId_hyperlink_3017"/>
+    <hyperlink ref="Y139" r:id="rId_hyperlink_3018"/>
+    <hyperlink ref="Z139" r:id="rId_hyperlink_3019"/>
+    <hyperlink ref="AA139" r:id="rId_hyperlink_3020"/>
+    <hyperlink ref="AB139" r:id="rId_hyperlink_3021"/>
+    <hyperlink ref="AC139" r:id="rId_hyperlink_3022"/>
+    <hyperlink ref="AD139" r:id="rId_hyperlink_3023"/>
+    <hyperlink ref="AE139" r:id="rId_hyperlink_3024"/>
+    <hyperlink ref="AF139" r:id="rId_hyperlink_3025"/>
+    <hyperlink ref="AG139" r:id="rId_hyperlink_3026"/>
+    <hyperlink ref="AH139" r:id="rId_hyperlink_3027"/>
+    <hyperlink ref="AI139" r:id="rId_hyperlink_3028"/>
+    <hyperlink ref="AJ139" r:id="rId_hyperlink_3029"/>
+    <hyperlink ref="AK139" r:id="rId_hyperlink_3030"/>
+    <hyperlink ref="AL139" r:id="rId_hyperlink_3031"/>
+    <hyperlink ref="AM139" r:id="rId_hyperlink_3032"/>
+    <hyperlink ref="AN139" r:id="rId_hyperlink_3033"/>
+    <hyperlink ref="AO139" r:id="rId_hyperlink_3034"/>
+    <hyperlink ref="AP139" r:id="rId_hyperlink_3035"/>
+    <hyperlink ref="AQ139" r:id="rId_hyperlink_3036"/>
+    <hyperlink ref="AR139" r:id="rId_hyperlink_3037"/>
+    <hyperlink ref="AS139" r:id="rId_hyperlink_3038"/>
+    <hyperlink ref="AT139" r:id="rId_hyperlink_3039"/>
+    <hyperlink ref="AU139" r:id="rId_hyperlink_3040"/>
+    <hyperlink ref="AV139" r:id="rId_hyperlink_3041"/>
+    <hyperlink ref="AW139" r:id="rId_hyperlink_3042"/>
+    <hyperlink ref="AX139" r:id="rId_hyperlink_3043"/>
+    <hyperlink ref="AY139" r:id="rId_hyperlink_3044"/>
+    <hyperlink ref="AZ139" r:id="rId_hyperlink_3045"/>
+    <hyperlink ref="BA139" r:id="rId_hyperlink_3046"/>
+    <hyperlink ref="X140" r:id="rId_hyperlink_3047"/>
+    <hyperlink ref="Y140" r:id="rId_hyperlink_3048"/>
+    <hyperlink ref="Z140" r:id="rId_hyperlink_3049"/>
+    <hyperlink ref="AA140" r:id="rId_hyperlink_3050"/>
+    <hyperlink ref="AB140" r:id="rId_hyperlink_3051"/>
+    <hyperlink ref="AC140" r:id="rId_hyperlink_3052"/>
+    <hyperlink ref="AD140" r:id="rId_hyperlink_3053"/>
+    <hyperlink ref="AE140" r:id="rId_hyperlink_3054"/>
+    <hyperlink ref="AF140" r:id="rId_hyperlink_3055"/>
+    <hyperlink ref="AG140" r:id="rId_hyperlink_3056"/>
+    <hyperlink ref="AH140" r:id="rId_hyperlink_3057"/>
+    <hyperlink ref="AI140" r:id="rId_hyperlink_3058"/>
+    <hyperlink ref="AJ140" r:id="rId_hyperlink_3059"/>
+    <hyperlink ref="AK140" r:id="rId_hyperlink_3060"/>
+    <hyperlink ref="AL140" r:id="rId_hyperlink_3061"/>
+    <hyperlink ref="AM140" r:id="rId_hyperlink_3062"/>
+    <hyperlink ref="AN140" r:id="rId_hyperlink_3063"/>
+    <hyperlink ref="AO140" r:id="rId_hyperlink_3064"/>
+    <hyperlink ref="AP140" r:id="rId_hyperlink_3065"/>
+    <hyperlink ref="AQ140" r:id="rId_hyperlink_3066"/>
+    <hyperlink ref="AR140" r:id="rId_hyperlink_3067"/>
+    <hyperlink ref="AS140" r:id="rId_hyperlink_3068"/>
+    <hyperlink ref="AT140" r:id="rId_hyperlink_3069"/>
+    <hyperlink ref="AU140" r:id="rId_hyperlink_3070"/>
+    <hyperlink ref="X141" r:id="rId_hyperlink_3071"/>
+    <hyperlink ref="X142" r:id="rId_hyperlink_3072"/>
+    <hyperlink ref="X143" r:id="rId_hyperlink_3073"/>
+    <hyperlink ref="X144" r:id="rId_hyperlink_3074"/>
+    <hyperlink ref="X145" r:id="rId_hyperlink_3075"/>
+    <hyperlink ref="Y145" r:id="rId_hyperlink_3076"/>
+    <hyperlink ref="Z145" r:id="rId_hyperlink_3077"/>
+    <hyperlink ref="AA145" r:id="rId_hyperlink_3078"/>
+    <hyperlink ref="AB145" r:id="rId_hyperlink_3079"/>
+    <hyperlink ref="AC145" r:id="rId_hyperlink_3080"/>
+    <hyperlink ref="AD145" r:id="rId_hyperlink_3081"/>
+    <hyperlink ref="AE145" r:id="rId_hyperlink_3082"/>
+    <hyperlink ref="AF145" r:id="rId_hyperlink_3083"/>
+    <hyperlink ref="AG145" r:id="rId_hyperlink_3084"/>
+    <hyperlink ref="AH145" r:id="rId_hyperlink_3085"/>
+    <hyperlink ref="AI145" r:id="rId_hyperlink_3086"/>
+    <hyperlink ref="AJ145" r:id="rId_hyperlink_3087"/>
+    <hyperlink ref="AK145" r:id="rId_hyperlink_3088"/>
+    <hyperlink ref="AL145" r:id="rId_hyperlink_3089"/>
+    <hyperlink ref="AM145" r:id="rId_hyperlink_3090"/>
+    <hyperlink ref="AN145" r:id="rId_hyperlink_3091"/>
+    <hyperlink ref="AO145" r:id="rId_hyperlink_3092"/>
+    <hyperlink ref="AP145" r:id="rId_hyperlink_3093"/>
+    <hyperlink ref="AQ145" r:id="rId_hyperlink_3094"/>
+    <hyperlink ref="AR145" r:id="rId_hyperlink_3095"/>
+    <hyperlink ref="AS145" r:id="rId_hyperlink_3096"/>
+    <hyperlink ref="AT145" r:id="rId_hyperlink_3097"/>
+    <hyperlink ref="AU145" r:id="rId_hyperlink_3098"/>
+    <hyperlink ref="AV145" r:id="rId_hyperlink_3099"/>
+    <hyperlink ref="AW145" r:id="rId_hyperlink_3100"/>
+    <hyperlink ref="AX145" r:id="rId_hyperlink_3101"/>
+    <hyperlink ref="X146" r:id="rId_hyperlink_3102"/>
+    <hyperlink ref="X147" r:id="rId_hyperlink_3103"/>
+    <hyperlink ref="X148" r:id="rId_hyperlink_3104"/>
+    <hyperlink ref="X149" r:id="rId_hyperlink_3105"/>
+    <hyperlink ref="X150" r:id="rId_hyperlink_3106"/>
+    <hyperlink ref="X151" r:id="rId_hyperlink_3107"/>
+    <hyperlink ref="X152" r:id="rId_hyperlink_3108"/>
+    <hyperlink ref="Y152" r:id="rId_hyperlink_3109"/>
+    <hyperlink ref="Z152" r:id="rId_hyperlink_3110"/>
+    <hyperlink ref="X153" r:id="rId_hyperlink_3111"/>
+    <hyperlink ref="X154" r:id="rId_hyperlink_3112"/>
+    <hyperlink ref="X155" r:id="rId_hyperlink_3113"/>
+    <hyperlink ref="X156" r:id="rId_hyperlink_3114"/>
+    <hyperlink ref="X157" r:id="rId_hyperlink_3115"/>
+    <hyperlink ref="X158" r:id="rId_hyperlink_3116"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -41721,32 +42069,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-10-08 08:37:37</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-10-08 08:37:37)</dc:description>
+  <dc:title>Literature Export 2025-10-28 18:46:19</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-10-28 18:46:19)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>