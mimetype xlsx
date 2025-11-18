--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -81,12556 +81,90 @@
     <t>Pages</t>
   </si>
   <si>
     <t>Issue</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Journal Abbreviation</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>First Author</t>
   </si>
   <si>
     <t>Last Author</t>
   </si>
   <si>
     <t>Creation Time</t>
-  </si>
-[...12454 lines deleted...]
-    <t>Linked Mouselines</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <b val="0"/>
-      <i val="0"/>
-[...7 lines deleted...]
-      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -12886,29182 +420,138 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/10" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/11" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/12" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/13" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/14" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/15" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/16" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/17" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/18" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/19" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/20" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/21" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/22" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/23" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/24" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/25" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/26" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/28" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/29" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/30" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/31" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/32" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/33" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/34" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/35" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/36" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/37" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/39" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/40" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/41" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/42" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/43" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/44" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/45" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/46" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/47" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/48" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/49" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/51" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/52" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/53" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/54" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/55" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/56" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/57" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/58" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/59" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/60" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/61" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/62" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/63" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/64" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/66" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/67" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/68" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/69" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/70" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/71" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/72" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/75" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/76" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/77" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/78" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/79" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/80" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/81" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/82" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/83" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/84" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/85" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/86" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/87" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/88" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/89" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/90" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/91" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/92" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/93" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/94" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/95" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/96" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/97" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/98" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/99" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/100" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/101" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/102" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/103" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/104" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/105" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/106" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/107" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/108" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/109" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/110" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/111" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/112" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/113" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/114" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/115" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/116" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/117" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/118" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/119" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/120" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/121" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/122" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/123" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/124" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/125" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/126" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/127" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/128" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/129" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/130" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/131" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/132" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/133" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/134" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/135" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/136" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/137" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/138" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/139" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/140" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/141" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/142" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/143" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/144" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/145" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/146" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/148" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/149" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/150" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/151" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/152" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/153" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/154" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/155" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/156" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/157" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/158" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/159" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/160" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/161" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/162" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/163" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/164" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/165" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/166" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/167" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/168" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/169" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/170" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/171" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/172" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/173" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/174" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/175" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/176" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/177" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/178" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/179" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/180" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/181" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/182" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/183" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/184" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/185" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/186" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/187" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/188" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/189" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/190" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/191" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/192" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/193" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/194" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/195" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/196" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/197" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/198" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/199" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/200" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/201" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/202" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/203" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/204" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/205" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/206" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/207" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/208" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/209" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/210" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/211" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/212" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/213" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/214" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/215" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/216" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/217" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/218" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/219" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/220" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/221" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/222" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/223" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/224" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/225" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/226" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/227" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/228" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/229" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/230" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/231" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/232" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/233" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/234" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/235" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/236" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/237" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/238" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/239" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/240" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/241" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/242" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/243" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/244" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/245" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/246" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/247" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/248" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/249" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/250" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/251" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/252" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/253" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/254" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/255" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/256" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/257" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/258" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/259" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83910" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0001-FigS1-S2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0002-TableS1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0003-TableS2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Facn3.51216&amp;file=acn351216-sup-0004-TableS3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7509-5268" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8074-7221" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/13" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017102" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101410793" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/73706" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000084" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89848400" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107685" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/9/2/350/s1" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144543" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3604-3697" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/10" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89578513" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/24349" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113000" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S1550413120303004-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:2663093" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:4436336" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:4848039" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.informatics.jax.org/allele/MGI:3051635" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7227" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221569" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528448" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2617417" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2314866" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_528403" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_627809" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_307019" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_439694" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221570" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10618434" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10564857" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2802122" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10741915" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_399062" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_373239" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ AB_1078893" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2779357" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2275892" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2238179" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2616694" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134495" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ AB_11205760" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10711153" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2057371" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2074849" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10698211" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10682557" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_889484" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1523609" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534069" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535844" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535804" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340693" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535849" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535812" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2535866" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338504" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338133" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313567" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_IZ82" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0019" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_3605" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_7415" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51635" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_51960" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/BDSC_5137" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:016226" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96342700" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113001" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM1_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02176-0/MediaObjects/401_2020_2176_MOESM10_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7186-4653" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6222-171X" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/11" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016884" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96610632" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113002" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41598-020-67866-x/MediaObjects/41598_2020_67866_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41598-020-67866-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/12" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017001" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96950633" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113004" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-020-18632-0/MediaObjects/41467_2020_18632_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4683-9827" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/16" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100385821" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/1786" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83594" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/science.abd2985/suppl_file/abd2985_cantuti-castelvetri_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/science.abd2985/suppl_file/abd2985_mdar_reproducibility_checklist.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://figshare.com/articles/HCL_DGE_Data/7235471" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/vandijklab/HBEC_SARS-CoV-2_scRNA-seq" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1126/science.abd2985" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE139522" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE145926" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_045512.2" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7876-4607" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3556-647X" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2347-5397" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5926-8608" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4555-6446" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1528-044X" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4797-5481" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2229-6661" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4533-0455" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6400-1107" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7060-5871" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9458-6385" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5699-214X" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2270-6824" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3585-559X" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/73" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/9" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0025" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_011848" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002105" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014479" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100750024" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82152" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00758-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00758-5/MediaObjects/41593_2020_758_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00758-5/MediaObjects/41593_2020_758_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/01_MedullaOblongata/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/02_Lung1/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nanotomy.org/OA/Meinhardt2020NNS/03_Lung2/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9860-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7386-1181" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0494-1022" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5945-9957" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0034-4036" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4357-9863" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8773-6090" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0055-958X" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3605-0136" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9816-8917" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7923-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/97" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/18" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002636" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q103806429" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82162" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM4_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM5_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM6_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM7_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM8_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM9_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00757-6/MediaObjects/41593_2020_757_MOESM10_ESM.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00757-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE118257" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE124335" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-4025" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1037-1027" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0761-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7379-6749" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9215-8021" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4878-8920" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/17" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003032" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014489" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112337515" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/50942" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/100040" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83177" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM4_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM5_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM18_ESM.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-020-00780-7/MediaObjects/41593_2020_780_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-020-00780-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA544731 " TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE161654" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7266-4098" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0335-2733" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0247-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/15" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/50454" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02782858" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01772199" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03222973" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02493049" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01721161" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02040298" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02521311" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04042363" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03862313" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03536559" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04002934" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrialsregister.eu/ctr-search/search?query=2014-003145-99" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113005" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jcb/article-pdf/220/4/e201911114/1411288/jcb_201911114.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2299-4320" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6494-9432" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5378-8661" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2477-2892" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4900-366X" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6824-8112" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3104-6656" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0262-9545" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zgy1s35" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113031" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2021.02.02.429485v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1781-7020" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1077024" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10641162" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2299035" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134495" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_143165" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2736871" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2762844" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340693" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-080321-3" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170418-5" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120103-2" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120117-1" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113006" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2589004220304776-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/14" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q97074446" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113007" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6524-9673" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3864-5480" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8946-5650" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6257-0952" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7361-8317" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/brain/awab235" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113008" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article/doi/10.1093/brain/awab093/6164962#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/144/6/1697/39427354/awab093.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?2/113009" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc3.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721001406-mmc4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD018659" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_11129865" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2156433" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2736985" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2687580" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10950489" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2798103" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2134478" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1977033" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1500743" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_772209" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_772206" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014593" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113010" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/6/3164/s1" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/6/3164/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/AgnesSteixner/Butt_et_al_Camk2a" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4222-0947" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017270" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q108352784" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/98835" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article/doi/10.1093/brain/awab127/6184141#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001847" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016547" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/73562" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84840" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0167488921000422/pdfft?md5=c2c1738e928b79e6ca70a2e310a47bb7&amp;pid=1-s2.0-S0167488921000422-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000034" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82526" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jci.org/articles/view/141694/sd/pdf/render/1" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jci.org/articles/view/141694/version/1/pdf/render.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1036-1075" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4333-3775" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1714-2294" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3346-1394" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/80949" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124720311219-mmc5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5803-6098" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q99555067" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/74902" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/217/5/e20191390/860143/jem_20191390.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables1.xlsx?Expires=1626421378&amp;Signature=SOe7LtIrZaQr3uDvRIaNSTSWwVoq5nQB7B1HlpsnehBWDjyC7Xp~j7a~ZhmiGVcALpOH8Fseuom5k9e15RBUqdHtMb077buCVTa~m~Cw0mlGhMTqE-cV" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables2.docx?Expires=1626421378&amp;Signature=ZPE2Jwdx6tNggQVbt26J~A1BI1ph0s-kpb9JB840hgly5P1MBmUaHmwY8Zoo5hafUW3Y8Wcicd22nHq-QoGfnSknQnbu5WuBgPRGS4zFV3q32q7kEgwE" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.rupress.org/rup/content_public/journal/jem/217/5/10.1084_jem.20191390/2/jem_20191390_tables3.docx?Expires=1626421378&amp;Signature=aWzU7HIEhNtav9cDxz5pF9nN0sdVWB0uyZ0~ZaD~38l-4HDhoilbPGkiN1DYCzaj1HwDmnSXuPB~rqj4-SyrH-sm9fraTCjGC9Yh64ocOPDG7qK4UJ4L" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/source/10.1084/55/cbd7809958fccc871f7b2af903b16b4dc04f81b7/JEM_20191390_V3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5803-6098" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3414-307X" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD014625" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q89802485" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113011" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42255-021-00341-7/MediaObjects/42255_2021_341_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lenkavaculciakova/lesion_volume" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5082-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1119-2293" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5601-2831" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7941-8308" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7557-9307" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3687-452X" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4869-1627" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149800" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84919" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166304" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/80525" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/articles/13488672/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM1_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM2_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM3_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM4_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM5_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM6_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1186%2Fs40478-020-01105-2/MediaObjects/40478_2020_1105_MOESM7_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actaneurocomms.biomedcentral.com/track/pdf/10.1186/s40478-020-01105-2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/126" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014551" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125379292" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02782858" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01772199" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01864148" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03222973" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02493049" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT01721161" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02040298" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT02521311" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04042363" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03862313" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT04002934" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicaltrialsregister.eu/ctr-search/search?query=2014-003145-99" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/84217" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q97678560" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/81225" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/143/7/2073/33502654/awaa158.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article/143/7/2073/5861738#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3086-4278" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8063-9765" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/283" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010973" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q96642978" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/86950" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article-pdf/143/5/1383/33648614/awaa080.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/article/143/5/1383/5838504#supplementary-data" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q94957349" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/82678" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM2_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41380-020-00988-w/MediaObjects/41380_2020_988_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/AgnesSteixner/Butt_et_al_ODD_hypoxia" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-020-00988-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4630-9081" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4366-5662" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/104" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01zgy1s35" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113012" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00018-020-03682-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00018-020-03682-w/MediaObjects/18_2020_3682_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021262" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002526" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q101133593" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113013" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2589004220304776/pdfft?md5=d9b4ddcb6cbc104ec73354954cf8227e&amp;pid=1-s2.0-S2589004220304776-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q104617057" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/14892" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/67770" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/54209" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88319" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/pdf/10.1021/acsnano.0c08207" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.acs.org/doi/suppl/10.1021/acsnano.0c08207/suppl_file/nn0c08207_si_001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9638-5077" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3LS3" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3LSA" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3ZUJ" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/3ZUL" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03e76ya46" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014325" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113014" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/218/8/e20202411/1416415/jem_20202411.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3576-2702" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8358-7414" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5733-9820" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6222-171X" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7456-949X" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9736-2283" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5732-7942" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6161-1265" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8111-4429" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6919-4905" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7186-4653" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002677" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018257" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q114637307" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113015" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721002975/pdfft?md5=e41f706dc46046fe2ce48a956105d1df&amp;pid=1-s2.0-S2666166721002975-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112757929" TargetMode="External"/><Relationship Id="rId_hyperlink_1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88362" TargetMode="External"/><Relationship Id="rId_hyperlink_1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fglia.24042&amp;file=glia24042-sup-0001-TableS1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/glia.24042" TargetMode="External"/><Relationship Id="rId_hyperlink_1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0327-1389" TargetMode="External"/><Relationship Id="rId_hyperlink_1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9195-2434" TargetMode="External"/><Relationship Id="rId_hyperlink_1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/269" TargetMode="External"/><Relationship Id="rId_hyperlink_1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016074" TargetMode="External"/><Relationship Id="rId_hyperlink_1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113033" TargetMode="External"/><Relationship Id="rId_hyperlink_1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/89050" TargetMode="External"/><Relationship Id="rId_hyperlink_1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-021-01238-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1368-159X" TargetMode="External"/><Relationship Id="rId_hyperlink_1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/89846" TargetMode="External"/><Relationship Id="rId_hyperlink_1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/5075213" TargetMode="External"/><Relationship Id="rId_hyperlink_1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144444" TargetMode="External"/><Relationship Id="rId_hyperlink_1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE162079" TargetMode="External"/><Relationship Id="rId_hyperlink_1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1651-2292" TargetMode="External"/><Relationship Id="rId_hyperlink_1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113016" TargetMode="External"/><Relationship Id="rId_hyperlink_1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4644-8252" TargetMode="External"/><Relationship Id="rId_hyperlink_1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2853-4533" TargetMode="External"/><Relationship Id="rId_hyperlink_1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6233-0705" TargetMode="External"/><Relationship Id="rId_hyperlink_1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125344453" TargetMode="External"/><Relationship Id="rId_hyperlink_1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113017" TargetMode="External"/><Relationship Id="rId_hyperlink_1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0960982221011854/pdfft?md5=4780aabc13ca5f65618ed9a1bdb5dc15&amp;pid=1-s2.0-S0960982221011854-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S0960982221011854-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0942-4622" TargetMode="External"/><Relationship Id="rId_hyperlink_1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_260581" TargetMode="External"/><Relationship Id="rId_hyperlink_1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_300798" TargetMode="External"/><Relationship Id="rId_hyperlink_1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_2110656" TargetMode="External"/><Relationship Id="rId_hyperlink_1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_141658" TargetMode="External"/><Relationship Id="rId_hyperlink_1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_142924" TargetMode="External"/><Relationship Id="rId_hyperlink_1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/RRID:AB_2535773" TargetMode="External"/><Relationship Id="rId_hyperlink_1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-090116-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-061204-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-071129-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-131118-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170831-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-170831-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-070531-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-020918-8" TargetMode="External"/><Relationship Id="rId_hyperlink_1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-101006-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-060623-4" TargetMode="External"/><Relationship Id="rId_hyperlink_1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-070314-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-100322-2" TargetMode="External"/><Relationship Id="rId_hyperlink_1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-120320-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-110503-3" TargetMode="External"/><Relationship Id="rId_hyperlink_1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-ALT-130702-1" TargetMode="External"/><Relationship Id="rId_hyperlink_1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-MRPHLNO-070126-7" TargetMode="External"/><Relationship Id="rId_hyperlink_1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zfin.org/ZDB-MRPHLNO-070531-6" TargetMode="External"/><Relationship Id="rId_hyperlink_1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113034" TargetMode="External"/><Relationship Id="rId_hyperlink_1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-021-01009-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8846-1113" TargetMode="External"/><Relationship Id="rId_hyperlink_1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9370-2671" TargetMode="External"/><Relationship Id="rId_hyperlink_1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4304-8234" TargetMode="External"/><Relationship Id="rId_hyperlink_1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2857-7755" TargetMode="External"/><Relationship Id="rId_hyperlink_1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1541-7867" TargetMode="External"/><Relationship Id="rId_hyperlink_1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/112749" TargetMode="External"/><Relationship Id="rId_hyperlink_1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0493-7370" TargetMode="External"/><Relationship Id="rId_hyperlink_1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8390-8852" TargetMode="External"/><Relationship Id="rId_hyperlink_1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0747-6306" TargetMode="External"/><Relationship Id="rId_hyperlink_1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0178-6378" TargetMode="External"/><Relationship Id="rId_hyperlink_1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6249-6035" TargetMode="External"/><Relationship Id="rId_hyperlink_1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0548-0053" TargetMode="External"/><Relationship Id="rId_hyperlink_1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1157-8938" TargetMode="External"/><Relationship Id="rId_hyperlink_1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4210-388X" TargetMode="External"/><Relationship Id="rId_hyperlink_1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113018" TargetMode="External"/><Relationship Id="rId_hyperlink_1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/lenkavaculciakova/lesion_volume" TargetMode="External"/><Relationship Id="rId_hyperlink_1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/edae6ed1-a523-4647-b4c4-bc61ddca11a5/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/c801d2c1-8441-434a-bc4c-05610681bbba/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.celrep.2021.109898/attachment/d1dea047-661b-46e0-b753-803c7163d676/mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD024891" TargetMode="External"/><Relationship Id="rId_hyperlink_1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:002778" TargetMode="External"/><Relationship Id="rId_hyperlink_1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:004155" TargetMode="External"/><Relationship Id="rId_hyperlink_1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:020097" TargetMode="External"/><Relationship Id="rId_hyperlink_1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2057371" TargetMode="External"/><Relationship Id="rId_hyperlink_1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_839504" TargetMode="External"/><Relationship Id="rId_hyperlink_1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_570666" TargetMode="External"/><Relationship Id="rId_hyperlink_1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_143165" TargetMode="External"/><Relationship Id="rId_hyperlink_1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141822" TargetMode="External"/><Relationship Id="rId_hyperlink_1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2536183" TargetMode="External"/><Relationship Id="rId_hyperlink_1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019186" TargetMode="External"/><Relationship Id="rId_hyperlink_1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149512" TargetMode="External"/><Relationship Id="rId_hyperlink_1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/103939" TargetMode="External"/><Relationship Id="rId_hyperlink_1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/joa.13577?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0001-FileS1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0002-FigS2.eps" TargetMode="External"/><Relationship Id="rId_hyperlink_1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0003-VideoS1B.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0004-VideoS1C.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0005-VideoS2I.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0006-VideoS2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0007-VideoS2.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0008-VideoS3A.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0009-VideoS3B.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0010-VideoS5D.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0011-VideoS5F.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fjoa.13577&amp;file=joa13577-sup-0012-VideoS5G.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9986" TargetMode="External"/><Relationship Id="rId_hyperlink_1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5364-1088" TargetMode="External"/><Relationship Id="rId_hyperlink_1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112746646" TargetMode="External"/><Relationship Id="rId_hyperlink_1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113019" TargetMode="External"/><Relationship Id="rId_hyperlink_1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/94539" TargetMode="External"/><Relationship Id="rId_hyperlink_1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-021-26880-x/MediaObjects/41467_2021_26880_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-021-26880-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/assembly/GCF_000001635.26" TargetMode="External"/><Relationship Id="rId_hyperlink_1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE180138" TargetMode="External"/><Relationship Id="rId_hyperlink_1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NM_001083938.3" TargetMode="External"/><Relationship Id="rId_hyperlink_1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NM_026611.2" TargetMode="External"/><Relationship Id="rId_hyperlink_1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3773-4625" TargetMode="External"/><Relationship Id="rId_hyperlink_1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0134-0974" TargetMode="External"/><Relationship Id="rId_hyperlink_1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8331-9874" TargetMode="External"/><Relationship Id="rId_hyperlink_1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0556-1950" TargetMode="External"/><Relationship Id="rId_hyperlink_1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5661-5272" TargetMode="External"/><Relationship Id="rId_hyperlink_1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2792-7423" TargetMode="External"/><Relationship Id="rId_hyperlink_1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4115-0334" TargetMode="External"/><Relationship Id="rId_hyperlink_1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8546-1161" TargetMode="External"/><Relationship Id="rId_hyperlink_1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/141" TargetMode="External"/><Relationship Id="rId_hyperlink_1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/361" TargetMode="External"/><Relationship Id="rId_hyperlink_1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/347" TargetMode="External"/><Relationship Id="rId_hyperlink_1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014305" TargetMode="External"/><Relationship Id="rId_hyperlink_1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014246" TargetMode="External"/><Relationship Id="rId_hyperlink_1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001964" TargetMode="External"/><Relationship Id="rId_hyperlink_1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018139" TargetMode="External"/><Relationship Id="rId_hyperlink_1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019213" TargetMode="External"/><Relationship Id="rId_hyperlink_1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014227" TargetMode="External"/><Relationship Id="rId_hyperlink_1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305869" TargetMode="External"/><Relationship Id="rId_hyperlink_1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2232308" TargetMode="External"/><Relationship Id="rId_hyperlink_1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2732852" TargetMode="External"/><Relationship Id="rId_hyperlink_1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10917271" TargetMode="External"/><Relationship Id="rId_hyperlink_1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2532109" TargetMode="External"/><Relationship Id="rId_hyperlink_1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2800343" TargetMode="External"/><Relationship Id="rId_hyperlink_1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2631039" TargetMode="External"/><Relationship Id="rId_hyperlink_1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2864935" TargetMode="External"/><Relationship Id="rId_hyperlink_1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112303892" TargetMode="External"/><Relationship Id="rId_hyperlink_1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT03235752" TargetMode="External"/><Relationship Id="rId_hyperlink_1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113035" TargetMode="External"/><Relationship Id="rId_hyperlink_1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reader.elsevier.com/reader/sd/pii/S1043466621002404?token=B5EA031876021BE607C8ECD55FDAF5BFFDA7709746950856FA8FA1CC402824F4DA302E450B5EAC86B0C73B53F12F9263&amp;originRegion=eu-west-1&amp;originCreation=20211115135505" TargetMode="External"/><Relationship Id="rId_hyperlink_1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/83840" TargetMode="External"/><Relationship Id="rId_hyperlink_1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00401-020-02236-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02236-5/MediaObjects/401_2020_2236_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00401-020-02236-5/MediaObjects/401_2020_2236_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5389-3338" TargetMode="External"/><Relationship Id="rId_hyperlink_1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/74" TargetMode="External"/><Relationship Id="rId_hyperlink_1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/161" TargetMode="External"/><Relationship Id="rId_hyperlink_1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q100737727" TargetMode="External"/><Relationship Id="rId_hyperlink_1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97692" TargetMode="External"/><Relationship Id="rId_hyperlink_1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721014790-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721014790-mmc2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/366" TargetMode="External"/><Relationship Id="rId_hyperlink_1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2127193" TargetMode="External"/><Relationship Id="rId_hyperlink_1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_470907" TargetMode="External"/><Relationship Id="rId_hyperlink_1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_305426" TargetMode="External"/><Relationship Id="rId_hyperlink_1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10717737" TargetMode="External"/><Relationship Id="rId_hyperlink_1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_221544" TargetMode="External"/><Relationship Id="rId_hyperlink_1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2337919" TargetMode="External"/><Relationship Id="rId_hyperlink_1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340288" TargetMode="External"/><Relationship Id="rId_hyperlink_1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340631" TargetMode="External"/><Relationship Id="rId_hyperlink_1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534091" TargetMode="External"/><Relationship Id="rId_hyperlink_1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2534095" TargetMode="External"/><Relationship Id="rId_hyperlink_1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5590223" TargetMode="External"/><Relationship Id="rId_hyperlink_1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113020" TargetMode="External"/><Relationship Id="rId_hyperlink_1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97758" TargetMode="External"/><Relationship Id="rId_hyperlink_1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/content/pnas/118/48/e2113835118.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2113835118/suppl_file/pnas.2113835118.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6418-4310" TargetMode="External"/><Relationship Id="rId_hyperlink_1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6146-8833" TargetMode="External"/><Relationship Id="rId_hyperlink_1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9433-9173" TargetMode="External"/><Relationship Id="rId_hyperlink_1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0365-5817" TargetMode="External"/><Relationship Id="rId_hyperlink_1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4636-0813" TargetMode="External"/><Relationship Id="rId_hyperlink_1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/369" TargetMode="External"/><Relationship Id="rId_hyperlink_1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/342" TargetMode="External"/><Relationship Id="rId_hyperlink_1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014431" TargetMode="External"/><Relationship Id="rId_hyperlink_1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015246" TargetMode="External"/><Relationship Id="rId_hyperlink_1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003005" TargetMode="External"/><Relationship Id="rId_hyperlink_1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q130027060" TargetMode="External"/><Relationship Id="rId_hyperlink_1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5658994" TargetMode="External"/><Relationship Id="rId_hyperlink_1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113021" TargetMode="External"/><Relationship Id="rId_hyperlink_1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721006894/pdfft?isDTMRedir=true&amp;download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97725" TargetMode="External"/><Relationship Id="rId_hyperlink_1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-021-01392-8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/110060" TargetMode="External"/><Relationship Id="rId_hyperlink_1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/97935" TargetMode="External"/><Relationship Id="rId_hyperlink_1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC1/embed/inline-supplementary-material-1.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC2/embed/inline-supplementary-material-2.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC3/embed/inline-supplementary-material-3.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.life-science-alliance.org/content/lsa/5/3/e202101185/DC4/embed/inline-supplementary-material-4.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/120" TargetMode="External"/><Relationship Id="rId_hyperlink_1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2396-3921" TargetMode="External"/><Relationship Id="rId_hyperlink_1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9992-2501" TargetMode="External"/><Relationship Id="rId_hyperlink_1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6618-7774" TargetMode="External"/><Relationship Id="rId_hyperlink_1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5988-9129" TargetMode="External"/><Relationship Id="rId_hyperlink_1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8366-7622" TargetMode="External"/><Relationship Id="rId_hyperlink_1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1052-8485" TargetMode="External"/><Relationship Id="rId_hyperlink_1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/379" TargetMode="External"/><Relationship Id="rId_hyperlink_1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/340" TargetMode="External"/><Relationship Id="rId_hyperlink_1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014305" TargetMode="External"/><Relationship Id="rId_hyperlink_1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018738" TargetMode="External"/><Relationship Id="rId_hyperlink_1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014593" TargetMode="External"/><Relationship Id="rId_hyperlink_1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019690" TargetMode="External"/><Relationship Id="rId_hyperlink_1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007358" TargetMode="External"/><Relationship Id="rId_hyperlink_1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000192" TargetMode="External"/><Relationship Id="rId_hyperlink_1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004726" TargetMode="External"/><Relationship Id="rId_hyperlink_1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014632" TargetMode="External"/><Relationship Id="rId_hyperlink_1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113022" TargetMode="External"/><Relationship Id="rId_hyperlink_1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166722000211/pdfft?md5=c0cbaa559ec2b660bd3db30223d6ea5f&amp;pid=1-s2.0-S2666166722000211-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166722000211-mmc1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166722000211-mmc2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q111149619" TargetMode="External"/><Relationship Id="rId_hyperlink_1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/105512" TargetMode="External"/><Relationship Id="rId_hyperlink_1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM1_ESM.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-022-04427-4/MediaObjects/41586_2022_4427_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-022-04427-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/projects/4" TargetMode="External"/><Relationship Id="rId_hyperlink_1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA789820" TargetMode="External"/><Relationship Id="rId_hyperlink_1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE191287" TargetMode="External"/><Relationship Id="rId_hyperlink_1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE192411" TargetMode="External"/><Relationship Id="rId_hyperlink_1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8646-7925" TargetMode="External"/><Relationship Id="rId_hyperlink_1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/48" TargetMode="External"/><Relationship Id="rId_hyperlink_1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001802" TargetMode="External"/><Relationship Id="rId_hyperlink_1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004870" TargetMode="External"/><Relationship Id="rId_hyperlink_1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012919" TargetMode="External"/><Relationship Id="rId_hyperlink_1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012773" TargetMode="External"/><Relationship Id="rId_hyperlink_1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q115778669" TargetMode="External"/><Relationship Id="rId_hyperlink_1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl? gro-2/106013" TargetMode="External"/><Relationship Id="rId_hyperlink_1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/brain/advance-article-pdf/doi/10.1093/brain/awac079/42600754/awac079.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/454" TargetMode="External"/><Relationship Id="rId_hyperlink_1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/298" TargetMode="External"/><Relationship Id="rId_hyperlink_1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010655" TargetMode="External"/><Relationship Id="rId_hyperlink_1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113032" TargetMode="External"/><Relationship Id="rId_hyperlink_1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2022/02/25/2022.02.24.481621/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.02.24.481621v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5290-0738" TargetMode="External"/><Relationship Id="rId_hyperlink_1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7265-3639" TargetMode="External"/><Relationship Id="rId_hyperlink_1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6327-0089" TargetMode="External"/><Relationship Id="rId_hyperlink_1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113023" TargetMode="External"/><Relationship Id="rId_hyperlink_1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/11/3/520/pdf?version=1644461873" TargetMode="External"/><Relationship Id="rId_hyperlink_1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2073-4409/11/3/520/s1?version=1644417537" TargetMode="External"/><Relationship Id="rId_hyperlink_1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE98217" TargetMode="External"/><Relationship Id="rId_hyperlink_1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8352-1498" TargetMode="External"/><Relationship Id="rId_hyperlink_1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2874-0441" TargetMode="External"/><Relationship Id="rId_hyperlink_1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4422-7410" TargetMode="External"/><Relationship Id="rId_hyperlink_1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9027-3704" TargetMode="External"/><Relationship Id="rId_hyperlink_1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004869" TargetMode="External"/><Relationship Id="rId_hyperlink_1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016582" TargetMode="External"/><Relationship Id="rId_hyperlink_1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113024" TargetMode="External"/><Relationship Id="rId_hyperlink_1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/9/3/e1159.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9650-6222" TargetMode="External"/><Relationship Id="rId_hyperlink_1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113025" TargetMode="External"/><Relationship Id="rId_hyperlink_1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0002-MovieS1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0001-SuppMat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0003-MovieS2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fsmll.202200302&amp;file=smll202200302-sup-0004-MovieS3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/smll.202200302?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1041-5747" TargetMode="External"/><Relationship Id="rId_hyperlink_1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107347" TargetMode="External"/><Relationship Id="rId_hyperlink_1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/82" TargetMode="External"/><Relationship Id="rId_hyperlink_1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_data_file_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.abl6058_table_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/scitranslmed.abl6058/suppl_file/scitranslmed.ab6058_movies_s1_and_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE189580" TargetMode="External"/><Relationship Id="rId_hyperlink_1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1061-6071" TargetMode="External"/><Relationship Id="rId_hyperlink_1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6238-0588" TargetMode="External"/><Relationship Id="rId_hyperlink_1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0335-2733" TargetMode="External"/><Relationship Id="rId_hyperlink_1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6788-0215" TargetMode="External"/><Relationship Id="rId_hyperlink_1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6763-9069" TargetMode="External"/><Relationship Id="rId_hyperlink_1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0749-5857" TargetMode="External"/><Relationship Id="rId_hyperlink_1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/474" TargetMode="External"/><Relationship Id="rId_hyperlink_1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/270" TargetMode="External"/><Relationship Id="rId_hyperlink_1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006646" TargetMode="External"/><Relationship Id="rId_hyperlink_1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/107227" TargetMode="External"/><Relationship Id="rId_hyperlink_1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41380-022-01551-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5995-7224" TargetMode="External"/><Relationship Id="rId_hyperlink_1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1368-159X" TargetMode="External"/><Relationship Id="rId_hyperlink_1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-5939" TargetMode="External"/><Relationship Id="rId_hyperlink_1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q113856182" TargetMode="External"/><Relationship Id="rId_hyperlink_1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?2/113026" TargetMode="External"/><Relationship Id="rId_hyperlink_1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0001-SuppMat.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0002-TableS1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0003-TableS2a.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0004-TableS2b.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1002%2Fadvs.202104979&amp;file=advs3915-sup-0005-TableS3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/advs.202104979?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8651-9318" TargetMode="External"/><Relationship Id="rId_hyperlink_1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112638913" TargetMode="External"/><Relationship Id="rId_hyperlink_1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1172/jci.insight.154824DS1" TargetMode="External"/><Relationship Id="rId_hyperlink_1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113027" TargetMode="External"/><Relationship Id="rId_hyperlink_1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insight.jci.org/articles/view/154824/sd/pdf/render/1" TargetMode="External"/><Relationship Id="rId_hyperlink_1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insight.jci.org/articles/view/154824/version/1/pdf/render.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/bioproject/?term=PRJNA544731" TargetMode="External"/><Relationship Id="rId_hyperlink_1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE130119" TargetMode="External"/><Relationship Id="rId_hyperlink_1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE118257" TargetMode="External"/><Relationship Id="rId_hyperlink_1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE97942" TargetMode="External"/><Relationship Id="rId_hyperlink_1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5705-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7630-7880" TargetMode="External"/><Relationship Id="rId_hyperlink_1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0630-9204" TargetMode="External"/><Relationship Id="rId_hyperlink_1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8156-0736" TargetMode="External"/><Relationship Id="rId_hyperlink_1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jc43x05" TargetMode="External"/><Relationship Id="rId_hyperlink_1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018132" TargetMode="External"/><Relationship Id="rId_hyperlink_1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/100838" TargetMode="External"/><Relationship Id="rId_hyperlink_1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/59462" TargetMode="External"/><Relationship Id="rId_hyperlink_1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/37825" TargetMode="External"/><Relationship Id="rId_hyperlink_1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113028" TargetMode="External"/><Relationship Id="rId_hyperlink_1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-29992-0.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-29992-0/MediaObjects/41467_2022_29992_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-3656" TargetMode="External"/><Relationship Id="rId_hyperlink_1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4437-9799" TargetMode="External"/><Relationship Id="rId_hyperlink_1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0247-2007" TargetMode="External"/><Relationship Id="rId_hyperlink_1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5633-8981" TargetMode="External"/><Relationship Id="rId_hyperlink_1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798s" TargetMode="External"/><Relationship Id="rId_hyperlink_1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002526" TargetMode="External"/><Relationship Id="rId_hyperlink_1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6364730" TargetMode="External"/><Relationship Id="rId_hyperlink_1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113036" TargetMode="External"/><Relationship Id="rId_hyperlink_1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-022-01201-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/arrayexpress/experiments/E-MTAB-11752" TargetMode="External"/><Relationship Id="rId_hyperlink_1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB52646" TargetMode="External"/><Relationship Id="rId_hyperlink_1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.17013788" TargetMode="External"/><Relationship Id="rId_hyperlink_1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113029" TargetMode="External"/><Relationship Id="rId_hyperlink_1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-31054-4/MediaObjects/41467_2022_31054_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-31054-4.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/assembly/GCF_000001635.20" TargetMode="External"/><Relationship Id="rId_hyperlink_1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE189780" TargetMode="External"/><Relationship Id="rId_hyperlink_1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6263-467X" TargetMode="External"/><Relationship Id="rId_hyperlink_1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2497-0699" TargetMode="External"/><Relationship Id="rId_hyperlink_1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0364-662X" TargetMode="External"/><Relationship Id="rId_hyperlink_1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2208-4877" TargetMode="External"/><Relationship Id="rId_hyperlink_1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2486-1473" TargetMode="External"/><Relationship Id="rId_hyperlink_1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7464-7921" TargetMode="External"/><Relationship Id="rId_hyperlink_1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4947-0412" TargetMode="External"/><Relationship Id="rId_hyperlink_1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5801-0151" TargetMode="External"/><Relationship Id="rId_hyperlink_1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4056-0550" TargetMode="External"/><Relationship Id="rId_hyperlink_1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9556-7207" TargetMode="External"/><Relationship Id="rId_hyperlink_1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_VV34" TargetMode="External"/><Relationship Id="rId_hyperlink_1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017270" TargetMode="External"/><Relationship Id="rId_hyperlink_1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002344" TargetMode="External"/><Relationship Id="rId_hyperlink_1814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018419" TargetMode="External"/><Relationship Id="rId_hyperlink_1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_1820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016863" TargetMode="External"/><Relationship Id="rId_hyperlink_1821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_1823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113030" TargetMode="External"/><Relationship Id="rId_hyperlink_1824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01108-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM4_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM6_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM7_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM8_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM9_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM10_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM11_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM12_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM13_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM14_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_1839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM22_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM23_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM24_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM25_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM26_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM27_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM28_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM29_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01108-3/MediaObjects/41593_2022_1108_MOESM30_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_1855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/76" TargetMode="External"/><Relationship Id="rId_hyperlink_1856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE203046" TargetMode="External"/><Relationship Id="rId_hyperlink_1857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7331-0902" TargetMode="External"/><Relationship Id="rId_hyperlink_1859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_1860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_1861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/510" TargetMode="External"/><Relationship Id="rId_hyperlink_1862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016393" TargetMode="External"/><Relationship Id="rId_hyperlink_1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002677" TargetMode="External"/><Relationship Id="rId_hyperlink_1866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014489" TargetMode="External"/><Relationship Id="rId_hyperlink_1868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_1869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_1878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_1879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018257" TargetMode="External"/><Relationship Id="rId_hyperlink_1880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002629" TargetMode="External"/><Relationship Id="rId_hyperlink_1881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016167" TargetMode="External"/><Relationship Id="rId_hyperlink_1882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_1883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113251" TargetMode="External"/><Relationship Id="rId_hyperlink_1885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s13311-022-01269-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM4_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs13311-022-01269-w/MediaObjects/13311_2022_1269_MOESM5_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_1892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5125-4594" TargetMode="External"/><Relationship Id="rId_hyperlink_1894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_1897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/71248" TargetMode="External"/><Relationship Id="rId_hyperlink_1899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/54614" TargetMode="External"/><Relationship Id="rId_hyperlink_1900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB48619" TargetMode="External"/><Relationship Id="rId_hyperlink_1901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113253" TargetMode="External"/><Relationship Id="rId_hyperlink_1902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/219/8/e20212443/1435623/jem_20212443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE21669" TargetMode="External"/><Relationship Id="rId_hyperlink_1904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE56021" TargetMode="External"/><Relationship Id="rId_hyperlink_1905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_1906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_1907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4424-2744" TargetMode="External"/><Relationship Id="rId_hyperlink_1908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6245-169X" TargetMode="External"/><Relationship Id="rId_hyperlink_1909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6870-1378" TargetMode="External"/><Relationship Id="rId_hyperlink_1910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_1911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5906-0978" TargetMode="External"/><Relationship Id="rId_hyperlink_1912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2792-5874" TargetMode="External"/><Relationship Id="rId_hyperlink_1913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0655-1105" TargetMode="External"/><Relationship Id="rId_hyperlink_1914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1899-3149" TargetMode="External"/><Relationship Id="rId_hyperlink_1915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0174-5042" TargetMode="External"/><Relationship Id="rId_hyperlink_1916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2292-5982" TargetMode="External"/><Relationship Id="rId_hyperlink_1917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7989-681X" TargetMode="External"/><Relationship Id="rId_hyperlink_1918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6849-9659" TargetMode="External"/><Relationship Id="rId_hyperlink_1919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001456" TargetMode="External"/><Relationship Id="rId_hyperlink_1921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_1924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014966" TargetMode="External"/><Relationship Id="rId_hyperlink_1925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_1927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_1928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_1929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/113254" TargetMode="External"/><Relationship Id="rId_hyperlink_1930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666354622000849/pdfft?md5=9324a4bdc1d779024cabad61cb14e0da&amp;pid=1-s2.0-S2666354622000849-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_1932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_1934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_1935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q123140043" TargetMode="External"/><Relationship Id="rId_hyperlink_1936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114334" TargetMode="External"/><Relationship Id="rId_hyperlink_1937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41592-022-01577-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM4_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41592-022-01577-1/MediaObjects/41592_2022_1577_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7132-9813" TargetMode="External"/><Relationship Id="rId_hyperlink_1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6356-9742" TargetMode="External"/><Relationship Id="rId_hyperlink_1944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7741-125X" TargetMode="External"/><Relationship Id="rId_hyperlink_1945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_1946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5959-6409" TargetMode="External"/><Relationship Id="rId_hyperlink_1947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2917-0778" TargetMode="External"/><Relationship Id="rId_hyperlink_1948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9638-5077" TargetMode="External"/><Relationship Id="rId_hyperlink_1949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_1950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/literature/publications/183" TargetMode="External"/><Relationship Id="rId_hyperlink_1951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/547" TargetMode="External"/><Relationship Id="rId_hyperlink_1952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_1953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_1955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/64" TargetMode="External"/><Relationship Id="rId_hyperlink_1957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_1958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_1959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_1960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_1961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0042" TargetMode="External"/><Relationship Id="rId_hyperlink_1964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6563100" TargetMode="External"/><Relationship Id="rId_hyperlink_1965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6562764" TargetMode="External"/><Relationship Id="rId_hyperlink_1966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114437" TargetMode="External"/><Relationship Id="rId_hyperlink_1967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.abo7639?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_1968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_1969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_tables_s1_to_s11.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abo7639/suppl_file/sciadv.abo7639_movie_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_1971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1126/sciadv.abo7639" TargetMode="External"/><Relationship Id="rId_hyperlink_1972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE206577" TargetMode="External"/><Relationship Id="rId_hyperlink_1973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4347-7648" TargetMode="External"/><Relationship Id="rId_hyperlink_1974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_1975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3794-7295" TargetMode="External"/><Relationship Id="rId_hyperlink_1976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3237-0423" TargetMode="External"/><Relationship Id="rId_hyperlink_1977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9195-2434" TargetMode="External"/><Relationship Id="rId_hyperlink_1978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7408-6842" TargetMode="External"/><Relationship Id="rId_hyperlink_1979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0761-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_1980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_1981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_1982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7265-3639" TargetMode="External"/><Relationship Id="rId_hyperlink_1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6895-6998" TargetMode="External"/><Relationship Id="rId_hyperlink_1984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8974-8845" TargetMode="External"/><Relationship Id="rId_hyperlink_1985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0737-3822" TargetMode="External"/><Relationship Id="rId_hyperlink_1986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5782-1120" TargetMode="External"/><Relationship Id="rId_hyperlink_1987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_1988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6327-0089" TargetMode="External"/><Relationship Id="rId_hyperlink_1989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_1990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_1991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD031376" TargetMode="External"/><Relationship Id="rId_hyperlink_1992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_1993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_1994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_1995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_1996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_1997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_1998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017217" TargetMode="External"/><Relationship Id="rId_hyperlink_1999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_2000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014237" TargetMode="External"/><Relationship Id="rId_hyperlink_2004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015246" TargetMode="External"/><Relationship Id="rId_hyperlink_2005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006786" TargetMode="External"/><Relationship Id="rId_hyperlink_2007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_2008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016664" TargetMode="External"/><Relationship Id="rId_hyperlink_2009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_2010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_2011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006164" TargetMode="External"/><Relationship Id="rId_hyperlink_2013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_2014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/114541" TargetMode="External"/><Relationship Id="rId_hyperlink_2015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S2589-0042%2822%2901595-4" TargetMode="External"/><Relationship Id="rId_hyperlink_2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.isci.2022.105323/attachment/1e3a78c4-a3bf-4de4-be93-13481cbf2f76/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.isci.2022.105323/attachment/666da06b-103a-4749-a398-97b62b014a39/mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_000374-MU" TargetMode="External"/><Relationship Id="rId_hyperlink_2026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_000036-MU" TargetMode="External"/><Relationship Id="rId_hyperlink_2027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_2028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01183-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/ISD-SystemsNeuroscience/Aging_Oligos_Microglia" TargetMode="External"/><Relationship Id="rId_hyperlink_2032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01183-6/MediaObjects/41593_2022_1183_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE202579" TargetMode="External"/><Relationship Id="rId_hyperlink_2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE166548" TargetMode="External"/><Relationship Id="rId_hyperlink_2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE138891" TargetMode="External"/><Relationship Id="rId_hyperlink_2050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE132042" TargetMode="External"/><Relationship Id="rId_hyperlink_2051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_2052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_2054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015058" TargetMode="External"/><Relationship Id="rId_hyperlink_2061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_2062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001881" TargetMode="External"/><Relationship Id="rId_hyperlink_2063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_2064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008520" TargetMode="External"/><Relationship Id="rId_hyperlink_2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006553" TargetMode="External"/><Relationship Id="rId_hyperlink_2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010233" TargetMode="External"/><Relationship Id="rId_hyperlink_2071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_2073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_019186" TargetMode="External"/><Relationship Id="rId_hyperlink_2075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016345" TargetMode="External"/><Relationship Id="rId_hyperlink_2076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005223" TargetMode="External"/><Relationship Id="rId_hyperlink_2077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_2078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018132" TargetMode="External"/><Relationship Id="rId_hyperlink_2079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016620" TargetMode="External"/><Relationship Id="rId_hyperlink_2080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_2083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0896627322008625/pdfft?md5=7ee40bfd5f89b21f2b7716ec9e51758c&amp;pid=1-s2.0-S0896627322008625-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0889159122004214/pdfft?md5=2c2c3bbcd60677ba779058d45186828e&amp;pid=1-s2.0-S0889159122004214-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0493-7370" TargetMode="External"/><Relationship Id="rId_hyperlink_2088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000084" TargetMode="External"/><Relationship Id="rId_hyperlink_2095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012155" TargetMode="External"/><Relationship Id="rId_hyperlink_2096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.17212856" TargetMode="External"/><Relationship Id="rId_hyperlink_2097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s42003-022-03077-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/sollan/alma" TargetMode="External"/><Relationship Id="rId_hyperlink_2099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs42003-022-03077-6/MediaObjects/42003_2022_3077_MOESM6_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3747-4958" TargetMode="External"/><Relationship Id="rId_hyperlink_2108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002630" TargetMode="External"/><Relationship Id="rId_hyperlink_2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004129" TargetMode="External"/><Relationship Id="rId_hyperlink_2114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_2115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5767422" TargetMode="External"/><Relationship Id="rId_hyperlink_2117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.11.21.517320v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_2119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9925-7249" TargetMode="External"/><Relationship Id="rId_hyperlink_2123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01199-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM8_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM9_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM10_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/single-cell-tutorial/blob/master/latest_notebook/Case-study_Mouse-intestinal-epithelium_1906.ipynb" TargetMode="External"/><Relationship Id="rId_hyperlink_2136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/brianhie/scanorama" TargetMode="External"/><Relationship Id="rId_hyperlink_2137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/scvelo_notebooks/blob/master/VelocityBasics.ipynb" TargetMode="External"/><Relationship Id="rId_hyperlink_2138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM12_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM18_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM19_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM20_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM21_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM22_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM23_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01199-y/MediaObjects/41593_2022_1199_MOESM24_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE144543" TargetMode="External"/><Relationship Id="rId_hyperlink_2153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE179134" TargetMode="External"/><Relationship Id="rId_hyperlink_2154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8352-1498" TargetMode="External"/><Relationship Id="rId_hyperlink_2155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8485-9653" TargetMode="External"/><Relationship Id="rId_hyperlink_2156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5942-2924" TargetMode="External"/><Relationship Id="rId_hyperlink_2157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8731-4330" TargetMode="External"/><Relationship Id="rId_hyperlink_2158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6941-2669" TargetMode="External"/><Relationship Id="rId_hyperlink_2159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5950-616X" TargetMode="External"/><Relationship Id="rId_hyperlink_2160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5633-8981" TargetMode="External"/><Relationship Id="rId_hyperlink_2161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9260-2775" TargetMode="External"/><Relationship Id="rId_hyperlink_2163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_2164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05rg1zz45" TargetMode="External"/><Relationship Id="rId_hyperlink_2168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-022-01360-6.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-022-01360-6/MediaObjects/41590_2022_1360_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE214709" TargetMode="External"/><Relationship Id="rId_hyperlink_2180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0284-1658" TargetMode="External"/><Relationship Id="rId_hyperlink_2181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9604-1939" TargetMode="External"/><Relationship Id="rId_hyperlink_2182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3059-181X" TargetMode="External"/><Relationship Id="rId_hyperlink_2183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6870-1378" TargetMode="External"/><Relationship Id="rId_hyperlink_2184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4290-5716" TargetMode="External"/><Relationship Id="rId_hyperlink_2186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/bpa.13136?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fbpa.13136&amp;file=bpa13136-sup-0001-supinfo.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.de/postmortem-quantitative-mri-disentangles-histological-lesion-types-in-multiple-sclerosis/" TargetMode="External"/><Relationship Id="rId_hyperlink_2194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3092-8737" TargetMode="External"/><Relationship Id="rId_hyperlink_2195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_2197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/620" TargetMode="External"/><Relationship Id="rId_hyperlink_2199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/218" TargetMode="External"/><Relationship Id="rId_hyperlink_2202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-021-00948-8/MediaObjects/41590_2021_948_MOESM7_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE156718" TargetMode="External"/><Relationship Id="rId_hyperlink_2210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/117305" TargetMode="External"/><Relationship Id="rId_hyperlink_2213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/showAltPdf?doi=10.15252%2Fembr.202254746&amp;altPdfName=embr.202254746.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0001-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0002-TableEV1.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0003-TableEV2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0004-TableEV3.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0005-TableEV4.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0006-TableEV5.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0007-DatasetEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0008-DatasetEV2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0009-DatasetEV3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0010-DatasetEV4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fembr.202254746&amp;file=EMBR202254746-sup-0011-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/16" TargetMode="External"/><Relationship Id="rId_hyperlink_2226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4225-5912" TargetMode="External"/><Relationship Id="rId_hyperlink_2227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5104-970X" TargetMode="External"/><Relationship Id="rId_hyperlink_2228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0068-9496" TargetMode="External"/><Relationship Id="rId_hyperlink_2229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8997-8459" TargetMode="External"/><Relationship Id="rId_hyperlink_2230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7999-6781" TargetMode="External"/><Relationship Id="rId_hyperlink_2231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8057-9259" TargetMode="External"/><Relationship Id="rId_hyperlink_2232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6198-3069" TargetMode="External"/><Relationship Id="rId_hyperlink_2233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1837-5233" TargetMode="External"/><Relationship Id="rId_hyperlink_2234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4630-9081" TargetMode="External"/><Relationship Id="rId_hyperlink_2235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5661-5272" TargetMode="External"/><Relationship Id="rId_hyperlink_2236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0946-8166" TargetMode="External"/><Relationship Id="rId_hyperlink_2237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9981-8571" TargetMode="External"/><Relationship Id="rId_hyperlink_2239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0698-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_2240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9879-7174" TargetMode="External"/><Relationship Id="rId_hyperlink_2241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD029132" TargetMode="External"/><Relationship Id="rId_hyperlink_2242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/literature/publications/192" TargetMode="External"/><Relationship Id="rId_hyperlink_2243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1190.med.uni-goettingen.de/production/archive/1/24" TargetMode="External"/><Relationship Id="rId_hyperlink_2246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/119185" TargetMode="External"/><Relationship Id="rId_hyperlink_2248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/pdf/10.1073/pnas.2215799119?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm01.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm02.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm03.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2215799119/suppl_file/pnas.2215799119.sm04.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1982-2736" TargetMode="External"/><Relationship Id="rId_hyperlink_2254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4032-7644" TargetMode="External"/><Relationship Id="rId_hyperlink_2255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2753-0848" TargetMode="External"/><Relationship Id="rId_hyperlink_2256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_2257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5962-7359" TargetMode="External"/><Relationship Id="rId_hyperlink_2259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/38" TargetMode="External"/><Relationship Id="rId_hyperlink_2260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/629" TargetMode="External"/><Relationship Id="rId_hyperlink_2261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/123" TargetMode="External"/><Relationship Id="rId_hyperlink_2262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_2263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/214" TargetMode="External"/><Relationship Id="rId_hyperlink_2267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0224" TargetMode="External"/><Relationship Id="rId_hyperlink_2268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0030" TargetMode="External"/><Relationship Id="rId_hyperlink_2269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elifesciences.org/download/aHR0cHM6Ly9jZG4uZWxpZmVzY2llbmNlcy5vcmcvYXJ0aWNsZXMvODIwMzEvZWxpZmUtODIwMzEtdjMucGRmP2Nhbm9uaWNhbFVyaT1odHRwczovL2VsaWZlc2NpZW5jZXMub3JnL2FydGljbGVzLzgyMDMx/elife-82031-v3.pdf?_hash=PuRjaNuh%2BcpL78EUflSETqGnDlunVGIBhVpf" TargetMode="External"/><Relationship Id="rId_hyperlink_2270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Lieszlab/Benakis-et-al.-2022-eLife" TargetMode="External"/><Relationship Id="rId_hyperlink_2271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/swh:1:dir:00e7ac02dddbcc499e48fd6b915724d186ac8859" TargetMode="External"/><Relationship Id="rId_hyperlink_2272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9069-2594" TargetMode="External"/><Relationship Id="rId_hyperlink_2273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6463-7949" TargetMode="External"/><Relationship Id="rId_hyperlink_2275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3576-2702" TargetMode="External"/><Relationship Id="rId_hyperlink_2276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1194-5256" TargetMode="External"/><Relationship Id="rId_hyperlink_2277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6020-7746" TargetMode="External"/><Relationship Id="rId_hyperlink_2278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8113" TargetMode="External"/><Relationship Id="rId_hyperlink_2279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00q1fsf04" TargetMode="External"/><Relationship Id="rId_hyperlink_2283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q125343166" TargetMode="External"/><Relationship Id="rId_hyperlink_2284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.21679415" TargetMode="External"/><Relationship Id="rId_hyperlink_2285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jem/article-pdf/220/3/e20220615/1445892/jem_20220615.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5349-2035" TargetMode="External"/><Relationship Id="rId_hyperlink_2288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3763-386X" TargetMode="External"/><Relationship Id="rId_hyperlink_2289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6566-5941" TargetMode="External"/><Relationship Id="rId_hyperlink_2290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9725-6368" TargetMode="External"/><Relationship Id="rId_hyperlink_2291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0211-9035" TargetMode="External"/><Relationship Id="rId_hyperlink_2292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4601-6951" TargetMode="External"/><Relationship Id="rId_hyperlink_2293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4522-7199" TargetMode="External"/><Relationship Id="rId_hyperlink_2294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666379122004414/pdfft?md5=3a3101c5c20dfc132eaa67937dc5c815&amp;pid=1-s2.0-S2666379122004414-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE212838" TargetMode="External"/><Relationship Id="rId_hyperlink_2299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_2300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_2301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD024427" TargetMode="External"/><Relationship Id="rId_hyperlink_2302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_2303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/showAltPdf?doi=10.15252%2Femmm.202216111&amp;altPdfName=emmm.202216111.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202216111&amp;file=emmm202216111-sup-0001-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9725-6368" TargetMode="External"/><Relationship Id="rId_hyperlink_2306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8197-3554" TargetMode="External"/><Relationship Id="rId_hyperlink_2307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6665-5251" TargetMode="External"/><Relationship Id="rId_hyperlink_2308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4943-0509" TargetMode="External"/><Relationship Id="rId_hyperlink_2309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6888-9131" TargetMode="External"/><Relationship Id="rId_hyperlink_2310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7953-2162" TargetMode="External"/><Relationship Id="rId_hyperlink_2311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5836-2122" TargetMode="External"/><Relationship Id="rId_hyperlink_2312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41590-020-0666-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM2_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM3_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_2321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM4_ESM.mov" TargetMode="External"/><Relationship Id="rId_hyperlink_2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM6_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM8_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM9_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM10_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM11_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM12_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM13_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM14_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM15_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM16_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41590-020-0666-9/MediaObjects/41590_2020_666_MOESM17_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE131679" TargetMode="External"/><Relationship Id="rId_hyperlink_2336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4445-6144" TargetMode="External"/><Relationship Id="rId_hyperlink_2337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4600-1394" TargetMode="External"/><Relationship Id="rId_hyperlink_2338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9472-2738" TargetMode="External"/><Relationship Id="rId_hyperlink_2339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3216-8759" TargetMode="External"/><Relationship Id="rId_hyperlink_2340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6657-0466" TargetMode="External"/><Relationship Id="rId_hyperlink_2341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7179-7323" TargetMode="External"/><Relationship Id="rId_hyperlink_2342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0991-6547" TargetMode="External"/><Relationship Id="rId_hyperlink_2343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2983-0414" TargetMode="External"/><Relationship Id="rId_hyperlink_2346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5567-1173" TargetMode="External"/><Relationship Id="rId_hyperlink_2347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q93196390" TargetMode="External"/><Relationship Id="rId_hyperlink_2350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fnana.2021.732506/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_2353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/cardiovascres/article-pdf/118/14/2932/46948443/cvab359.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE182950" TargetMode="External"/><Relationship Id="rId_hyperlink_2362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE97310" TargetMode="External"/><Relationship Id="rId_hyperlink_2363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2030-2738" TargetMode="External"/><Relationship Id="rId_hyperlink_2364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0642-3445" TargetMode="External"/><Relationship Id="rId_hyperlink_2365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0630-4537" TargetMode="External"/><Relationship Id="rId_hyperlink_2366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2024-1034" TargetMode="External"/><Relationship Id="rId_hyperlink_2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6053-0930" TargetMode="External"/><Relationship Id="rId_hyperlink_2368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3165-2648" TargetMode="External"/><Relationship Id="rId_hyperlink_2369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5747-2207" TargetMode="External"/><Relationship Id="rId_hyperlink_2370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4304-8234" TargetMode="External"/><Relationship Id="rId_hyperlink_2371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0340-1745" TargetMode="External"/><Relationship Id="rId_hyperlink_2373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8551-4729" TargetMode="External"/><Relationship Id="rId_hyperlink_2374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/62" TargetMode="External"/><Relationship Id="rId_hyperlink_2377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/12259" TargetMode="External"/><Relationship Id="rId_hyperlink_2378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.addgene.org/12260" TargetMode="External"/><Relationship Id="rId_hyperlink_2379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0003-TableEV1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0004-TableEV2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0005-TableEV3.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0006-TableEV4.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202010125&amp;file=msb202010125-sup-0007-TableEV5.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6618-7774" TargetMode="External"/><Relationship Id="rId_hyperlink_2387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1292-4799" TargetMode="External"/><Relationship Id="rId_hyperlink_2388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-7989" TargetMode="External"/><Relationship Id="rId_hyperlink_2389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD010996" TargetMode="External"/><Relationship Id="rId_hyperlink_2390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py35477" TargetMode="External"/><Relationship Id="rId_hyperlink_2391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/041nas322" TargetMode="External"/><Relationship Id="rId_hyperlink_2392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014485" TargetMode="External"/><Relationship Id="rId_hyperlink_2393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015753" TargetMode="External"/><Relationship Id="rId_hyperlink_2394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021238" TargetMode="External"/><Relationship Id="rId_hyperlink_2397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015723" TargetMode="External"/><Relationship Id="rId_hyperlink_2398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112290298" TargetMode="External"/><Relationship Id="rId_hyperlink_2400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/8/5/e1043.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_2402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2917-5889" TargetMode="External"/><Relationship Id="rId_hyperlink_2403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_2404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/1422-0067/22/16/8870/pdf?version=1631502690" TargetMode="External"/><Relationship Id="rId_hyperlink_2409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4935-1365" TargetMode="External"/><Relationship Id="rId_hyperlink_2410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00401-022-02442-3.pdf?pdf=button" TargetMode="External"/><Relationship Id="rId_hyperlink_2413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1948-1580" TargetMode="External"/><Relationship Id="rId_hyperlink_2414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S1044532322000471/pdfft?md5=8e411c35bc759f1ab31f691497c2056b&amp;pid=1-s2.0-S1044532322000471-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0642-1610" TargetMode="External"/><Relationship Id="rId_hyperlink_2421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6319-404X" TargetMode="External"/><Relationship Id="rId_hyperlink_2422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/doi/pdfdirect/10.15252/msb.202211129?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/theislab/collideseq_reproducibility" TargetMode="External"/><Relationship Id="rId_hyperlink_2429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0003-DatasetEV1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Fmsb.202211129&amp;file=msb202211129-sup-0006-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE211864" TargetMode="External"/><Relationship Id="rId_hyperlink_2434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9995-1364" TargetMode="External"/><Relationship Id="rId_hyperlink_2435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1293-7656" TargetMode="External"/><Relationship Id="rId_hyperlink_2436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5488-8530" TargetMode="External"/><Relationship Id="rId_hyperlink_2439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.abg9445?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_movie_s1.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.abg9445/suppl_file/sciadv.abg9445_data_s1_and_s2.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1873-5550" TargetMode="External"/><Relationship Id="rId_hyperlink_2447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1918-9811" TargetMode="External"/><Relationship Id="rId_hyperlink_2448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5107-0701" TargetMode="External"/><Relationship Id="rId_hyperlink_2449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7692-546X" TargetMode="External"/><Relationship Id="rId_hyperlink_2450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-3656" TargetMode="External"/><Relationship Id="rId_hyperlink_2451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1630-6827" TargetMode="External"/><Relationship Id="rId_hyperlink_2452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/doi/pdf/10.1146/annurev-vision-100820-103154" TargetMode="External"/><Relationship Id="rId_hyperlink_2458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0942-4622" TargetMode="External"/><Relationship Id="rId_hyperlink_2459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s00109-022-02202-6.pdf?pdf=button" TargetMode="External"/><Relationship Id="rId_hyperlink_2462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00109-022-02202-6/MediaObjects/109_2022_2202_MOESM1_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs00109-022-02202-6/MediaObjects/109_2022_2202_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3256-5298" TargetMode="External"/><Relationship Id="rId_hyperlink_2465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_2466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_2467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7269-5433" TargetMode="External"/><Relationship Id="rId_hyperlink_2468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_2469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/ena/data/view/PRJEB51618" TargetMode="External"/><Relationship Id="rId_hyperlink_2473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/pdf/10.1073/pnas.2206208119?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sapp.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sd01.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pnas.org/doi/suppl/10.1073/pnas.2206208119/suppl_file/pnas.2206208119.sd02.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5260-9956" TargetMode="External"/><Relationship Id="rId_hyperlink_2478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7051-124X" TargetMode="External"/><Relationship Id="rId_hyperlink_2479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8066-7539" TargetMode="External"/><Relationship Id="rId_hyperlink_2480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1899-3149" TargetMode="External"/><Relationship Id="rId_hyperlink_2481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6486-7955" TargetMode="External"/><Relationship Id="rId_hyperlink_2482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0814-3749" TargetMode="External"/><Relationship Id="rId_hyperlink_2483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4187-9472" TargetMode="External"/><Relationship Id="rId_hyperlink_2484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3633-0955" TargetMode="External"/><Relationship Id="rId_hyperlink_2485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-022-01023-7.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM2_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM3_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM4_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM5_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM6_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM7_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM8_ESM.avi" TargetMode="External"/><Relationship Id="rId_hyperlink_2496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-022-01023-7/MediaObjects/41593_2022_1023_MOESM9_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4001-0564" TargetMode="External"/><Relationship Id="rId_hyperlink_2498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_2499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6824-8112" TargetMode="External"/><Relationship Id="rId_hyperlink_2500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ap2av50" TargetMode="External"/><Relationship Id="rId_hyperlink_2501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112737382" TargetMode="External"/><Relationship Id="rId_hyperlink_2504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5894603" TargetMode="External"/><Relationship Id="rId_hyperlink_2505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.5894770" TargetMode="External"/><Relationship Id="rId_hyperlink_2506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0917-1725" TargetMode="External"/><Relationship Id="rId_hyperlink_2507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166721007875/pdfft?md5=c14943d4b72d9f2de409f2ea6c0d782d&amp;pid=1-s2.0-S2666166721007875-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2299-4320" TargetMode="External"/><Relationship Id="rId_hyperlink_2511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5422-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_2513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/collections/5696584/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fcell.2021.747699/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112080644" TargetMode="External"/><Relationship Id="rId_hyperlink_2522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elifesciences.org/download/aHR0cHM6Ly9jZG4uZWxpZmVzY2llbmNlcy5vcmcvYXJ0aWNsZXMvNzUyMzAvZWxpZmUtNzUyMzAtdjIucGRmP2Nhbm9uaWNhbFVyaT1odHRwczovL2VsaWZlc2NpZW5jZXMub3JnL2FydGljbGVzLzc1MjMw/elife-75230-v2.pdf?_hash=73gW824E%2FleIQqBaT5XX%2FNCoHna1F6g52q" TargetMode="External"/><Relationship Id="rId_hyperlink_2523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.elifesciences.org/articles/75230/elife-75230-supp1-v2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.elifesciences.org/articles/75230/elife-75230-transrepform1-v2.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video1.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video2.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video3.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-movie-usa.glencoesoftware.com/mp4/10.7554/272/b9e639d79ee36970575037acbac175c77472e79e/elife-75230-video4.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/73" TargetMode="External"/><Relationship Id="rId_hyperlink_2530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE188903" TargetMode="External"/><Relationship Id="rId_hyperlink_2531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE102827" TargetMode="External"/><Relationship Id="rId_hyperlink_2532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE75330" TargetMode="External"/><Relationship Id="rId_hyperlink_2533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4913-2253" TargetMode="External"/><Relationship Id="rId_hyperlink_2534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1927-9729" TargetMode="External"/><Relationship Id="rId_hyperlink_2535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0700-4042" TargetMode="External"/><Relationship Id="rId_hyperlink_2536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7133-7378" TargetMode="External"/><Relationship Id="rId_hyperlink_2539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/530" TargetMode="External"/><Relationship Id="rId_hyperlink_2540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_2541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/251" TargetMode="External"/><Relationship Id="rId_hyperlink_2543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2036283" TargetMode="External"/><Relationship Id="rId_hyperlink_2544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2307313" TargetMode="External"/><Relationship Id="rId_hyperlink_2545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2564741" TargetMode="External"/><Relationship Id="rId_hyperlink_2546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_443209" TargetMode="External"/><Relationship Id="rId_hyperlink_2547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2333099" TargetMode="External"/><Relationship Id="rId_hyperlink_2548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313550" TargetMode="External"/><Relationship Id="rId_hyperlink_2549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10013482" TargetMode="External"/><Relationship Id="rId_hyperlink_2550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1844967" TargetMode="External"/><Relationship Id="rId_hyperlink_2551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2298772" TargetMode="External"/><Relationship Id="rId_hyperlink_2552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_90650" TargetMode="External"/><Relationship Id="rId_hyperlink_2553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2242783" TargetMode="External"/><Relationship Id="rId_hyperlink_2554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10622025" TargetMode="External"/><Relationship Id="rId_hyperlink_2555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340625" TargetMode="External"/><Relationship Id="rId_hyperlink_2556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2313568" TargetMode="External"/><Relationship Id="rId_hyperlink_2557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340817" TargetMode="External"/><Relationship Id="rId_hyperlink_2558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340820" TargetMode="External"/><Relationship Id="rId_hyperlink_2559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340461" TargetMode="External"/><Relationship Id="rId_hyperlink_2560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340477" TargetMode="External"/><Relationship Id="rId_hyperlink_2561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340430" TargetMode="External"/><Relationship Id="rId_hyperlink_2562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340413" TargetMode="External"/><Relationship Id="rId_hyperlink_2563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340376" TargetMode="External"/><Relationship Id="rId_hyperlink_2564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2340347" TargetMode="External"/><Relationship Id="rId_hyperlink_2565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/MMRRC_030483-UCD" TargetMode="External"/><Relationship Id="rId_hyperlink_2566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10906" TargetMode="External"/><Relationship Id="rId_hyperlink_2569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10907" TargetMode="External"/><Relationship Id="rId_hyperlink_2570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/empiar/EMPIAR-10908" TargetMode="External"/><Relationship Id="rId_hyperlink_2571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/105516" TargetMode="External"/><Relationship Id="rId_hyperlink_2572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-022-28720-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM3_ESM.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM9_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM10_ESM.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM7_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-022-28720-y/MediaObjects/41467_2022_28720_MOESM8_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/98" TargetMode="External"/><Relationship Id="rId_hyperlink_2584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4814-7517" TargetMode="External"/><Relationship Id="rId_hyperlink_2586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9895-2469" TargetMode="External"/><Relationship Id="rId_hyperlink_2587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3397-8924" TargetMode="External"/><Relationship Id="rId_hyperlink_2588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2313-1439" TargetMode="External"/><Relationship Id="rId_hyperlink_2589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3576-0494" TargetMode="External"/><Relationship Id="rId_hyperlink_2590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_2592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proteomecentral.proteomexchange.org/cgi/GetDataset?ID=PXD025180" TargetMode="External"/><Relationship Id="rId_hyperlink_2597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/333" TargetMode="External"/><Relationship Id="rId_hyperlink_2598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/27" TargetMode="External"/><Relationship Id="rId_hyperlink_2599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/458" TargetMode="External"/><Relationship Id="rId_hyperlink_2600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02wkzzr31" TargetMode="External"/><Relationship Id="rId_hyperlink_2601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_2602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/294" TargetMode="External"/><Relationship Id="rId_hyperlink_2605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006442" TargetMode="External"/><Relationship Id="rId_hyperlink_2606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_2610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_2611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_2612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016560" TargetMode="External"/><Relationship Id="rId_hyperlink_2613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003411" TargetMode="External"/><Relationship Id="rId_hyperlink_2614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016664" TargetMode="External"/><Relationship Id="rId_hyperlink_2615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_004055" TargetMode="External"/><Relationship Id="rId_hyperlink_2616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008954" TargetMode="External"/><Relationship Id="rId_hyperlink_2618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112639447" TargetMode="External"/><Relationship Id="rId_hyperlink_2620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fimmu.2021.800128/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/collections/5774093/versions/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE130119" TargetMode="External"/><Relationship Id="rId_hyperlink_2623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE148612" TargetMode="External"/><Relationship Id="rId_hyperlink_2624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X " TargetMode="External"/><Relationship Id="rId_hyperlink_2625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f7hpc57" TargetMode="External"/><Relationship Id="rId_hyperlink_2626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fcell.2021.747667/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/files/32408531" TargetMode="External"/><Relationship Id="rId_hyperlink_2628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0063" TargetMode="External"/><Relationship Id="rId_hyperlink_2633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112080614" TargetMode="External"/><Relationship Id="rId_hyperlink_2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2211124721010056/pdfft?md5=ea0d5c57f53b6608dba593a86a4530fc&amp;pid=1-s2.0-S2211124721010056-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/122" TargetMode="External"/><Relationship Id="rId_hyperlink_2637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S0959438821000398/pdfft?md5=b59488fc17bcf0ff53d5903641fb1035&amp;pid=1-s2.0-S0959438821000398-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/94296" TargetMode="External"/><Relationship Id="rId_hyperlink_2645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-021-00926-1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM3_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM4_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM5_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM6_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM7_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM8_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-021-00926-1/MediaObjects/41593_2021_926_MOESM9_ESM.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_2655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE180984" TargetMode="External"/><Relationship Id="rId_hyperlink_2656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6313-2439" TargetMode="External"/><Relationship Id="rId_hyperlink_2657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2815-4426" TargetMode="External"/><Relationship Id="rId_hyperlink_2658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0609-8956" TargetMode="External"/><Relationship Id="rId_hyperlink_2659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5345-9048" TargetMode="External"/><Relationship Id="rId_hyperlink_2660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5435-7182" TargetMode="External"/><Relationship Id="rId_hyperlink_2661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7661-2818" TargetMode="External"/><Relationship Id="rId_hyperlink_2662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2886-7373" TargetMode="External"/><Relationship Id="rId_hyperlink_2663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6379-4317" TargetMode="External"/><Relationship Id="rId_hyperlink_2664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3607-244X" TargetMode="External"/><Relationship Id="rId_hyperlink_2665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7489-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0532-5133" TargetMode="External"/><Relationship Id="rId_hyperlink_2668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9439-6533" TargetMode="External"/><Relationship Id="rId_hyperlink_2669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9870-0966" TargetMode="External"/><Relationship Id="rId_hyperlink_2670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9976-9930" TargetMode="External"/><Relationship Id="rId_hyperlink_2672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7720-8817" TargetMode="External"/><Relationship Id="rId_hyperlink_2673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7185-3615" TargetMode="External"/><Relationship Id="rId_hyperlink_2674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4510-9718" TargetMode="External"/><Relationship Id="rId_hyperlink_2675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q109296743" TargetMode="External"/><Relationship Id="rId_hyperlink_2677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/87765" TargetMode="External"/><Relationship Id="rId_hyperlink_2678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fmed.2021.644715/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndownloader.figstatic.com/files/28167105" TargetMode="External"/><Relationship Id="rId_hyperlink_2680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4357-9863" TargetMode="External"/><Relationship Id="rId_hyperlink_2681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8528-8060" TargetMode="External"/><Relationship Id="rId_hyperlink_2682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_2683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q109728627" TargetMode="External"/><Relationship Id="rId_hyperlink_2686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/88599" TargetMode="External"/><Relationship Id="rId_hyperlink_2687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2218-1989/11/6/347/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id= 9606" TargetMode="External"/><Relationship Id="rId_hyperlink_2689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3147-3017" TargetMode="External"/><Relationship Id="rId_hyperlink_2690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/413" TargetMode="External"/><Relationship Id="rId_hyperlink_2693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014271" TargetMode="External"/><Relationship Id="rId_hyperlink_2697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015539" TargetMode="External"/><Relationship Id="rId_hyperlink_2699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/85119" TargetMode="External"/><Relationship Id="rId_hyperlink_2701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/jimd.12389" TargetMode="External"/><Relationship Id="rId_hyperlink_2702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_2703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3147-3017" TargetMode="External"/><Relationship Id="rId_hyperlink_2707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/300100" TargetMode="External"/><Relationship Id="rId_hyperlink_2708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/270" TargetMode="External"/><Relationship Id="rId_hyperlink_2709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014271" TargetMode="External"/><Relationship Id="rId_hyperlink_2713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015539" TargetMode="External"/><Relationship Id="rId_hyperlink_2715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121817" TargetMode="External"/><Relationship Id="rId_hyperlink_2717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc8.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc2.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc3.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc4.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc5.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc6.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2211124721008226-mmc7.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE174238" TargetMode="External"/><Relationship Id="rId_hyperlink_2726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173977" TargetMode="External"/><Relationship Id="rId_hyperlink_2727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173978" TargetMode="External"/><Relationship Id="rId_hyperlink_2728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE173979" TargetMode="External"/><Relationship Id="rId_hyperlink_2729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203 " TargetMode="External"/><Relationship Id="rId_hyperlink_2730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/116" TargetMode="External"/><Relationship Id="rId_hyperlink_2731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/67" TargetMode="External"/><Relationship Id="rId_hyperlink_2735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477590" TargetMode="External"/><Relationship Id="rId_hyperlink_2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_100013482" TargetMode="External"/><Relationship Id="rId_hyperlink_2737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477010" TargetMode="External"/><Relationship Id="rId_hyperlink_2738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2336064" TargetMode="External"/><Relationship Id="rId_hyperlink_2739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2209751" TargetMode="External"/><Relationship Id="rId_hyperlink_2740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_94967" TargetMode="External"/><Relationship Id="rId_hyperlink_2741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_91939" TargetMode="External"/><Relationship Id="rId_hyperlink_2742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2187539" TargetMode="External"/><Relationship Id="rId_hyperlink_2743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_477019" TargetMode="External"/><Relationship Id="rId_hyperlink_2744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_887824" TargetMode="External"/><Relationship Id="rId_hyperlink_2745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2298772" TargetMode="External"/><Relationship Id="rId_hyperlink_2746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_396479" TargetMode="External"/><Relationship Id="rId_hyperlink_2747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2239761" TargetMode="External"/><Relationship Id="rId_hyperlink_2748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_10807410" TargetMode="External"/><Relationship Id="rId_hyperlink_2749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2661873" TargetMode="External"/><Relationship Id="rId_hyperlink_2750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1586992" TargetMode="External"/><Relationship Id="rId_hyperlink_2751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141607" TargetMode="External"/><Relationship Id="rId_hyperlink_2752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_1500899" TargetMode="External"/><Relationship Id="rId_hyperlink_2753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141658" TargetMode="External"/><Relationship Id="rId_hyperlink_2754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2794413" TargetMode="External"/><Relationship Id="rId_hyperlink_2755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_141708" TargetMode="External"/><Relationship Id="rId_hyperlink_2756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338013" TargetMode="External"/><Relationship Id="rId_hyperlink_2757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2307443" TargetMode="External"/><Relationship Id="rId_hyperlink_2758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/AB_2338251" TargetMode="External"/><Relationship Id="rId_hyperlink_2759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/ SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_2761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_2763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010279" TargetMode="External"/><Relationship Id="rId_hyperlink_2764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016137" TargetMode="External"/><Relationship Id="rId_hyperlink_2765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014601" TargetMode="External"/><Relationship Id="rId_hyperlink_2768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q112292020" TargetMode="External"/><Relationship Id="rId_hyperlink_2770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121663" TargetMode="External"/><Relationship Id="rId_hyperlink_2771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2022.05.09.491019v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4032-7644" TargetMode="External"/><Relationship Id="rId_hyperlink_2774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_2775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5962-7359" TargetMode="External"/><Relationship Id="rId_hyperlink_2776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1982-2736" TargetMode="External"/><Relationship Id="rId_hyperlink_2777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_2778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/568" TargetMode="External"/><Relationship Id="rId_hyperlink_2779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/90" TargetMode="External"/><Relationship Id="rId_hyperlink_2780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/105" TargetMode="External"/><Relationship Id="rId_hyperlink_2784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121794" TargetMode="External"/><Relationship Id="rId_hyperlink_2785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_2786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121731" TargetMode="External"/><Relationship Id="rId_hyperlink_2789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/doi/pdfdirect/10.15252/emmm.202114837?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0001-Appendix.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0002-EVFigs.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0003-TableEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0004-DatasetEV1.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/action/downloadSupplement?doi=10.15252%2Femmm.202114837&amp;file=emmm202114837-sup-0005-SDataEV.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_2795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/50" TargetMode="External"/><Relationship Id="rId_hyperlink_2796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE205555" TargetMode="External"/><Relationship Id="rId_hyperlink_2797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE205556" TargetMode="External"/><Relationship Id="rId_hyperlink_2798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7415-4905" TargetMode="External"/><Relationship Id="rId_hyperlink_2799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4169-1675" TargetMode="External"/><Relationship Id="rId_hyperlink_2800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4804-7716" TargetMode="External"/><Relationship Id="rId_hyperlink_2801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3714-4350" TargetMode="External"/><Relationship Id="rId_hyperlink_2802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6895-8819" TargetMode="External"/><Relationship Id="rId_hyperlink_2803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5636-4618" TargetMode="External"/><Relationship Id="rId_hyperlink_2804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9329-8912" TargetMode="External"/><Relationship Id="rId_hyperlink_2805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1731-7410" TargetMode="External"/><Relationship Id="rId_hyperlink_2806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4562-7969" TargetMode="External"/><Relationship Id="rId_hyperlink_2807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1381-4604" TargetMode="External"/><Relationship Id="rId_hyperlink_2808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8546-1161" TargetMode="External"/><Relationship Id="rId_hyperlink_2809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-7109" TargetMode="External"/><Relationship Id="rId_hyperlink_2810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/656" TargetMode="External"/><Relationship Id="rId_hyperlink_2811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/132" TargetMode="External"/><Relationship Id="rId_hyperlink_2815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/121819" TargetMode="External"/><Relationship Id="rId_hyperlink_2816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/cms/10.1016/j.jbc.2023.103027/attachment/535cfa11-77a4-455a-9e6a-aedaf697eca2/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/action/showPdf?pii=S0021-9258%2823%2900159-X" TargetMode="External"/><Relationship Id="rId_hyperlink_2818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/66" TargetMode="External"/><Relationship Id="rId_hyperlink_2824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_2825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000432" TargetMode="External"/><Relationship Id="rId_hyperlink_2827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001905" TargetMode="External"/><Relationship Id="rId_hyperlink_2828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124852" TargetMode="External"/><Relationship Id="rId_hyperlink_2829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nn.neurology.org/content/nnn/10/3/e200090.full-text.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://links.lww.com/NXI/A808" TargetMode="External"/><Relationship Id="rId_hyperlink_2831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6448-3126" TargetMode="External"/><Relationship Id="rId_hyperlink_2832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8675-0387" TargetMode="External"/><Relationship Id="rId_hyperlink_2833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2570-6785" TargetMode="External"/><Relationship Id="rId_hyperlink_2835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/65" TargetMode="External"/><Relationship Id="rId_hyperlink_2838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0045" TargetMode="External"/><Relationship Id="rId_hyperlink_2839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124853" TargetMode="External"/><Relationship Id="rId_hyperlink_2840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1002/nep3.15?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2572-1384" TargetMode="External"/><Relationship Id="rId_hyperlink_2844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/124854" TargetMode="External"/><Relationship Id="rId_hyperlink_2847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2023.02.24.529840v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2023/02/27/2023.02.24.529840/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_2849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8275-6113" TargetMode="External"/><Relationship Id="rId_hyperlink_2850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0654-387X" TargetMode="External"/><Relationship Id="rId_hyperlink_2851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1551-9203" TargetMode="External"/><Relationship Id="rId_hyperlink_2852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2419-1943" TargetMode="External"/><Relationship Id="rId_hyperlink_2853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4381-0041" TargetMode="External"/><Relationship Id="rId_hyperlink_2854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cfam450" TargetMode="External"/><Relationship Id="rId_hyperlink_2855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/64" TargetMode="External"/><Relationship Id="rId_hyperlink_2857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7759-6557" TargetMode="External"/><Relationship Id="rId_hyperlink_2858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3841-4690" TargetMode="External"/><Relationship Id="rId_hyperlink_2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9988-5299" TargetMode="External"/><Relationship Id="rId_hyperlink_2860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0328-3379" TargetMode="External"/><Relationship Id="rId_hyperlink_2861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7461-6965" TargetMode="External"/><Relationship Id="rId_hyperlink_2862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1781-7020" TargetMode="External"/><Relationship Id="rId_hyperlink_2863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6559-7421" TargetMode="External"/><Relationship Id="rId_hyperlink_2864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5323-210X" TargetMode="External"/><Relationship Id="rId_hyperlink_2865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7371-9484" TargetMode="External"/><Relationship Id="rId_hyperlink_2867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2175-8713" TargetMode="External"/><Relationship Id="rId_hyperlink_2868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-7269" TargetMode="External"/><Relationship Id="rId_hyperlink_2869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7893-8507" TargetMode="External"/><Relationship Id="rId_hyperlink_2870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:000664" TargetMode="External"/><Relationship Id="rId_hyperlink_2878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_2879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1503-1972" TargetMode="External"/><Relationship Id="rId_hyperlink_2880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0500-8218" TargetMode="External"/><Relationship Id="rId_hyperlink_2881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1148-6926" TargetMode="External"/><Relationship Id="rId_hyperlink_2882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9875-6794" TargetMode="External"/><Relationship Id="rId_hyperlink_2883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4898-9383" TargetMode="External"/><Relationship Id="rId_hyperlink_2884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_2886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-023-01308-5.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01308-5/MediaObjects/41593_2023_1308_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/sashimi" TargetMode="External"/><Relationship Id="rId_hyperlink_2895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/brunoise" TargetMode="External"/><Relationship Id="rId_hyperlink_2896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/portugueslab/stytra" TargetMode="External"/><Relationship Id="rId_hyperlink_2897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_2898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1495-9314" TargetMode="External"/><Relationship Id="rId_hyperlink_2899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jc43x05" TargetMode="External"/><Relationship Id="rId_hyperlink_2900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/63" TargetMode="External"/><Relationship Id="rId_hyperlink_2901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_2902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008633" TargetMode="External"/><Relationship Id="rId_hyperlink_2903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008058" TargetMode="External"/><Relationship Id="rId_hyperlink_2904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002577" TargetMode="External"/><Relationship Id="rId_hyperlink_2905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008624" TargetMode="External"/><Relationship Id="rId_hyperlink_2906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016434" TargetMode="External"/><Relationship Id="rId_hyperlink_2907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6847130" TargetMode="External"/><Relationship Id="rId_hyperlink_2908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7715409" TargetMode="External"/><Relationship Id="rId_hyperlink_2909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/127562" TargetMode="External"/><Relationship Id="rId_hyperlink_2910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubchem.ncbi.nlm.nih.gov/compound/9804302" TargetMode="External"/><Relationship Id="rId_hyperlink_2911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_2912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9713-0279" TargetMode="External"/><Relationship Id="rId_hyperlink_2913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_2914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_2915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41586-023-06120-6.pdf?pdf=button%20sticky" TargetMode="External"/><Relationship Id="rId_hyperlink_2916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/TSun-tech/AD_MyelinMutant.git" TargetMode="External"/><Relationship Id="rId_hyperlink_2917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM3_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41586-023-06120-6/MediaObjects/41586_2023_6120_MOESM5_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/31" TargetMode="External"/><Relationship Id="rId_hyperlink_2923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178304" TargetMode="External"/><Relationship Id="rId_hyperlink_2924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178296" TargetMode="External"/><Relationship Id="rId_hyperlink_2925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE208683" TargetMode="External"/><Relationship Id="rId_hyperlink_2926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE178295" TargetMode="External"/><Relationship Id="rId_hyperlink_2927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2868-6932" TargetMode="External"/><Relationship Id="rId_hyperlink_2928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_2929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0308-0144" TargetMode="External"/><Relationship Id="rId_hyperlink_2930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7913-2716" TargetMode="External"/><Relationship Id="rId_hyperlink_2931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9535-9395" TargetMode="External"/><Relationship Id="rId_hyperlink_2932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_2934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7710-5738" TargetMode="External"/><Relationship Id="rId_hyperlink_2935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5082-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_2936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0134-0974" TargetMode="External"/><Relationship Id="rId_hyperlink_2937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4115-0334" TargetMode="External"/><Relationship Id="rId_hyperlink_2938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0610-210X" TargetMode="External"/><Relationship Id="rId_hyperlink_2939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_2940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1970-6903" TargetMode="External"/><Relationship Id="rId_hyperlink_2941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5597-6287" TargetMode="External"/><Relationship Id="rId_hyperlink_2942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4869-1627" TargetMode="External"/><Relationship Id="rId_hyperlink_2943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2896-3450" TargetMode="External"/><Relationship Id="rId_hyperlink_2944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8371-5711" TargetMode="External"/><Relationship Id="rId_hyperlink_2945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_2948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_2949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_2950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/archive/2/61" TargetMode="External"/><Relationship Id="rId_hyperlink_2951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013672" TargetMode="External"/><Relationship Id="rId_hyperlink_2952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018863" TargetMode="External"/><Relationship Id="rId_hyperlink_2953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_2954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018000" TargetMode="External"/><Relationship Id="rId_hyperlink_2955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002285" TargetMode="External"/><Relationship Id="rId_hyperlink_2956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007322" TargetMode="External"/><Relationship Id="rId_hyperlink_2957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017344" TargetMode="External"/><Relationship Id="rId_hyperlink_2958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_005223" TargetMode="External"/><Relationship Id="rId_hyperlink_2959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015687" TargetMode="External"/><Relationship Id="rId_hyperlink_2960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015899" TargetMode="External"/><Relationship Id="rId_hyperlink_2961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012919" TargetMode="External"/><Relationship Id="rId_hyperlink_2962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014583" TargetMode="External"/><Relationship Id="rId_hyperlink_2963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018217" TargetMode="External"/><Relationship Id="rId_hyperlink_2964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016340" TargetMode="External"/><Relationship Id="rId_hyperlink_2965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2/129117" TargetMode="External"/><Relationship Id="rId_hyperlink_2966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41593-023-01366-9.pdf?pdf=button%20sticky" TargetMode="External"/><Relationship Id="rId_hyperlink_2967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/nikofleischer/myelin-axonal-damage" TargetMode="External"/><Relationship Id="rId_hyperlink_2968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM3_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM4_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM5_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM6_ESM.mp4" TargetMode="External"/><Relationship Id="rId_hyperlink_2974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM7_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_2975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41593-023-01366-9/MediaObjects/41593_2023_1366_MOESM8_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/39" TargetMode="External"/><Relationship Id="rId_hyperlink_2977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE222063" TargetMode="External"/><Relationship Id="rId_hyperlink_2978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE113973" TargetMode="External"/><Relationship Id="rId_hyperlink_2979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE193238" TargetMode="External"/><Relationship Id="rId_hyperlink_2980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5374-8755" TargetMode="External"/><Relationship Id="rId_hyperlink_2981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_2982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4149-0483" TargetMode="External"/><Relationship Id="rId_hyperlink_2983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4959-1182" TargetMode="External"/><Relationship Id="rId_hyperlink_2984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2902-7165" TargetMode="External"/><Relationship Id="rId_hyperlink_2985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9988-4667" TargetMode="External"/><Relationship Id="rId_hyperlink_2986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7104-7215" TargetMode="External"/><Relationship Id="rId_hyperlink_2987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3507-9604" TargetMode="External"/><Relationship Id="rId_hyperlink_2988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5418-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_2989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0349-1955" TargetMode="External"/><Relationship Id="rId_hyperlink_2990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2628-4334" TargetMode="External"/><Relationship Id="rId_hyperlink_2991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5387-1860" TargetMode="External"/><Relationship Id="rId_hyperlink_2992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_2993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5323-7958" TargetMode="External"/><Relationship Id="rId_hyperlink_2994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8724-9666" TargetMode="External"/><Relationship Id="rId_hyperlink_2995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5919-1652" TargetMode="External"/><Relationship Id="rId_hyperlink_2996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/715" TargetMode="External"/><Relationship Id="rId_hyperlink_2997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_2998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_2999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/191" TargetMode="External"/><Relationship Id="rId_hyperlink_3001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/action/showPdf?pii=S0896-6273%2823%2900433-6" TargetMode="External"/><Relationship Id="rId_hyperlink_3002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5329-192X" TargetMode="External"/><Relationship Id="rId_hyperlink_3003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0654-387X" TargetMode="External"/><Relationship Id="rId_hyperlink_3004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043j0f473" TargetMode="External"/><Relationship Id="rId_hyperlink_3005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05591te55" TargetMode="External"/><Relationship Id="rId_hyperlink_3006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/025z3z560" TargetMode="External"/><Relationship Id="rId_hyperlink_3007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kkvpp62" TargetMode="External"/><Relationship Id="rId_hyperlink_3008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-023-39447-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE202638" TargetMode="External"/><Relationship Id="rId_hyperlink_3010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/braincomms/advance-article-pdf/doi/10.1093/braincomms/fcad206/50958255/fcad206.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5528-5141" TargetMode="External"/><Relationship Id="rId_hyperlink_3012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5705-9175" TargetMode="External"/><Relationship Id="rId_hyperlink_3013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9545-2709" TargetMode="External"/><Relationship Id="rId_hyperlink_3014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2228-6487" TargetMode="External"/><Relationship Id="rId_hyperlink_3015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5985-6784" TargetMode="External"/><Relationship Id="rId_hyperlink_3016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0296-843X" TargetMode="External"/><Relationship Id="rId_hyperlink_3017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdfdirect/10.1111/nan.12935?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_3018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0001-Suppl+Figure+1+FGF2+profile.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0002-Suppl+Figure+2+proliferation+FGF9.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0003-Supl+Figure+3.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0004-Suppl+Figure+4.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0005-Suppl+Figure+5.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0006-Suppl+Figure+6.tif" TargetMode="External"/><Relationship Id="rId_hyperlink_3024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0007-S1+gene+list.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/action/downloadSupplement?doi=10.1111%2Fnan.12935&amp;file=nan12935-sup-0008-S2+ANOVA.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_3026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/BarnettLab/MyelinJ" TargetMode="External"/><Relationship Id="rId_hyperlink_3027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/muecs/cp" TargetMode="External"/><Relationship Id="rId_hyperlink_3028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Searchlight2/Searchlight2" TargetMode="External"/><Relationship Id="rId_hyperlink_3029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/78" TargetMode="External"/><Relationship Id="rId_hyperlink_3030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/geo/query/acc.cgi?acc=GSE52753" TargetMode="External"/><Relationship Id="rId_hyperlink_3031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1681-2359" TargetMode="External"/><Relationship Id="rId_hyperlink_3032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_3033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3869-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_3034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5130-2012" TargetMode="External"/><Relationship Id="rId_hyperlink_3035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7068-3762" TargetMode="External"/><Relationship Id="rId_hyperlink_3036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_3037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/222" TargetMode="External"/><Relationship Id="rId_hyperlink_3038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/759" TargetMode="External"/><Relationship Id="rId_hyperlink_3039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00vtgdb53" TargetMode="External"/><Relationship Id="rId_hyperlink_3040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0087djs12" TargetMode="External"/><Relationship Id="rId_hyperlink_3041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04a7f6w43" TargetMode="External"/><Relationship Id="rId_hyperlink_3042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02na8dn90" TargetMode="External"/><Relationship Id="rId_hyperlink_3045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02wkzzr31" TargetMode="External"/><Relationship Id="rId_hyperlink_3046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/258" TargetMode="External"/><Relationship Id="rId_hyperlink_3047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neurology.org/doi/suppl/10.1212/WNL.0000000000207966/suppl_file/supplementary_data.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3092-8737" TargetMode="External"/><Relationship Id="rId_hyperlink_3049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9747-0211" TargetMode="External"/><Relationship Id="rId_hyperlink_3050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4910-1414" TargetMode="External"/><Relationship Id="rId_hyperlink_3051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7703-0553" TargetMode="External"/><Relationship Id="rId_hyperlink_3052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6031-6865" TargetMode="External"/><Relationship Id="rId_hyperlink_3053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1150-0962" TargetMode="External"/><Relationship Id="rId_hyperlink_3054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7523-6622" TargetMode="External"/><Relationship Id="rId_hyperlink_3055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8557-9223" TargetMode="External"/><Relationship Id="rId_hyperlink_3056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5091-0585" TargetMode="External"/><Relationship Id="rId_hyperlink_3057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3725-615X" TargetMode="External"/><Relationship Id="rId_hyperlink_3058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6881-4479" TargetMode="External"/><Relationship Id="rId_hyperlink_3059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6963-8892" TargetMode="External"/><Relationship Id="rId_hyperlink_3060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4175-5509" TargetMode="External"/><Relationship Id="rId_hyperlink_3061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1766-5458" TargetMode="External"/><Relationship Id="rId_hyperlink_3062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4917-8761" TargetMode="External"/><Relationship Id="rId_hyperlink_3063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04k51q396" TargetMode="External"/><Relationship Id="rId_hyperlink_3066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02s6k3f65" TargetMode="External"/><Relationship Id="rId_hyperlink_3067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9sj412" TargetMode="External"/><Relationship Id="rId_hyperlink_3068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s5ya894" TargetMode="External"/><Relationship Id="rId_hyperlink_3069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/799" TargetMode="External"/><Relationship Id="rId_hyperlink_3070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/324" TargetMode="External"/><Relationship Id="rId_hyperlink_3071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_3072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q129704371" TargetMode="External"/><Relationship Id="rId_hyperlink_3073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q130004012" TargetMode="External"/><Relationship Id="rId_hyperlink_3074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q128773673" TargetMode="External"/><Relationship Id="rId_hyperlink_3075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2024.02.14.579514v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/biorxiv/early/2024/02/15/2024.02.14.579514/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_3077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_3078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_3079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9534" TargetMode="External"/><Relationship Id="rId_hyperlink_3080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9895-8577" TargetMode="External"/><Relationship Id="rId_hyperlink_3081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2970-6894" TargetMode="External"/><Relationship Id="rId_hyperlink_3082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8028-3121" TargetMode="External"/><Relationship Id="rId_hyperlink_3083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/50" TargetMode="External"/><Relationship Id="rId_hyperlink_3084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_3085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_3086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01s1h3j07" TargetMode="External"/><Relationship Id="rId_hyperlink_3087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_3088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/832" TargetMode="External"/><Relationship Id="rId_hyperlink_3089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/403" TargetMode="External"/><Relationship Id="rId_hyperlink_3090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0224" TargetMode="External"/><Relationship Id="rId_hyperlink_3091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0042" TargetMode="External"/><Relationship Id="rId_hyperlink_3092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016274" TargetMode="External"/><Relationship Id="rId_hyperlink_3093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_3094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000305" TargetMode="External"/><Relationship Id="rId_hyperlink_3095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008395" TargetMode="External"/><Relationship Id="rId_hyperlink_3096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014565" TargetMode="External"/><Relationship Id="rId_hyperlink_3097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014892" TargetMode="External"/><Relationship Id="rId_hyperlink_3098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008606" TargetMode="External"/><Relationship Id="rId_hyperlink_3099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P35232" TargetMode="External"/><Relationship Id="rId_hyperlink_3100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/Q99623" TargetMode="External"/><Relationship Id="rId_hyperlink_3101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uniprot.org/uniprot/P50093" TargetMode="External"/><Relationship Id="rId_hyperlink_3102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/907" TargetMode="External"/><Relationship Id="rId_hyperlink_3103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/950" TargetMode="External"/><Relationship Id="rId_hyperlink_3104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/992" TargetMode="External"/><Relationship Id="rId_hyperlink_3105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_3106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_3107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_3108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/313" TargetMode="External"/><Relationship Id="rId_hyperlink_3109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://for2848.gwdguser.de/literature/publications/65" TargetMode="External"/><Relationship Id="rId_hyperlink_3110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_3111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_3112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/230" TargetMode="External"/><Relationship Id="rId_hyperlink_3113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb274.de/literature/publications/229" TargetMode="External"/><Relationship Id="rId_hyperlink_3114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_3115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_3116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1255" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DR258"/>
+  <dimension ref="A1:W1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:DR1"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
-  <cols>
-[...122 lines deleted...]
-  </cols>
   <sheetData>
-    <row r="1" spans="1:122">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:23">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="P1" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="Q1" t="s">
         <v>16</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="R1" t="s">
         <v>17</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="S1" t="s">
         <v>18</v>
       </c>
-      <c r="T1" s="1" t="s">
+      <c r="T1" t="s">
         <v>19</v>
       </c>
-      <c r="U1" s="1" t="s">
+      <c r="U1" t="s">
         <v>20</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="V1" t="s">
         <v>21</v>
       </c>
-      <c r="W1" s="1" t="s">
+      <c r="W1" t="s">
         <v>22</v>
-      </c>
-[...25795 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells>
-[...3121 lines deleted...]
-  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
@@ -42069,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-10-28 18:46:19</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-10-28 18:46:19)</dc:description>
+  <dc:title>Literature Export 2025-11-18 05:45:18</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-18 05:45:18)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>