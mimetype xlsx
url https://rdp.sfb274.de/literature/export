--- v2 (2025-11-18)
+++ v3 (2025-12-09)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-18 05:45:18</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-18 05:45:18)</dc:description>
+  <dc:title>Literature Export 2025-12-09 01:17:50</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-09 01:17:50)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>